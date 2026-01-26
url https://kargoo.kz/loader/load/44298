--- v0 (2025-12-10)
+++ v1 (2026-01-26)
@@ -1,623 +1,623 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">"Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы" Казақстан Республи</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>касы Білім және ғылым министрінің 2016 жылғы 27 қантардағы № 83 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 14 мамырдағы № 202 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 15 мамы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>рда № 20636 болып тіркелді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Қазақстан Республикасы Еңбек Кодексінің 139-бабының 7-тармағына, "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 10-бабының 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="z3"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1. "Ме</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ктепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске ас</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Бі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13317 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 11 наурызда жарияланған) мынадай өзгерістер енгізіл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>н іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім беру мен ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары осы бұйрыққа қосымшаға сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="z4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      2) осы бұйрықты Қазақстан Республикасы Білім және ғылым </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тарма</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3. Мыналардың күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1) "Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> кәсіптік білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өту үшін құжаттар қабылдау бойынша Мемлекеттік көрсетілетін қызмет с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 21 желтоқсанда № 632 бұйрығы (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12449 болып тіркелген, 2015 жылғы 31 желтоқсанда "Әділет" ақпараттық-құ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2) "Қазақстан Республикасы Білім және ғылым министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 11 қаңтардағы № 13 бұйрығы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3) "Мектепке дейін</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>гі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік сана</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар қабылдау "Мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 15 қаңтардағы № 31 бұйрығы (Нормативтік құқықтық актілерді мемлек</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>еттік тіркеу тізілімінде 2016 жылғы 15 ақпанда № 13075 болып тіркелген, 2016 жылғы 25 ақпанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z6"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>инистріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="z7"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      5. Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6257"/>
         <w:gridCol w:w="3490"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="6"/>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім және ғылым министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Қазақстан Республикасының</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Цифрлық даму, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қорғаныс және</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      аэроғарыш өнеркәсібі министрлігі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5946"/>
         <w:gridCol w:w="3801"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы Білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -628,92 +628,92 @@
               <w:t xml:space="preserve">2020 жылғы 14 мамырдағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 202 Бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы Білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -732,5211 +732,5211 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 83 бұйрығымен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>екітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="z9"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>н іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім және ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="z10"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="z11"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім және ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары (бұдан әрі - Қағидалар) 2015 жылғы 23 қарашадағы Қазақстан Республикасын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ың Еңбек кодексінің 139-бабының 7-тармағына, "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасының Заңына, "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 10-бабының 1) тармақшасына сәйкес әзірл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енді және мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім берудің білім беру ба</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ғдарламаларын іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді аттестаттаудан өткізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="z12"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      1) апелляция - ақпараттық коммуникациялық технологиялар </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>арқылы берілетін ұлттық біліктілік тестілеу нәтижелерін қайта қарауға педагогтің сұрау салуы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) аттестаттау комиссиясы - педагогтерді аттестаттау рәсімін жүргізетін уәкілетті алқалы орган (бұдан әрі - комиссия);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) апелляцияларды қарау жөнінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>гі республикалық комиссия (бұдан әрі – республикалық апелляциялық комиссия) – білім беру саласындағы уәкілетті орган құратын комиссия, ол педагогтер ұлттық біліктілік тестілеудің нәтижелерімен келіспеген жағдайда даулы мәселелер бойынша шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     4) біліктілік санаты - осы Қағидаларда және Педагогтерге біліктілік санаттарын беру (растау) қағидаларында айқындалатын біліктілік талаптарына сәйкес келетін педагогтердің кәсіптік құзыреттілік деңгейі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5) мемлекеттік көрсетілетін қызмет – көрсе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тілетін қызметті алушылардың өтініші бойынша жеке тәртіппен немесе өтініш жасамай жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жек</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>елеген мемлекеттік функцияларды іске асыру нысандарының бірі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      6) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>е отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      7) педагог - тиісті бейін бойынша педагогикалық немесе өзге де кәсіптік білімі бар және педагогтің білім алушыларды және (немесе) тәрбиеленушілер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ді оқыту және тәрбиелеу, әдістемелік сүйемелдеу немесе білім беру қызметін ұйымдастыру жөніндегі кәсіптік қызметін жүзеге асыратын, "Педагог лауазымдарының тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің бұйрығына сәйкес көрсеті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лген лауазымдарды атқаратын тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      8) Ұлттық біліктілік тестілеу – білім беру саласындағы уәкілетті орган әзірлеген тестілер бойынша педагогтердің кәсіби құзыреттілік деңгейін айқындау мақсатында өткізілетін рәсім.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="z13"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім және ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу тәртібі мен шарттары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="z14"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      3. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдар атқаратын педагогтерді атте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статтау (бұдан әрі – педагог) мынадай кезеңдерді қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       педагогтер үшін: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) Ұлттық біліктілік тестілеу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) біліктілік санатын беру (растау) рәсімі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      білім беру ұйымдары басшысының орынбасарлары үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1) біліктілік бағалау;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) қызметтің қорытындыларын кешенді талдамалық жинақтау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      білім беру ұйымдарының басшылары үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) Ұлттық біліктілік тестілеу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2) біліктілік бағалау; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) қызметтің қорытындыларын кешенді талдамалық жинақтау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="z15"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4. Педаг</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">огтерді аттестаттау бес жылда кемінде бір рет, білім беру ұйымдарының басшыларын – "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 44-бабының 5-тармағына сәйкес үш жылда бір рет өткізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="z16"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       5. Педагогтер аттестаттаудан өту үші</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>н ұлттық біліктілік тестілеуді осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша білім беру саласындағы уәкілетті орган айқындайтын ұйымға өтініш беру жолымен тапсырады және ұлттық біліктілік тестілеуден электрондық форматта өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="z17"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      6. Ұлттық біліктілі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>к тестілеу педагог өтінішінде көрсетілген мерзімде өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="z18"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      7. Педагогтердің өтініштерін қабылдау кемінде күнтізбелік 15 күн бұрын, білім беру ұйымдары басшыларының өтініштерін қабылдау тестілеу басталғанға дейін кемінде күнтізбелік 30 күн бұрын ж</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>үргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="z19"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       8. Ұлттық біліктілік тестілеуден өтуге өтініш берген кезде педагогтер тапсыру тілін (қазақ, орыс, ұйғыр, өзбек, тәжік), күнін, уақытын таңдайды және білім беру саласындағы уәкілетті орган айқындайтын ұйым дайындайтын ұлттық біліктілік те</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">стілеуді өткізу жөніндегі нұсқаулықпен танысады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="z20"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       9. Ұлттық біліктілік тестілеу: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1 (бір) рет – тегін, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      қайта 1 рет және сынақ (педагогтің қалауы бойынша) - күнтізбелік жыл ішінде ақылы негізде,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      білім беру ұйымдарының басшылары үш</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ін - ақылы негізде тиісті күнтізбелік жылдың 1 айлық есептік көрсеткіші (АЕК) мөлшерінде өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="z21"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       10. Өтініш деректер базасына енгізілгеннен кейін осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша тестілеуге рұқсаттама беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="z22"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      11. Ұлттық білікт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ілік тестілеу келесі тест тапсырмаларынан тұрады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) мектепке дейінгі тәрбие мен оқыту ұйымдарының педагогтері үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Мектепке дейінгі педагогика және психология" - отыз тапсырма;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Мектепке дейінгі тәрбие мен оқыту әдістемесі" - отыз тапс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ырма;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) Жалпы орта білім беру педагогтері үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       "Педагогика, оқыту әдістемесі" - отыз тапсырма; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Оқу пәнінің мазмұны" - жетпіс тапсырма;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Бастауыш білім беру педагогтері тестілеуді қазақ немесе орыс тілі (оқыту тілі), әдеби оқу, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>математика пәндері бойынша тапсырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Жалпы білім беретін пәндер бойынша педагогтер:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       "Педагогика, оқыту әдістемесі" - отыз тапсырма; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Оқу пәнінің мазмұны</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" - жетпіс тапсырма;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Арнайы пәндер бойынша педагогтер:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       "Педагогика, оқыту әдістемесі" - отыз тапсырма; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Қызмет бағыты бойынша" - жетпіс тапсырма;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Өндірістік оқыту шеберлері:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Педагогика, оқыту әдістемесі" - отыз тапсырма;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Қызмет бағыты бойынша" - отыз тапсырма;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      4) Қосымша білім беру ұйымдарының педагогтері үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       "Психология негіздері" - отыз тапсырма; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Педагогика, оқыту әдістемесі" - отыз тапсырма;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5) Әдістемелік кабинеттердің (орталықтардың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) әдіскерлері үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       "Оқу пәнінің мазмұны" - жетпіс тапсырма; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Педагогика, оқыту әдістемесі" - отыз тапсырма.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      6) Білім беру ұйымдарының басшылары үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Заңнаманы білу" бағыты бойынша - 80 (сексен) сұрақ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Қазақстан Республик</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>асының Еңбек кодексі - 20 (жиырма) сұрақ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       "Неке (ерлі-зайыптылық) және отбасы туралы" Кодексі - 20 (жиырма) сұрақ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       "Білім туралы" Қазақстан Республикасының Заңы - 20 (жиырма) сұрақ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       "Педагог мәртебесі туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңы - 10 (он) сұрақ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">       "Қазақстан Республикасындағы Баланың құқықтары туралы" Қазақстан Республикасының Заңы - 10 (он) сұрақ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Басқару құзыреті" бағыты бойынша - 20 (жиырма) сұрақ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="z23"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      12. Ұлттық біліктілік тестілеудің жалпы уақыты екі жүз он</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> минутты, "Математика", "Физика", "Химия", "Информатика" пәндері үшін екі жүз қырық минутты құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="z24"/>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      13. Ұлттық біліктілік тестілеуді өткізу операторы Қазақстан Республикасы Білім және ғылым министрлігінің Ұлттық тестілеу орталығы (бұдан әрі – ҰТО) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="z25"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      14. ҰТО тест тапсырмаларының базасын әзірлейді. Ұлттық біліктілік тестілеуді ҰТО не білім беру саласындағы уәкілетті орган айқындайтын ұйым өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="z26"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      15. Аудиторияға ұлттық біліктілік тестілеуін өткізудің ашықтығы мен объективті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лігін қамтамасыз ету үшін және әрбір педагогтің өткізу пункттеріндегі орны бейнебақылау жүйесімен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="z27"/>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       16. Осы Қағидалардың 19-тармағы бұзылған жағдайда заттарды табу және аудиториядан аудиторияда өзін-өзі ұстау ережесін бұзған педаго</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>гті шығару актісі және (немесе) осы Қағидаларға 3 және 4-қосымшаларға сәйкес нысан бойынша тестілеуге жалған тұлғаны анықтау актісі жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="z28"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      17. Ұлттық біліктілік тестілеуді өткізу кезінде ережелерді бұзу фактілері анықталған, сондай-ақ қарау кезінд</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>е анықталған бейнежазбаны тапсыру мерзіміне қарамастан, акт жасалады және нәтижелердің күші жойылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="z29"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       18. Педагог тестілеу өткізу пунктінің ғимаратына кірген кезде жеке басын куәландыратын құжат және рұқсаттама негізінде оның жеке басын сәйкестендір</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">у жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="z30"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      19. Ұлттық біліктілік тестілеуді өткізу кезінде аудиториядан кезекшінің рұқсатынсыз және ертіп жүруінсіз шығуға, бір-бірімен сөйлесуге, бір орыннан орнына ауысуға, материалдармен алмасуға, аудиториядан материалдар шығаруға, аудиторияғ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>а кіргізуге және заттарды (оқулықтар мен әдістемелік әдебиеттерді, цифрлық смарт-аппаратураны) пайдалануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="z31"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      20. Отырғаннан кейін тестілеу басталғанға дейін тестілеу кезінде мінез-құлық ережелері бойынша аудиожазба жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="z32"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. Тест тапсырмаларының жауаптарын бағалау былайша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) ұсынылған бес жауаптан бір дұрыс жауапты таңдау бар тапсырмалар үшін бір балл, қалған жағдайларда - нөл балл беріледі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) ұсынылған жауаптардан бірнеше дұрыс жауаптарды таңд</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>аумен тапсырмалар үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      барлық дұрыс жауаптар үшін -екі балл;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      бір қате үшін - бір балл;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      жіберілген екі және одан да көп қателіктер үшін - нөл балл.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="z33"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      22. Тестілеу кезінде білім беру саласындағы уәкілетті орган айқындайтын, ұлттық білі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ктілік тестілеуді өткізуге жауапты ұйым Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық біліктілік емтихандарын өткізуді жүзеге асырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) педагогтер базасын қалыптастыру (өтініштерді қабылдау, ақпараттандыру үшін дербес деректер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ді енгізу: ЖСН, Т.А.Ә. (болған жағдайда), өтініш берілген біліктілік санаты, тапсыру тілі);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) компьютерлік кабинеттердің дайындығын бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) аудиторлық қорды ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      4) тестілеу кезінде пайдаланылатын компьютерлерді тестілеу өткізілген</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ге дейін бір күн бұрын дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5) педагогтерді компьютерлік кабинетке рұқсаттама, жеке басын куәландыратын құжат бойынша кіргізу және оларды отырғызу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      6) өтініш қабылдау, тестілеу өткізу, апелляциялық рәсімдер кезінде бағдарламалық қамтамасыз</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> етуді дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      7) тестілеу аяқталғаннан кейін тестілеу нәтижелерін өңдеу және беру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      8) апелляцияны есепке ала отырып, апелляция жүргізу және нәтижелерді беру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="z34"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      23. Ұлттық біліктілік тестілеуді өткізу кезінде білім беру саласындағы уәкіле</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тті органның өкілдері бақылаушы ретінде қатысады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="z35"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      24. Тестілеу аяқталғаннан кейін педагог компьютер экранында көрсетілген тестілеу нәтижелерімен танысады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="z36"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       25. Тестілеу нәтижесі – осы Қағидалардың 5-қосымшасына сәйкес нысан бойынша ұлттық білік</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тілік тестілеуден өткені туралы анықтама – педагогтің жеке кабинетінде көрсетіледі. Педагогтің талабы бойынша тестілеу нәтижесі басып шығарылады, ұлттық біліктілік тестілеуді өткізуге жауапты білім беру саласындағы уәкілетті орган айқындайтын ұйымы қызметк</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ерінің қолымен және мөрімен куәландырады, қолына беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="z37"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      26. Келесі балл алған жағдайда тестілеу нәтижесі оң болып саналады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) Мектепке дейінгі тәрбие мен оқыту ұйымдарының педагогтері үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      "Мектепке дейінгі педагогика және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>психология":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 50%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Мектепке дейінгі тәрбие және оқыту ә</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дістемесі":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) Жалпы орта білім беру педагогтер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>і үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Оқу пәнінің мазмұны" бағыты бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 50%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>  "Педагогика, оқыту әдістемесі" бағыты бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>  3) Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының педагогтері үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Оқу пәнінің мазмұны" бағыты бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 50%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-зер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ттеуші" біліктілік санаты - 65 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Қызмет бағыты бойынша":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 50%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-зерттеуші" біліктілік санаты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - 65 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Педагогика, оқыту әдістемесі" бағыты бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-зерттеуші" біліктілік санаты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - 40 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      4) Қосымша білім беру ұйымдарының педагогтері үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Психология негіздері":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 50%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>гог-зерттеуші" біліктілік санаты - 65 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Педагогика, оқыту әдістемесі":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      "педагог-зерттеуші" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>біліктілік санаты - 40 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       "педагог-шебер" біліктілік санаты - 45 %. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5) Әдістемелік кабинеттердің (орталықтардың) әдіскерлері үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Оқу пәнінің мазмұны":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 50%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-сарапшы" білікті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лік санаты - 60%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Педагогика, оқыту әдістемесі":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      "педагог-сарапшы" біліктілік санаты - 35 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      6) Жоғары оқу орындарының және техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының бітірушілері үшін жұмысқа алғаш рет қабылданғ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>анда:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Оқу пәнінің мазмұны":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 60%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Педагогика, оқыту әдістемесі":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "педагог-модератор" біліктілік санаты - 30 % .</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      7) білім беру ұйымдарының басшылары үшін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Заңнаманы білу" бағыты б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ойынша:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      үшінші біліктілік санатты басшы - 60%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      екінші біліктілік санатты басшы - 65%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      бірінші біліктілік санатты басшы - 70 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "Басқару құзыреті" бағыты бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      үшінші біліктілік санатты басшы - 55%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      екінші біліктілік с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>анатты басшы - 60%;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      бірінші біліктілік санатты басшы - 70 %;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="z38"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      27. Ұлттық біліктілік тестілеудің нәтижесі бір жылға жарамды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="z39"/>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      28. Ұлттық тестілеу аяқталғаннан кейін педагог нәтижелерімен (негіздемелермен дұрыс және дұрыс емес жауаптармен) та</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нысады және негіздемелермен келіспеген жағдайда республикалық апелляциялық комиссияға ақпараттық коммуникациялық технологиялар арқылы апелляция береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="z40"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      29. Бірыңғай өлшемшарттардың сақталуын қамтамасыз ету және тест тапсырмаларын бағалау кезінде даул</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ы мәселелерді шешу, тестілеу өткізу кезеңінде тестіленетін құқықтарды қорғау мақсатында ақпараттық коммуникациялық технологиялар арқылы апелляцияларды қабылдауды қамтамасыз ететін Республикалық апелляциялық комиссия өз қызметін жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="z41"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      30. Ре</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>спубликалық апелляциялық комиссияның төрағасы мен құрамы білім беру саласындағы уәкілетті органның бұйрығымен бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="z42"/>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      31. Республикалық апелляциялық комиссия өкілеттігінің қолданылу мерзімі бір жылды құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="z43"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      32. Апелляция мынадай жағдайлар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>да қаралады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) тест тапсырмаларының мазмұны бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      дұрыс жауаптың жоқтығын негіздей отырып келіспеймін;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      дұрыс жауап жоқ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      барлық ұсынылған жауаптардың ішінен бір дұрыс жауапты таңдау арқылы тест тапсырмаларында біреуден артық дұры</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>с жауап бар (дұрыс жауаптардың барлық нұсқалары көрсетіледі);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      дұрыс құрастырылмаған тест тапсырмасы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2) техникалық себептер бойынша: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      тест тапсырмаларында фрагменттің немесе мәтіннің болмауы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="z44"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      33. Тест тапсырмаларының мазмұны </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бойынша апелляция берген кезде педагог дәлелді негіздемені (толық түсініктеме) көрсетеді. Әрбір тапсырма бойынша дәлелді негіздемені көрсетпей (толық түсініктеме, тапсырмаларды қадамдық шешу) барлық тест тапсырмаларын қайта қарау бойынша апелляцияға өтініш</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қарауға жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="z45"/>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      34. Республикалық апелляциялық комиссияның шешімдері хаттамамен ресімделеді, оған төраға, хатшы және комиссия мүшелері қол қояды. Республикалық апелляциялық комиссия отырыстарының хаттамалары тестілеуді өткізуге жауапты ұйымда бір </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жыл бойы сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="z46"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      35. Онлайн-қабылдау режимінде қаралған апелляция нәтижелері бойынша жеке кабинетте апелляцияны есепке ала отырып, нәтижелер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="45" w:name="z47"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      36. Тестілеудің теріс нәтижесін көрсеткен аттестатталушылар аттестаттаудың екінші кезең</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>іне жіберілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="z48"/>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      37. Ұлттық біліктілік тестілеудің оң нәтижесі болған жағдайда педагогтің өтініші негізінде (қолданыстағы санат мерзімі өткенге дейін) одан әрі аттестаттау рәсімі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       педагогтер үшін – "Педагог мәртебесі туралы" Қазақстан Республ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>икасы Заңының 14-бабына сәйкес біліктілік санатын беру (растау);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      білім беру ұйымдарының басшылары үшін - осы Қағидалардың 3-тарауына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="z49"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      38. Аттестаттау бойынша мемлекеттік көрсетілетін қызметті алу үшін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға сәйкес нысан бойынша:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Педагог облыстардың, республикалық маңызы бар қалалардың және астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарына (бұдан әрі - ЖАО) немесе білім беру ұйымдарына не "Азаматтарға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>арналған үкімет "Мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы арқылы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      республикалық білім беру ұйымдарының педагогі Қазақстан Республикасы Білім және ғылым министрлігіне, республикалық ведомстволық бағынысты білім беру ұйымдарына не</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік корпорация арқылы өтініш ұсына алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="z50"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      39. "Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қыз</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>меткерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі - педагогтерге біліктілік санаттарын беру (растау) жөніндегі мемлекеттік көрсеті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>летін қызметті) облыстардың, республикалық маңызы бар қалалардың және астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары, мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен ке</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>йінгі білім беру ұйымдары көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="z51"/>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      40. "Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттарды қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі - республикалық білім беру ұйымдары педагогтерінің білі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ктілік санаттарын беру (растау) жөніндегі мемлекеттік қызметті) Қазақстан Республикасы Білім және ғылым министрлігі және республикалық ведомстволық бағынысты білім беру ұйымдары көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="z52"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">       41. Мемлекеттік қызметтер көрсету процесінің сипаттамасын, н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызметтер көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызметтер көрсетуге қойылатын негізгі талаптар тізбесі осы Қағидаларға 7, 8-қосымшаларға сәйкес педагогтерді, оның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ішінде республикалық білім беру ұйымдарының педагогтерін аттестаттау жөніндегі мемлекеттік көрсетілетін қызметтердің тиісті стандарттарында келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="z53"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      42. Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттардың мәліметтерін Мемлекеттік</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> корпорация қызметкері тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="52" w:name="z54"/>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       43. Өтініш беруші мемлекеттік көрсетілетін қызмет стандартында көзделген құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтк</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ен құжаттарды берген жағдайда, ЖАО-ның, білім беру ұйымының, республикалық ведомстволық бағынысты білім беру ұйымының, білім беру саласындағы уәкілетті органның жауапты қызметкері не Мемлекеттік корпорация қызметкері осы Қағидаларға 9-қосымшаға сәйкес ныса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>н бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="z55"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      44. Мемлекеттік корпорация арқылы ұсынылған құжаттар толық болған жағдайда, өтініш берушіге дайын құжаттарды беру күнін көрсете отырып, құжаттардың қабылданғаны туралы қолхат беріледі. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қалыптастырылған өтініштерді (құжаттар топтамасымен бірге) Мемлекеттік корпорация тиісті ЖАО-ға, білім беру ұйымына, республикалық ведомстволық бағынысты білім беру ұйымына не білім беру саласындағы уәкілетті органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="z56"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      45. Мемлекеттік корпора</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ция арқылы мемлекеттік қызмет көрсету кезінде өтініштер мен құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="55" w:name="z57"/>
       <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       46. ЖАО, білім беру ұйымы, республикалық ведомстволық бағынысты білім беру ұйымдары немесе білім беру саласындағы уәк</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ілетті орган арқылы құжаттарды қабылдау кезінде ұсынылған құжаттардың толықтығы және өтініш берушінің осы Қағидалардың талаптарына сәйкестігі тексеріледі, қорытындысы бойынша осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша өтініштің және тиісті құжаттард</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ың қабылдағаны туралы қолхат не мемлекеттік қызмет көрсетуден дәлелді бас тарту беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="z58"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      47. Мемлекеттік қызмет көрсетуден бас тарту негіздері тиісті мемлекеттік қызмет стандартында көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="57" w:name="z59"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      48. Мемлекеттік корпорация арқылы жүгінген жағдайд</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>а 46-тармақта көрсетілген іс-әрекет тиісті ЖАО-ға, білім беру ұйымдарына, республикалық ведомстволық бағынысты білім беру ұйымдарына, білім беру саласындағы уәкілетті органға құжаттар келіп түскен және тіркелген күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="58" w:name="z60"/>
       <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      49. Мемлекеттік</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қызметті көрсету нәтижесін тиісті ЖАО, білім беру ұйымы, республикалық ведомстволық бағынысты білім беру ұйымы, білім беру саласындағы уәкілетті орган Мемлекеттік корпорацияға мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін бір тәуліктен кешіктірмей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жеткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="59" w:name="z61"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      50. Мемлекеттік корпорация арқылы жүгінген жағдайда дайын құжаттарды беру жеке басын куәландыратын құжаттарды не Қазақстан Республикасының азаматтық заңнамасына сәйкес берілген құжат негізінде әрекет ететін оның өкілін ұсынған кезде Мемлек</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>еттік корпорацияның жұмыс кестесіне сәйкес жүзеге асырылады, онда өкілдің тиісті өкілеттіктері көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="z62"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       51. ЖАО, білім беру ұйымы, республикалық ведомстволық бағынысты білім беру ұйымы, білім беру саласындағы уәкілетті орган "Мемлекеттік көрсеті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>летін қызметтер туралы" Қазақстан Республикасы Заңының 5-бабы 2-тармағының 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызмет көрсету с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>атысы туралы мәліметтерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="z63"/>
       <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      52. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, Қазақстан Республикас</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға берілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="62" w:name="z64"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       53. "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының 2) тармақшасына сәйкес мемлекетт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ік қызметті тікелей көрсеткен көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="63" w:name="z65"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      54. Педагогтерді аттестаттау үшін тиісті саланың уәкілетті орга</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ндарында, облыстың, республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) білім беруді басқару органдарында (бұдан әрі - аттестаттаушы орган) осы мемлекеттік органдардың бірінші басшысының бұйрығымен комиссиялар құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="64" w:name="z66"/>
       <w:bookmarkEnd w:id="63"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       55. Комиссия құрамына мемлекеттік органдардың, оның ішінде жергілікті өкілді және атқарушы органдардың, еңбек жөніндегі уәкілетті мемлекеттік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>органның, мемлекеттік қызмет істері жөніндегі уәкілетті органның, құқық қорғау органдарының өкілдері, кәсіп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">одақтардың, үкіметтік емес ұйымдардың білім беру ұйымдарының алқалы басқару органдарының, қоғамдық кеңестердің өкілдері, сондай-ақ аттестаттаушы органның құрылымдық бөлімшелерінің қызметкерлері кіруі мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="65" w:name="z67"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       56. Комиссия мүшелерінің тақ санынан тұр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ады, бұл ретте құрамы жеті мүшеден кем болмауы тиіс. Комиссия мүшелері Комиссия отырысына алмастыру құқығынсыз қатысады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="66" w:name="z68"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       57. Комиссия төрағасы педагогтерді аттестаттаудан өткізетін мемлекеттік органның басшысы болып табылады. Төрағаның орынбасары к</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">омиссия мүшелерінің арасынан сайланады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="67" w:name="z69"/>
       <w:bookmarkEnd w:id="66"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       58. Хатшы оның комиссия мүшесі болып табылмайды. Комиссия хатшысы комиссия отырысына материалдарды, қажетті құжаттарды дайындайды, хаттаманы ресімдейді және қол қояды және дауыс беруге қатыспайды. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="68" w:name="z70"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      59. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комиссияның отырысы, егер оған оның құрамының кемінде 2/3-сі қатысса, заңды деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="69" w:name="z71"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      60. Дауыс беру нәтижелері Комиссия мүшелерінің көпшілік дауысымен айқындалады. Дауыстар тең болған жағдайда Комиссия төрағасының дауысы шешуші болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="70" w:name="z72"/>
       <w:bookmarkEnd w:id="69"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       61. Комиссия отырыстарында аудио және бейне жазба жүргізіледі. Аудио және бейне жазбалар архивте кемінде үш жыл сақталады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="71" w:name="z73"/>
       <w:bookmarkEnd w:id="70"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім берудің білім беру бағдарламаларын іске асыратын білім беру ұйымдарының басшылары мен басшыларының орынбасарларын аттестаттаудан өткізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="72" w:name="z74"/>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      62. Білім беру ұйымдарының басшылары мен басшыларының орынбасарлары (бұдан әрі – аттестатталушы) Комиссияға осы Қағидаларға 11-қосымшаға сәйкес нысан бойынша үміткердің біліктілік санатын көрсете отырып өтініш береді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="73" w:name="z75"/>
       <w:bookmarkEnd w:id="72"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      63. Білім беру ұйымдары б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>асшыларының орынбасарларын (бұдан әрі – аттестатталушы) аттестаттау портфолио негізінде біліктілік бағалауды және қызмет қорытындыларын кешенді талдамалық жалпылауды ғана қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="74" w:name="z76"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      64. Аттестатталушы аттестаттау кезінде алғаш рет кез келген біліктілік</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> санаттарына өтініш бере алады. Әрі қарай - бірізділікті сақтай отырып береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="75" w:name="z77"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      65. Аттестаттау қабылданған сәттен бастап үш жыл кезең өткеннен кейін алты айдан кешіктірілмей өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="76" w:name="z78"/>
       <w:bookmarkEnd w:id="75"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      66. Қызметкердің жүктілігі және босануы бойынша демалыста,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бала үш жасқа толғанға дейін оның күтіміне байланысты демалыста, жаңа туған баланы (балаларды) асырап алған қызметкерлерге арналған демалыста, сондай-ақ егер ауру Денсаулық сақтау саласындағы уәкілетті мемлекеттік орган бекітетін еңбекке қабілетсіздіктің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>анағұрлым ұзақ мерзімі белгіленген аурулар тізбесіне кіретін болса, еңбекке жарамсыздық парағында болуын қоспағанда, білім беру ұйымдарының барлық басшылары мен басшының орынбасарлары аттестаттауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="77" w:name="z79"/>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      67. Бала күтімі бойынша демалыста жүрген атт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>естатталушы қызметке шыққаннан кейін кемінде алты ай өткен соң аттестатталады. Осы тармақта көрсетілген басқа да тұлғаларды аттестаттау аталған тұлғаның қызметке шығуы бойынша аттестаттау кестесімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="78" w:name="z80"/>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      68. Білім беру ұйымдары басшыларының о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>рынбасарларын аттестаттау портфолио ұсынған аттестатталушының кәсіби шеберлігі мен жетістіктерін ескере отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="79" w:name="z81"/>
       <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      69. Білім беру ұйымдарының басшыларын аттестаттауды өткізуге дайындықты білім беру ұйымдарындағы жауапты орындаушылар, ат</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тестаттаушы органның кадр қызметі ұйымдастырады және келесі іс-шараларды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) басшыларға (бұдан әрі-аттестатталушы) қызметтік мінездемені, ұлттық біліктілік тестілеуден өткені туралы анықтаманы, жұмыс тиімділігінің көрсеткіштері бойынша талдам</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>алық есепті қамтитын қажетті құжаттарды дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) аттестация өткізу кестесін бекіту.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      70. Аттестаттаушы органның кадр қызметі жыл сайын 20 желтоқсанға дейін келесі жылы аттестаттауға жататын аттестатталушылардың тізімін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="80" w:name="z82"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      71. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Аттестаттаушы органның басшысы органның кадр қызметінің ұсынысы бойынша жыл сайын 25 желтоқсаннан кешіктірмей бұйрық шығарады, онда аттестатталушылардың тізімі, аттестаттауды өткізу кестесі және комиссияның құрамы бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="81" w:name="z83"/>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      72. Аттестаттаушы органн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ың кадр қызметі жыл сайын 30 желтоқсаннан кешіктірмей аттестатталушыларды аттестаттауды өткізу мерзімі туралы жазбаша хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="82" w:name="z84"/>
       <w:bookmarkEnd w:id="81"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      73. Аттестатталушыларға қызметтік мінездеме қамқоршылық кеңеспен және аттестаттаушы органның кадр қызметімен ресімде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>леді. Қызметтік мінездеме аттестатталушының кәсіби, жеке қасиеттері мен қызметтік іс-әрекетінің нәтижелеріне негізделген, объективті бағалауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="83" w:name="z85"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">       74. Аттестатталушы органның кадр қызметі аттестатталушыға осы Қағидаларға 12-қосымшаға сәйкес ныс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ан бойынша аттестаттау парағын ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="84" w:name="z86"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      75. Аттестаттаушы органның кадр қызметі аттестаттауға құжаттарды қабылдау кезінде біліктілік баға береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="85" w:name="z87"/>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      76. Құжаттар топтамасы толық болмаған жағдайда аттестаттаушы органның кадр қызметі құжаттарды қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>абылдамайды және аттестатталушыға дәлелді бас тартуды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="86" w:name="z88"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      77. Аттестаттаушы органның кадр қызметі жиналған аттестаттау материалдарын комиссияға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="87" w:name="z89"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      78. "Білім беру ұйымы басшысының орынбасары", "білім беру ұйымының басшысы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>біліктілік санаты лауазымға тағайындалған кезде автоматты түрде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="88" w:name="z90"/>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       79. Аттестатталушы тиісті бейіні бойынша педагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "үшінші біліктілік санатты басшының орынба</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">сары" біліктілік санатына үміткер болады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Бұл ретте:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       төменде көрсетілген кемінде үш көрсеткіштің орындалуы қамтамасыз етіледі: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      білім беру ұйымының мақсаттары мен міндеттеріне сәйкес мектепішілік бақылаудың (сапаны бақылаудың) алуан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>түрлерін пайдаланудың нәтижелілігі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      оқу/сабақ талдауының (оқуды/сабақты бақылау журналы (парақтары) оқуды/сабақты бақылау бағдарламасына сәйкестігі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      педагогтердің біліктілік санаттарын, мектепішілік бақылауды (сапаны бақылауды) жүзеге асыру үші</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>н білім алушылардың ерекшеліктерін ескере отырып деңгейлік дескрипторларды пайдаланудың нәтижелілігі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       жетекшілік ететін бағыт бойынша аудандық/қалалық деңгейде жұмыс тәжірибесін жалпылау және тарату. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="89" w:name="z91"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      80. Аттестатталушы тиісті бейіні бойынша п</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>едагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "екінші біліктілік санатты басшының орынбасары" біліктілік санатына үміткер болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Бұл ретте:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      төменде көрсетілген кемінде үш көрсеткіштің орындалуы қамт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>амасыз етіледі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      мектепішілік бақылау (сапаны бақылау) үшін білім беру ұйымдарының ресурстарын (цифрлық, кадрлық, материалдық-техникалық) ұтымды пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      бақылау-өлшеу материалдарының алуан түрлерін пайдалану және олардың ақпараттылығы: оқу же</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тістіктерінің көрсеткіштері;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      мектепішілік бақылауды ұйымдастыруда кері байланыс пен түзету қызметінің тиімділігі: "тігінен" (әкімшілік - мұғалім) және "көлденеңінен" (басқару субъектілері арасында);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      облыстық деңгейде жетекшілік ететін бағыт бой</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ынша жұмыс тәжірибесін жалпылау және тарату.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="90" w:name="z92"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      81. Аттестатталушы тиісті бейіні бойынша педагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "бірінші біліктілік санатты басшының орынбасары" біліктілік санатына үмі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ткер болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Бұл ретте:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      төменде көрсетілген кемінде үш көрсеткіштің орындалуы қамтамасыз етіледі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      мектепішілік бақылау (сапаны бақылау) нәтижелерінің объективтілігі мен пәрменділігі: өлшенетін көрсеткіштердің динамикасы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      мектепішілі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>к бақылауды ұйымдастырудағы инновациялық тәсіл;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      талдамалық материалдардың сапасы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      жетекшілік ететін бағыт бойынша жұмыс тәжірибесін республикалық немесе халықаралық деңгейде жалпылау және тарату;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       педагогтердің әртүрлі санаттарымен сарала</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">нған жұмыс жүйесі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="91" w:name="z93"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       82. Тиісті деңгейдегі комиссиясы мынадай біліктілік санаттарын береді: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "үшінші санатты басшы", "үшінші санатты басшының орынбасары" - аудандардың (қалалардың) білім бөлімдерінің, республикалық маңызы бар және астаналық қал</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>алары білім басқармаларының аттестаттау комиссиясы; облыстық ведомстволық бағынысты ұйымдар үшін - облыстық білім басқармаларының аттестаттау комиссиясы; республикалық ведомстволық бағынысты ұйымдар үшін - білім беру саласындағы уәкілетті органның аттестат</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тау комиссиясы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       "екінші санатты басшы", "бірінші санатты басшы", "екінші санатты басшының орынбасары", "бірінші санатты басшының орынбасары" - облыстардың, республикалық маңызы бар және астаналық қалалары білім басқармаларының аттестаттау комиссиясы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; республикалық ведомстволық бағынысты ұйымдар үшін - білім беру саласындағы уәкілетті органның аттестаттау комиссиясы. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="92" w:name="z94"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      83. Комиссия аттестатталушы білім беру ұйымдары басшыларының қатысуымен аттестаттауды өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="93" w:name="z95"/>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      84. Аттестатталушы дәлелді </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>себеп бойынша комиссия отырысына келмеген жағдайда, оны аттестаттау мәселесін қарау күнтізбелік жеті күннен аспайтын мерзімге ауыстырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="94" w:name="z96"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       85. Аттестатталушы дәлелсіз себептермен болмаған жағдайда аттестаттаудың белгіленген күнінен бастап күнтізбел</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ік жеті күн өткен соң қайта аттестаттау тағайындалады. Дәлелсіз себептермен қайта келмеген жағдайда білім беру ұйымдарының басшылары аттестатталмаған деп есептеледі және Қазақстан Республикасы Еңбек кодексінің 52-бабы 1-тармағының 4) тармақшасы тәртібімен </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жұмыс берушінің бастамасы бойынша жұмыстан шығарылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="95" w:name="z97"/>
       <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      86. Отырыс барысында Комиссия ұсынылған материалдарды зерделейді, аттестатталатын адамды тыңдайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="96" w:name="z98"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      87. Ұсынылған материалдарды зерделеу және аттестаттау комиссиясының әрбір мүшесімен әңгімелесу нәтижелері бойынша осы Қағидаларға 13-қосымшаға сәйкес нысан бойынша аттестатталушыға бағалау парағы толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="97" w:name="z99"/>
       <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       88. Осы Қағидаларға 14-қосымшада б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>елгіленген көрсеткіштердің орындалуын аттестатталушы әңгімелесуде ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="98" w:name="z100"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      89. Білім беру ұйымдары басшыларының орынбасарларын аттестаттау нәтижелері бойынша Комиссия мынадай шешімдердің бірін қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген біліктілік санатына атт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>естатталды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген санатты растаумен аттестатталды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген біліктілік санатына аттестатталмады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="99" w:name="z101"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      90. Комиссия "өтініш берілген санатқа аттестатталмады" деген шешім қабылдаған кезде білім беру ұйымы басшысының орынбасары о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сы Қағидаларға сәйкес аттестаттаудан өткен күннен бастап бір жылдан ерте емес уақытта қайта аттестаттауға өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="100" w:name="z102"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      91. Комиссия қайта аттестаттауды өткізу кезінде мынадай шешімдердің бірін қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген біліктілік санатына аттестатт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>алды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген санатты растаумен аттестатталды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген біліктілік санатына аттестатталмады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="101" w:name="z103"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      92. Қайта аттестаттау кезінде Комиссия "өтініш берілген біліктілік санатына аттестатталмады" деген шешім қабылдаған жағдайда қолда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бар біліктілік санаты бір деңгейге төмендейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="102" w:name="z104"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      93. Білім беру ұйымдарының басшыларын аттестаттау нәтижелері бойынша Комиссия мынадай шешімдердің бірін қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      өтініш берілген біліктілік санатына аттестатталды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген білікті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лік санатына ротациямен аттестатталды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген біліктілік санатына растаумен аттестатталды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген біліктілік санатына аттестатталмады;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      еңбек шартты бұзуымен өтініш берілген біліктілік санатына аттестатталмады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="103" w:name="z105"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      94. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комиссия "өтініш берілген санатқа аттестатталмады" деген шешім қабылдаған кезде аттестатталушы осы Қағидаларға сәйкес аттестаттаудан өткен күннен бастап үш айдан ерте емес (аттестатталатын кезең үшін бір реттен артық емес) уақытта қайта аттестаттауға өтеді</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="104" w:name="z106"/>
       <w:bookmarkEnd w:id="103"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      95. Комиссия қайта аттестаттауды өткізу кезінде мынадай шешімдердің бірін қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген біліктілік санатына аттестатталды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген біліктілік санатына ротациямен аттестатталды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген біліктілік сана</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тына растаумен аттестатталды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      өтініш берілген біліктілік санатына аттестатталмады;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      еңбек шартты бұзуымен өтініш берілген біліктілік санатына аттестатталмады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="105" w:name="z107"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      96. Комиссия "бірінші біліктілік санатты басшы" немесе "екінші біліктілік санатт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ы басшы" біліктілік санаты бар аттестатталушыда қайта аттестаттау кезінде "өтініш берілген біліктілік санатына аттестатталмады" деген шешім қабылдаған жағдайда, біліктілік санаты бір деңгейге төмендейді; "үшінші біліктілік санатты басшы" біліктілік санаты </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бар басшылармен еңбек шарты бұзылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="106" w:name="z108"/>
       <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      97. Аттестатталушы комиссияның шешімімен танысады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="107" w:name="z109"/>
       <w:bookmarkEnd w:id="106"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       98. Комиссияның шешімі осы Қағидаларға 15-қосымшаға сәйкес хаттамамен ресімделеді, оған Комиссия хатшысы мен оның отырысына қатысқан Комиссия мүшелері қол</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қояды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="108" w:name="z110"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      99. Комиссия шешімі аттестатталушылардың аттестаттау парақтарына енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="109" w:name="z111"/>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      100. Аттестаттаудан өткен аттестатталушының аттестаттау парағы және оған қызметтік мінездеме жеке ісінде сақталады. Комиссияның шешімі аттестатталушының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қызметтік тізіміне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="110" w:name="z112"/>
       <w:bookmarkEnd w:id="109"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       101. Комиссияның шешімі жыл сайын ағымдағы жылдың 15 шілдесінен және 25 желтоқсанынан кешіктірілмей аттестаттаушы органның бұйрығымен ресімделеді. Тиісті бұйрықтың негізінде осы Қағидаларға 16-қосымшаға сәйкес біліктіл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ік бере отырып (растай отырып) аттестаттау туралы куәлік беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="111" w:name="z113"/>
       <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">       102. Біліктілік берілетін (расталатын) аттестаттау туралы куәлік осы Қағидаларға 17-қосымшаға сәйкес куәліктерді тіркеу және беру журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5664"/>
         <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="111"/>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -6084,1047 +6084,1047 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(тестілеуді өткізу бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымның басшысына)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұлттық бі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ліктілік тестілеуге қатысуға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Мен, _________________________________________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (педагогтің Т.А.Ә. (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ЖСН _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      мені келесі тест тапсырмалары бойынша ұлттық біліктілік тестілеуге қатысуға рұқсат беруіңізді сұраймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      ________ аттестаттауға 20___ жыл. Бүгінгі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>таңда ____(күні) ___ (айы) ______ жылғы дейін жарамды біліктілік санатына иемін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1364"/>
         <w:gridCol w:w="973"/>
         <w:gridCol w:w="7325"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білімі туралы дипломда немесе атқ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="660"/>
         <w:gridCol w:w="5253"/>
         <w:gridCol w:w="1363"/>
         <w:gridCol w:w="2386"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы құжатта көрсетілген мамандық (біліктілік) бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагогикалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Марапаттары, атағы, ғылыми (академиялық) дәрежесі, ғылыми атағы алған жылын көрсете отырып____________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Тестілеуді тапсыру тілі (қажеттісінің астын сызу): қазақ/орыс</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Білім беру ұйымының басшысы жұмыс істейт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ін білім беру ұйымы (қажеттісінің астын сызу): мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, арнайы білім беру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Аттестаттау қағидаларымен, Ұлттық біліктілік тестілеу туралы нұсқаулықпе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>н таныстым.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "____" __________ 20 ___ жыл __________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5887"/>
         <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -7265,276 +7265,276 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұлттық біліктілік тестілеуге қатысуға рұқсаттама</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5"/>
         <w:gridCol w:w="4681"/>
         <w:gridCol w:w="1261"/>
         <w:gridCol w:w="3680"/>
         <w:gridCol w:w="35"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> Облыс/Аудан/Мектеп </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ПЕДАГОГКЕ РҰҚСАТТАМА</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Т.А.Ә.:______________________ АКТ: ___________________ </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1244600" cy="1473200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2" name="Рисунок 2"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1244600" cy="1473200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ЖСН: ___________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Жоспарланған біліктілік санаты: </w:t>
             </w:r>
             <w:r>
@@ -7689,74 +7689,74 @@
               <w:t>Педагог: ___________ ___________________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_____ (қолы) (Т.А.Ә. (бар болған жағдайда)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Рұқсат беру күні: __________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагогке жадынама:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Педагогтің өзімен бірге тестілеуге рұқсат қағазы және жеке басын куәландыратын құжаттың түпнұсқасы (жеке куәлік немесе па</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -7772,51 +7772,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагогті тіркеу аяқталғанға дейін тестілеу орнына келуі қажет. Педаготі тіркеу 45 минут жүзеге асырылады және тестілеу басталғанға дейін 15 минут қалғанда аяқталады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6464" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагогке:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өзімен бірге анықтамалық әдебиеттерді, жазба кітаптарын, д</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -7879,172 +7879,172 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нәтижелері бейне материалдарды зерттеу шеңберінде тестілеу ая</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қталғаннан кейін де жойылуы мүмкін.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жұмыс істеу үшін әрбір педагогке А4 форматындағы үш парақ беріледі. Тестілеу аяқталғаннан кейін Министрлік өкіліне парақтарды тапсыру қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мен жадынамамен таныстым және наразылығым жоқ.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Рұқсаттамадағы деректер дұрыс </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>екенін растаймын _______________________________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Педагогтің қолы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -8185,550 +8185,550 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аудиторияда тәртіп ережесін бұзған педагогті аудиториядан шығару және заттарды табу актісі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Тестілеуді өткізу орны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "______"_______________20____ж. ______сағ._______мин.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы акт _____________________ туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      педагог__________________________________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т.А.Ә. (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      АКТ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т.А.Ә. (бар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (аудитория № ___, орны № ____, нұсқа № _______) тестілеу уақытында аудиторияда жүріс-тұрыс ережесін бұзды):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      бұзушылық фактісі. Осы фактінің негізінде материалдар алынды, білім беру ұйымының басшысы аудиториядан шығарылды, тестілеу қорытындысы жойылды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Актімен таныстым: ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      (педагогтің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Аудитория бойынша кезекші ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Тестілеуді өткізуге жауапты ____________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      (Т.А.Ә. (бар болған жағдайда), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Комиссия төрағасы _______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Күні:________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Мөр орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5887"/>
         <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -8869,493 +8869,493 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тестілеуде бөгде адамды анықтау актісі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Тестілеуді өткізу орны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "______"_______________20____ж. __</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____сағ._______мин.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы акт __________________________________________________ жасалды</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т.А.Ә. бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      азамат тестілеу тапсыру барысында</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________ фактісі анықталды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Т.А.Ә. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________ педагогтің орнына</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      АКТ_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Т.А.Ә.(бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Осы фактінің негізінде аудиторияға кірген жа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ғдайда материал алынды, білім беру ұйымының басшысы аудиториядан шығарылды, тестілеу нәтижелері жойылды; ғимаратқа кірген кезде жалған тұлғаны анықтаған жағдайда-тестілеуді тапсырғанға дейін жіберілмеуі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>      Актімен таныстым: ___________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (педагогтің Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Аудитория бойынша кезекші __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Тестілеуді өткізуге жауапты ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т.А.Ә.) (бар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Комиссия төрағасы _______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Күні:________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Мөр орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -9510,618 +9510,619 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұлттық біліктілік тестілеуден өткені туралы анықтама </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      _____________________біліктілігі бойынша _____________ қаласында 20______жылғы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____айы_____күні ұлттық біліктілік тестілеуге қатысты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2385"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2387"/>
+        <w:gridCol w:w="1818"/>
+        <w:gridCol w:w="2783"/>
+        <w:gridCol w:w="3139"/>
+        <w:gridCol w:w="1922"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Тест тапсырмаларының саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ең жоғарғы балл саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жиналған балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Заңды </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Жауапты тұлға: _____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т.А.Ә., (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5664"/>
+        <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>орта және жалпы орта білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>берудің жалпы білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">бағдарламаларын, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -10247,148 +10248,149 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аттестаттау комиссиясының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төрағасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -10446,1101 +10448,1103 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қалалардың және</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> астананың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім басқармалары, уәкілетті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орган)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Біліктілік санатын беру (растау) рәсіміне қатысуға өтініш Аттестаттауға қатысуға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Мен, ______________________________________________, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ЖСН _____________ (педагогтің Т.А.Ә. (бар болған</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Лауазым (мамандығы) бойынша________20___жылғы біліктілік санатына аттестаттауға қатысуға рұқсат беруді сұраймын. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Бүгінгі таңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____ (күні) ___ (айы) ______ жылға дейін жарамды біліктілік санатым бар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ____________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>      Мына жұмыс нәтижелерін негіз деп есептеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ___________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Өзім туралы мынадай мәліметтерді хабарлаймын</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1555"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9623"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="973"/>
+        <w:gridCol w:w="7325"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>құжатта көрсетілген мамандық (біліктілік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3189"/>
+        <w:gridCol w:w="660"/>
+        <w:gridCol w:w="5253"/>
+        <w:gridCol w:w="1363"/>
+        <w:gridCol w:w="2386"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагогикалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Білім </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>беру ұйымының басшысы (басшының орынбасары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Марапаттары, атағы, ғылыми (академиялық) дәрежесі, ғылыми атағы алған жылын көрсете отырып</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Білім беру ұйымының басшысы (басшының орынбасары) жұмыс істейтін білім беру ұйымы (қажеттісінің астын сызу): мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">және кәсіптік, орта білімнен кейінгі, арнайы, қосымша білім беру. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Кезекті біліктілік санатын бері (растау) тәртібімен таныстым. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "____" __________ 20 ___ жыл __________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="115"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5"/>
+        <w:gridCol w:w="519"/>
+        <w:gridCol w:w="2423"/>
+        <w:gridCol w:w="2281"/>
+        <w:gridCol w:w="4514"/>
         <w:gridCol w:w="35"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">оқытудың, бастауыш, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -11598,95 +11602,95 @@
               <w:t>кейінгі, қосымша,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған және арнайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыратын білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарында лауазымдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -11737,516 +11741,516 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, о</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагогтеріне біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттарды қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Көрсетілетін қызметті берушінің атауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Облыстардың, республикалық маңызы бар қалалардың және астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары, мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәс</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>іптік, орта білімнен кейінгі білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>корпорация).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызмет көрсетудің мерзімдері:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) көрсетілетін қызметті беруші арқылы жүгінген кезде-20 минут;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -12292,538 +12296,540 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) Мемлекеттік корпорацияға құжаттар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 20 (жиырма) минут;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2) мемлекеттік корпорацияда көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты-20 (жиырма) минут </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызметті көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қағаз т</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>үрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша педагогтерге біліктілік санатын беру (растау) үшін өтінішті қабылдау туралы қолхат беру не мемлекеттік қызмет көрсетуден дәлелді бас тарту.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік корпор</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ацияда дайын құжаттарды беру жеке басын куәландыратын құжатты көрсеткен кезде (не нотариалды куәландырылған сенімхат бойынша оның өкілі) тиісті құжаттардың қабылданғаны туралы қолхат негізінде жүзеге асырылады.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Өтініш берушінің (өкілдің) өтініші болмауына </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>байланысты мерзімінде берілмеген құжаттар бір ай ішінде мемлекеттік корпорацияда сақталады, осы мерзім өткеннен кейін көрсетілетін қызметті алушы бір ай өткен соң өтініш берген кезде талап етілмеген ретінде көрсетілетін қызметті берушіге қайтарылады, Мемле</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кеттік корпорацияның сұратуы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға жібереді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жеке тұлғаларға тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күнде</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рінен басқа, дүйсенбі-жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -12863,147 +12869,147 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мереке күндерін қоспағанда, дүйсенбіден бастап сенбіні қоса алғанда, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қабылдау жеделдетіп қызмет көрсетусіз, көрсетілетін қызметті алушының таңдауы бойынша "электрондық" кезек</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> тәртібімен жүзеге асырылады, "электрондық үкімет" порталы (бұдан әрі – портал) арқылы электрондық кезекті броньдауға болады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>көрсетілетін қызметті берушіге не Мемлекеттік корпорацияға:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) өтініш;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -13091,50 +13097,51 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9) білім алушылардың/тәрбиеленушілердің (әдістемелік кабинеттердің (орта</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лықтардың) әдіскерлерін, ПМПК педагогтерін қоспағанда) жетістіктерін растайтын құжаттар);</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> 10) кәсіби жетістіктерді және тәжірибені қорытуды растайтын құжаттар; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11) оқуды/сабақтарды бақылау парақтары (ПМПК педагогтерінен басқа);</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3)-11)-тармақтарда санамал</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -13235,147 +13242,148 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нша маман қызметінің нәтижелілік көрсеткіштері;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші және Мемлекеттік корпорация қызметкері мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қо</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> көрсетуден бас тартады:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -13398,147 +13406,147 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, мемлекеттік қызметті көрсету үшін қажетті деректер мен мәліметтер талаптарға сәйкес келмеген жағдайларда мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Көрсетілетін қызметті алушы Стандарттың 8-тармағында көзделген тізбеге</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды берген жағдайда, көрсетілетін қызметті беруші осы Қағидалардың 9-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Организм функциялары тұрақты бұзылып, оның тыныс-тіршілігін шектейтін денсаулығы бұзылған көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қызметті алушыларға, қажет болған жағдайда, мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды Мемлекеттік корпорация қызметкері бірыңғай байланыс орталығы 1414; 8 800 080 7777 арқылы жүгіну арқылы тұрғылықты жеріне барып жүргізеді.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -13549,134 +13557,143 @@
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>т көрсету орындарының мекенжайлары:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) Министрліктің www.edu.gov.kz интернет-ресурсында;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2) мемлекеттік корпорацияның www.gov4c.kz. интернет-ресурсында орналастырылған. </w:t>
+              <w:t xml:space="preserve"> 2) мемлекеттік корпорацияның www.gov4c.kz. интернет-ресурсында </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">орналастырылған. </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда порталдың "жеке кабинеті", сондай-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ақ бірыңғай байланыс орталығы: 1414, 8 800 080 77777 арқылы қашықтықтан қол жеткізу режимінде Мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты алуға мүмкіндігі бар.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Көрсетілетін қызметті берушінің Мемлекеттік қызмет көрсету мәселелері жөні</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ндегі анықтама қызметтерінің байланыс телефондары Министрліктің интернет-ресурсында орналастырылған: www.edu.gov.kz ескерту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -13831,509 +13848,509 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын республикалық ведомстволық</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> бағынысты білім беру ұйымдарының педагогтеріне біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттарды қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы Білім және ғылым</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> министрлігі және республикалық ведомстволық бағынысты білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2) "Азаматтарға арналған үкімет "мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бұдан әрі – Мемлекеттік корпорация).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызмет көрсетудің мерзімдері:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) көрсетілетін қызметті беруші арқылы жүгінген кезде-20 минут;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -14379,266 +14396,267 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) Мемлекет</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 20 (жиырма) минут;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) мемлекеттік корпорацияда көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты-20 (жиырма) минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызметт</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>і көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қағаз түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Мемлекеттік қызметті көрсету нәтижесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша республикалық ведомстволық бағынысты білім беру ұйымдарының педагогтеріне біліктілік санаттарын беруден (растаудан) өту үшін өтінішт</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>і қабылдау туралы қолхат беру не мемлекеттік қызмет көрсетуден дәлелді бас тарту.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -14668,259 +14686,259 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тілмеген ретінде қайтарылады.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Көрсетілетін қызметті алушы бір ай өткеннен кейін жүгінген кезде Мемлекеттік корпорацияның сұрау салуы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлеке</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ттік корпорацияға жібереді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жеке тұлғаларға тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбі-жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -14960,154 +14978,154 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) Мемлекеттік корпорация – Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, дүйсенбіден бастап сенбіні қоса алғанда, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қабылдау жеделдетіп қызмет көрсетусіз, көрсетілетін қызметті алушының таңдауы бойынша "электрондық" кезек тәртібімен жүзеге асырылады, "электрондық үкімет" порталы (бұдан әрі – портал) арқылы электрондық кезекті броньдауға болады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік қызмет к</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өрсету үшін қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> көрсетілетін қызметті берушіге не Мемлекеттік корпорацияға: </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) өтініш;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -15151,50 +15169,51 @@
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5) қызметкердің еңбек қызметін растайтын құжат; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) біліктілік санатын беру туралы куәлік және бұйрық (бұрын біліктілік санаты бар тұлғалар үшін);</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7) Білім беру саласындағы уәкілетті органмен келісілген бағдарл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>амалар бойынша біліктілікті арттыру курстарынан өткені туралы сертификат;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 8) ұлттық біліктілік тестілеуді өткізуге жауапты білім беру саласындағы уәкілетті орган айқындайтын ұйымы қызметкерінің қолымен бекітілген және мөрімен куәландырылған ұлттық білікті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">лік тестілеуден өткені туралы анықтама; </w:t>
@@ -15339,154 +15358,155 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (топтардың) педагогтері үшін (ПМПК педагогтерінен басқа) – жеке дамыту бағдарламасын іске асыру бойынша маман қызметінің нәтижелілік көрсеткіштері;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші және Мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>корпорация қызметкері мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының заңнамасында белгіленген ме</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>млекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тартады: </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -15504,159 +15524,168 @@
               </w:rPr>
               <w:t xml:space="preserve"> 2) көрсетілетін қызметті алушы және (немесе) ұсынылған материалдар, мемлекеттік қызметті көрсету үшін қажетті деректер мен мәліметтер талаптарға сәйкес келмеген жағдайларда мемлекеттік қызметті көрсетуден бас </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">тарту туралы дәлелді жауап болып табылады. </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Көрсетілетін қызметті алушы Стандарттың 8-тармағында көзделген тізбеге сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды берген жағдайда, көрсетілетін қызметті беруші осы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Қағидаларға 9-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+              <w:t xml:space="preserve"> Қағидаларға 9-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бас тарту туралы қолхат береді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Организм функциялары тұрақты бұзылып, оның тыныс-тіршілігін шектейтін денсаулығы бұзылған көрсетілетін қызметті алушыларға, қажет болған жағдайда, мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды Мемлекеттік корпорация қызметкері бірыңғай </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">байланыс орталығы 1414; 8 800 080 7777 арқылы жүгіну арқылы тұрғылықты жеріне барып жүргізеді. </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -15699,95 +15728,95 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда порталдың "жеке кабинеті", сондай-ақ бірыңғай байланыс орталығы: 1414, 8 800 080 77777 арқылы қашықтықтан қол жеткізу режимінде Мемлекеттік қызмет көрсету тәртібі мен мәртебесі т</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уралы ақпаратты алу мүмкіндігі бар.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Көрсетілетін қызметті берушінің Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің интернет-ресурсында www.edu.gov.kz орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -15935,154 +15964,154 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>/көрсетілетін қызметті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -16091,462 +16120,470 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алушының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Т.А.Ә. (бар болған </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жағдайда)/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аттестаттаудан өту үшін білім беру ұйымдарында лауазым атқаратын педагогтердің құжаттарын қабылдаудан бас тарту туралы қолхат </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 бұйрығымен бекітілген Мекте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ілім беру ұйымдарында қызмет атқаратын педагогтерді және білім беру мен ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарының 2-тарауының 43-тармағын басшылыққа ала отырып, </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+        <w:t xml:space="preserve">ілім беру ұйымдарында қызмет атқаратын педагогтерді және білім беру мен ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">өткізу қағидалары мен шарттарының 2-тарауының 43-тармағын басшылыққа ала отырып, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _______________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      /көрсетілетін қызметті берушінің немесе Мемлекеттік корпорацияның атауын, мекенжайын көрсету/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       педагогтерге біліктілік санаттарын б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">еру (растау) рәсіміне қатысу үшін құжаттарды қабылдаудан бас тартады </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       / көрсетілетін қызметті алушы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ның Т.А.Ә. (бар болған жағдада) көрсету/ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      /білім беру ұйымының атауын көрсету/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       байланысты_____________________________________________, атап айтқанда /жоқ немесе сәйкес к</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">елмейтін құжаттардың атауын көрсету/: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) _________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) _________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) _________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы қолхат әр тарапқа бір-бірден 2 данада жасалды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____"___________20___жыл _______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Мемлекеттік корпорация қызметкерінің Т.А.Ә.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (қолы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Алды:                              __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      /көрсетілетін қызметті алушының Т.А.Ә.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (бар болған жағдайда) /</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "____"___________20___жыл                  ______________/қолы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5664"/>
+        <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -16584,121 +16621,122 @@
               <w:t>бағдарламаларын, техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және кәсіптік, орта білімнен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейінгі, қосымша,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған және арнайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>асыратын білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарында лауазымдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атқаратын педагогтерді және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -16747,434 +16785,435 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>/көрсетілетін қызметті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алушының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т.А.Ә.(бар болған жағдайда)/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аттестаттаудан өту үшін білім беру ұйымдарында лауазым атқаратын педагогтердің құжаттарын қабылдау туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      /көрсетілетін қызметті алушының Т.А.Ә.(бар болған жағдайда)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      / көрсетілетін қызметті берушінің атауын көрсету/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Педагогтерді аттестаттау рәсіміне қатысу үшін қабылданған құжаттар тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1.________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2.__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3.__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Қабылдады:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (ор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ындаушының Т.А.Ә.) (қолы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "____"___________20___жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5664"/>
+        <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -17297,173 +17336,175 @@
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзге де азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметшілерді аттестаттаудан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аттестаттау комиссиясының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төрағасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -17515,1057 +17556,1058 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>астананың білім басқармалары,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уәкілетті орган)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">атын білім беру ұйымдарының басшыларын (басшыларының орынбасарларын) аттестаттауға қатысу туралы өтініш </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Мен,_________________________________________________________________, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (педагогтің Т.А.Ә.(бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ЖСН_________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Лауазым (мамандығы) бойынша________20___жылғы біліктілік санатына аттестаттауға қатысуға рұқсат бе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">руді сұраймын. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>       ___________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Бүгінгі таңда _____ (күні) ___ (айы) ______ жылға дейін жарамды біліктілік санатым бар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Мына жұмыс нәтижелерін негіз деп есептеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>      Өзім туралы мынадай мәліметтерді хабарлаймын</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ___________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1555"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9623"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="973"/>
+        <w:gridCol w:w="7325"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Оқу </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3189"/>
+        <w:gridCol w:w="660"/>
+        <w:gridCol w:w="5253"/>
+        <w:gridCol w:w="1363"/>
+        <w:gridCol w:w="2386"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Жалпы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) бойынша </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагогикалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Марапаттары, ат</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ағы, ғылыми (академиялық) дәрежесі, ғылыми атағы алған жылын көрсете отырып </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Білім беру ұйымының басшысы (басшының орынбасары) жұмыс істейтін білім беру ұйымы (қажеттісінің астын сызу): м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, арнайы, қосымша білім беру. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Аттестаттау қағидаларымен таныстым. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "____" __________ 20 ___ жыл __________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дей</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>інгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -18588,50 +18630,51 @@
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>берудің жалпы білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағдарламаларын, техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>және кәсіптік, орта білімнен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейінгі, қосымша,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған және арнайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -18720,1272 +18763,1276 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Білім беру ұйымының басшысына аттестаттау парағы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Аттестаттау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>түрі: кезекті -☐; қайталама -☐</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (X белгісімен белгілеу қажет)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Т.А.Ә. (болған жағдайда әкесінің аты)__________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Туған жылы "___" __________ _______ жыл.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Қайта даярлау, біліктілікті арттыру жөніндегі білімі турал</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ы анықтама (қашан және қандай оқу орнын аяқтады, білімі бойынша мамандығы және біліктілігі, біліктілікті арттыру, қайта даярлау, ғылыми (академиялық) дәрежесі, ғылыми дәрежесі, оларды растағаны туралы күні жөніндегі құжаты)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      4. Атқарып отырған лауазымы және қабылднған күні, біліктілік санаты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5. Жалпы еңбек өтілі ________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       6. Мемлекеттік және азаматтық қызмет лауазымында, басшылық лауазымында жалпы еңбек өтілі </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      7. Аттестаттау комиссиясы мүшелерінің жолдаған ұсыныстары мен ескертпелері:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ______________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>      8. Аттестатталушының пікірі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      9. Аттестатталушының тікелей басшысының қызметтік мінездемесене сәйкес қызметін бағалау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ____________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      10. Отырысқа қатысқандар ___аттестаттау комиссиясының мүшелері.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      11. Аттестаттау комиссиясының әрбір мүшесі толтыратын қоса беріліп отырған бағалау парағына сәйкес дауыс беру нәтижелері бойынша атте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статталушының қызметін бағалау:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (дауыс саны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) өтініш берген біліктілік санатына аттестатталған</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (дауыс саны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (әрбір б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>іліктілік санаты бойынша бөлек)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2) өтініш берілген біліктілік санатына ротациямен аттестатталды</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________________________________________________________________.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (дауыс саны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3) өтініш берілген біліктілік санатына аттестатталмады _____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (дауыс саны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Қорытынды бағалау_________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>      (цифрлық белгісі бар біліктілік санаты жазбаша көрсетіле</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ді)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       12. Аттестаттау комиссиясының ұсынымдары </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (олар бойынша берілетін уәждерді көрсете отырып) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      13.Ескертпе ____________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Аттестаттау комиссиясының төрағасы:__________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Атте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статтау комиссиясының хатшысы:__________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Аттестаттау комиссиясының мүшелері:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Ұйым басшысы                        _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Мөр орны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Аттестаттаудың өткізілген күні "____" ________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___ 20 _____ жыл.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Аттестаттау парағымен таныстым: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>      (аттестатталушының қолы және күні)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -20140,558 +20187,560 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аттестаттауға жататын білім беру ұйымының басшысының бағалау парағы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (аттестаттау комиссиясының мүшесі толтырады)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Аттестаттау түрі: кезекті -☐; қайталама -☐</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (X белгісімен белгілеу қажет)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Т.А.Ә. (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Лауазымы_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Аттестаттау комиссиясы мүшесінің шешімі (аталғандардың бірі: өтініш берілген біліктілік санатына аттестатталды, өтініш берілген біліктілік санатына ротациямен аттестатталды, өтініш берілген біліктілі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>к санатына аттестатталмады):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ___________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Аттестаттау комиссиясы мүшесінің өз шешімін негіздеуі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _____________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Біліктілік санатына сәйкес __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Біліктілік санатын белгіл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>еу үшін негіздер жоқ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Негіз:___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Аттестаттау комиссиясының мүшесі _____________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т. А. Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Аттестаттау комиссиясының хатшысы _________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т. А. Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>      Күні "____" __________ 20 ______ жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">оқытудың, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -20846,303 +20895,303 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Білім беру ұйымдары басшылары қызметтерінің тиімділік көрсеткіштері</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1031"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1659"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="5021"/>
+        <w:gridCol w:w="2481"/>
+        <w:gridCol w:w="1427"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Көрсеткіштер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Балдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сапалы білім берудің қолжетімділігін қамтамасыз ету тиімділігі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өлшемшарттар бойынша ең жоғарғы сандық балл – _____)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -21154,105 +21203,105 @@
               <w:t>"үшінші санатты басшы" - 6-7 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"екінші санатты басшы" - 8-9 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"бірінші санатты басшы" - 10-12 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> беру ұйымының ашықтығы:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -21267,51 +21316,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- апта сайын жаңартылып отыратын әлеуметтік желілердегі беттің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіші бар; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіші </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -21329,180 +21378,180 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіші жоқ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0,5 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Білім </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алушылар контингенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1000 жоғары білім алушы; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>501–1000 білім алушы;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -21510,141 +21559,141 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>500-ден төмен білім алушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ерекше білім беру қажеттіліктері бар балалар контингентіне сәйкес арнайы жағдайлардың болуы:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">3.1. Білім алушылардың жалпы санынан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -21696,51 +21745,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ерекше білім беру қажеттілігі бар балалардың, оның ішінде үйде оқитын балалардың бос уақытын ұйымдастыру (жеке дене ерекшеліктерін ескере отырып)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жоқ;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім алушылардың жалпы санынан кемінде</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -21814,92 +21863,94 @@
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жалпы санынан 10%-дан жоғары;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жалпы санынан 10%-дан жоғары;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> жоқ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 және одан да көп балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -21973,110 +22024,112 @@
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қолайлы жағдай және қауіпсіз орта жасау:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- бейнебақылаумен қамтамасыз ету;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -22121,183 +22174,183 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- басқа мемлекеттік органдар тарапынан айыппұл санкцияларының болмауы (ІІД және ТЖД мониторингі бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> жоқ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бар болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> бар болуына байланысты </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Білім беру ұйымының ғимаратына </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кіруді бақылауды ұйымдастыру:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -22329,205 +22382,205 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ық жерлер үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> жоқ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> бар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Алдыңғы жылмен салыстыру бойынша қосымша білім берумен қамтылған оқушылар мен тәрбиеленушілердің өсу динамикасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өсу - 15%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өсу – 10%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -22555,51 +22608,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіші жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -22618,74 +22671,74 @@
               <w:t>балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім беру сапасын қамтамасыз етудің тиімділігі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өлшемшарттар бойынша ең жоғарғы балл саны – 14; мектепке дейінгі, қосымша білім беру ұйымдары үшін-4)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -22704,144 +22757,144 @@
               <w:t>ін – 2 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"екінші санатты басшы" - 10-11 балл; мектепке дейінгі, қосымша білім беру ұйымдары үшін – 3 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"бірінші санатты басшы" - 12-14 балл; мектепке дейінгі, қосымша білім беру ұйымдары үшін-4 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Білім сапасының динамикасы (мектепке дейінгі тәрбие мен оқытуды ұйымдастыру үшін - білім мен дағдының қалыптасу деңгейінің динамикасы) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өсу – 16-20%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өсу - 11-15%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -22869,51 +22922,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіші жоқ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -22932,137 +22985,137 @@
               <w:t>л</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Алтын белгі" алған түлектер саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Өткен жылғы деңгейден жоғары; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Өткен жылғы деңгейге сәйкес; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -23070,180 +23123,180 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Өткен жылғы деңгейден төмен </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарына, жоғары оқу орындарына түскен бітірушілердің үлесі (мамандандырылған білім беру ұйымдары үшін – бюджеттік негізде оқуға түсу) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80% және одан жоғары;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70-79%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -23278,51 +23331,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">көрсеткіші жоқ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -23334,157 +23387,167 @@
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...10 lines deleted...]
-              <w:t>Облыстық, республикалық, халықаралық олимпиадалардың, конкурстардың, жарыстардың жеңімпаздары (жүлдегерлері) болған тәрбиеленушілердің/оқушылардың саны</w:t>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Облыстық, республикалық, халықаралық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалардың, конкурстардың, жарыстардың жеңімпаздары (жүлдегерлері) болған тәрбиеленушілердің/оқушылардың саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>халықаралық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>республикалық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>облыстық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -23492,140 +23555,143 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіші жоқ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Кадрлық әлеуетті, инновациялық қызметті дамытудың тиімділігі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өлшемшарттар бойынша ең жоғарғы балл саны-24)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"үшінші санатты басшы" - 10-15 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -23634,137 +23700,137 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">"екінші </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>санатты басшы" - 16-20 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"бірінші санатты басшы" - 21-24 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім беру ұйымдары педагогтерінің жалпы санынан жоғары кәсіптік білімі бар педагогтердің үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 91 - 100%; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>81 – 90%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -23782,183 +23848,183 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70%-дан төмен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ғылыми/академиялық дәрежесі бар педагогтердің үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кемінде 30%; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20-29 %;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -23986,51 +24052,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Жоқ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -24042,144 +24108,144 @@
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім беру ұйымдары педагогтерінің жалпы санынан "педагог-зерттеуші", "педагог-шебер" біліктілік санаты бар педагогтерд</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ің үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кемінде 60%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40-59%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -24217,51 +24283,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Жоқ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -24283,452 +24349,452 @@
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жас мамандардың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіші бар;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіші жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Білім беру ұйымы басшысының менеджмент саласындағы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>біліктілікті арттыру курстары туралы сертификатының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіші бар;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіші жоқ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кәсіби шеберлік конкурстарының жеңімпаздары/жүлдегерлері болған педагогтер саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Халықаралық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республикалық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -24746,183 +24812,183 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аудандық деңгей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Оқу-әдістемелік кеңес мақұлдаған әзірленген бағдарламалардың, оқу-әдістемелік кешендердің, әдістемелік ұсынымдардың/құралдардың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республикалық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Облыстық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -24940,183 +25006,183 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіші жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Инновациялық-эксперименттік қызмет, әлеуметтік/білім беру жобаларына қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республикалық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Облыстық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -25134,269 +25200,271 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіші жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Материалдық-техникалық қамтамасыз етудің тиімділігі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өлшемшарттар бойынша балдың ең жоғарғы саны-4)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"үшінші санатты басшы" - 3 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>"екінші санатты басшы" - 3 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"бірінші санатты басшы" - 4 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Материалдық-техникалық базаны жақсарту (қазіргі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>заманғы жабдықтарды, цифрлық зертханаларды, интерактивті жабдықтарды, оқу кабинеттері мен т.б. сатып алу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіші бар;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіші жоқ;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -25414,51 +25482,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бюджеттен тыс қаражат есебінен алу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -25470,669 +25538,669 @@
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Балл </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төмендеуінің көрсеткіштері</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (өлшемшарттар бойынша балды төмендетудің ең жоғарғы саны –14 балдан төмен) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Оқу-тәрбие процесі кезінде білім беру ұйымының аумағында білім алушылардың/</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тәрбиеленушілердің, қызметкерлердің денсаулығына зиян келтіруге әкеп со</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ққан тіркелген жарақаттану жағдайларының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіші бар;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіші жартылай бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Суицидтік әрекеттердің саны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аяқталған суицид;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Суицид әрекеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Білім алушылар жасаған </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>құқық бұзушылықтардың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіштер бар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кадрлар тұрақтамауының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20% жоғары тұрақтамау;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10 – 19% тұрақтамау;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -26140,525 +26208,525 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 – 9% тұрақтамау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ҰББД сапасыз толтыру (облыстық білім </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>басқармасының талдауы бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Мәліметтердегі қателіктер – 5 балл кем </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Электрондық журналдар жүйесінде кері байланыстың болмауы (облыстық білім басқармасының талдауы бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Оқу пәндері бойынша мұғалімдердің тұрақтылығы мен пікірлерді то</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">лтыру сапасының болмауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5 жылда 1 рет біліктілікті арттыру курстарынан өтпеген педагогтердің болуы ("Педагог мәртебесі туралы" ҚР Заңына сәйкес)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш бар;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -26707,51 +26775,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"үшінші санатты басшы" - 40-49 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"екінші санатты басшы" - 50-59 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -26784,366 +26852,367 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"екінші санатты басшы" - 40-49 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"бірінші санатты басшы" - 50-54 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      * </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Көрсеткіштерге қол жеткізу аттестаттау аралық кезеңде (аттестаттау арасындағы кезең) ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымының басшысы қызметінің тиімділік көрсеткіштері</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1044"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1365"/>
+        <w:gridCol w:w="929"/>
+        <w:gridCol w:w="5015"/>
+        <w:gridCol w:w="2478"/>
+        <w:gridCol w:w="1240"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өлше</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Көрсеткіштер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сапалы білімнің қолжетімділігін қамтамасыз ету тиімділігі (өлшемшарт бойынша ең жоғары балл саны-10)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"үшінші санатты басшы" - 5-6 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"екінші санатты басшы" - 6-8 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"бірінші санатты басшы" - 8-10 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Білім беру </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымының ашықтығы:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -27158,51 +27227,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- апта сайын жаңартылып отыратын әлеуметтік желілердегі беттің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіш бар; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіш жартылай бар; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -27210,180 +27279,180 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш жоқ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0,5 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Білім алушылар </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>контингенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1000–нан жоғары білім алушы; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>501–1000 білім алушы;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -27391,141 +27460,141 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 500-ден аз білім алушы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балла</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ерекше білім беру қажеттіліктері бар балалар контингентіне сәйкес арнайы жағдайлардың болуы:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.1. Білім алушылардың жалпы санынан ерекше біл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -27661,51 +27730,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жоқ;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім алушылардың жалпы санынан 1%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -27823,51 +27892,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -27976,105 +28045,105 @@
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бар болуына байланысты 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қолайлы жағдай және қауіпсіз ортаны жасау:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- бейнебақылаумен қамтамасыз ету;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -28126,455 +28195,464 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> айыппұл санкцияларының болмауы (ІІД және ТЖД талдауы бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> жоқ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>болуына байланысты 1 баллдан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жұмыс берушілермен келісілген оқу жұмыс жоспарларының үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>барлық мамандықтар бойынша бар;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бірнеше мамандық бойынша бар;</w:t>
+              <w:t xml:space="preserve">бірнеше мамандық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бойынша бар;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">бағаланатын </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>көрсеткіш жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім беру сапасын қамтамасыз етудің тиімділігі (өлшемшарттар бойынша балдың ең жоғары саны – 27)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"үшінші санатты басшы" - 15-20 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"екінші санатты басшы" - 20-25 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"бірінші санатты басшы" - 25-27 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Түлектердің жалпы санынан өткен оқу жылында жұмыспен қамтылған және жұмысқа орналастырылғандардың үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жұмысқа орналастырылды және бос емес – 95%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жұмысқа орналастырылды және бос емес – 75%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -28599,183 +28677,183 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">лды және бос емес –60%-дан төмен </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім сапасының динамикасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16 – 20%-ға өсу;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11 - 15%-ға өсу;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -28803,51 +28881,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіштер жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -28859,144 +28937,144 @@
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Дуальды оқыту </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысаны бойынша білім алушыларды ұлғайту үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5% -ға өсу;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3%-ға өсу;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -29014,190 +29092,190 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіштер жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Белгілі бір оқу мерзіміне қабылданған білім алушылардың жалпы санынан оқуды жалғастыратын білім ал</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ушылардың үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Оқу жылының соңындағы контингент-90%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Оқу жылының соңындағы контингент-80%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -29205,180 +29283,180 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Оқу жылының соңындағы контингент-70% және төмен;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Облыстық, республикалық, халықаралық олимпиадалардың, конкурстардың, жарыстардың </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жеңімпаздары (жүлдегерлері) болған оқушылардың саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Халықаралық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республикалық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -29396,291 +29474,291 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аудандық деңгей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім беру ұйымының халықаралық жобаларға қатысуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бірнеше жобаларға қатысуы;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бір ғана жобаға қат</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ысуы; бағаланатын көрсеткіш жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балла</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Кадрлық әлеуетті, инновациялық қызметті дамытудың тиімділігі </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өлшемшарттар бойынша балдың ең жоғарғы саны – 24)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -29699,338 +29777,342 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"екінші санатты басшы" - 16-20 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"бірінші сана</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тты басшы" - 21-24 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім беру ұйымдары педагогтерінің жалпы санынан жоғары кәсіптік білімі бар педагогтердің үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 91 - 100%; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>81 – 90%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>70 – 80%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70% және төмен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ғылыми/академиялық дәрежесі бар педагогтердің </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 30%-дан төмен; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20-29%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -30058,51 +30140,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10% және төмен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -30114,137 +30196,137 @@
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Білім беру ұйымдары педагогтерінің жалпы санынан "педагог-зерттеуші", "педагог-шебер" біліктілік санаты бар педагогтердің үлесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>60%-дан төмен емес;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40 — 59%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -30272,51 +30354,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 25% және төмен </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -30328,459 +30410,459 @@
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жас мамандардың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш бар;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Білім беру ұйымы басшысының менеджмент саласындағы біліктілікті арттыру курстары туралы сертификатының болуы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш бар;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кәсіби шеберлік конкурстарының жеңімпаздары/жүлдегерлері болған педагогтер</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Халықаралық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республикалық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -30798,183 +30880,183 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аудандық деңгей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Оқу-әдістемелік кеңес мақұлдаған әзірленген бағдарламалардың, оқу-әдістемелік кешендердің, әдістемелік ұсынымдардың/құралдардың болуы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Халықа</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ралық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -30999,183 +31081,183 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Аудандық деңгей бағаланатын көрсеткіш жоқ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Инновациялық-эксперименттік қызмет, әлеуметтік/білім беру жобаларына қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республикалық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Областық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -31190,120 +31272,120 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деңгей бағаланатын көрсеткіш жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Материалдық техникалық қамтамасыз ету тиімділігі </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өлшемшарттар бойынша балдың ең жоғарғы саны – 4)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -31322,781 +31404,792 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"екінші санатты басшы" - 3 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> "бірінші санатты басшы" - </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4 балл; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Материалдық-техникалық базаны жақсарту (қазіргі заманғы жабдықтарды, сандық зертханаларды, интерактивті жабдықтарды, оқу кабинеттері мен т. б. сатып алу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағаланатын көрсеткіш бар бағаланатын көрсеткіш жоқ қосымша:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">бюджеттен тыс қаражат есебінен тыс иелену </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Балды төмендету көрсеткіштері </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өлшемшарттар бойынша балды төмендетудің ең жоғарғы саны–13 балдан кем)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Оқу-тәрбие процесі кезінде білім беру ұйымының аумағында білім </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алушылардың/тәрбиеленушілердің, қызметкерлердің денсаулығына зиян келтіруге әкеп соққан тіркелген жарақаттану жағдайларының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> бағаланатын көрсеткіш бар бағаланатын көрсеткіш жартылай бар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Суицид жағдайларының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Аяқталған суицид; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Суицид әрекеті </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Қылмыстардың, құқық бұзушылықтардың болуы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...10 lines deleted...]
-              <w:t>Бағаланатын көрсеткіш бар Бағаланатын көрсеткіш жартылай бар</w:t>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бағаланатын көрсеткіш бар </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бағаланатын көрсеткіш жартылай бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қолайлы жағдайлар мен қауіпсіз ортаны құру:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- бейнебақылауд</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -32148,78 +32241,78 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>л санкцияларының болуы (ІІД және ТЖД мониторингі бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл кем</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -32241,137 +32334,137 @@
               <w:t>1балл кем</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл кем</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кадрлар тұрақтамауының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20%-дан жоғары тұрақтамау;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10 – 19%-тұрақтамау;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -32379,706 +32472,706 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 – 9%- тұрақтамау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ҰББД сапасыз толтыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сандық көрсеткіштерде анықтықтың болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5 жылда 1 рет біліктілікті арттыру курстарынан өтпеген педагогтердің болуы ("Педагог мәртебесі туралы" ҚР Заңына сәйкес)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіш бар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>балл кем;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"үшінші санатты басшы" - 33 – 44 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"екінші санатты басшы" - 45-56 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"бірінші санатты басшы" - 57-65 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      * Көрсеткіштерге қол жеткізу аттестаттау аралық кезеңде ескеріледі (аттестаттау арасындағы кезең)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әдістемелік кабинет (орталық) басшысы қызметінің тиімділік көрсеткіштері) (ең жоғарғы балл саны-24)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1404"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1619"/>
+        <w:gridCol w:w="1176"/>
+        <w:gridCol w:w="4096"/>
+        <w:gridCol w:w="3189"/>
+        <w:gridCol w:w="1201"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Өлшемшарттар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Көрсеткіштер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім беру ұйымының ашықтығы:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- сайттың болуы (web-беттер),</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -33093,51 +33186,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>желілердегі беттің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіш бар; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіш жартылай бар; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -33145,173 +33238,173 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш жоқ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0,5 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ғылыми/академиялық дәрежесінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ғылыми дәреже;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Академиялық дәреже;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -33319,180 +33412,180 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 ба</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әдіскерлер санынан ғылыми / академиялық дәрежесі бар әдіскерлердің үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50 — 60%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40 — 59%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -33520,51 +33613,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20% және төмен </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -33576,144 +33669,144 @@
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әдіскерлер санынан "педагог-зерттеуші", "педагог-шебер" біліктілік санаты</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> бар әдіскерлердің үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>90% дан кем емес;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80 — 89%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -33741,51 +33834,51 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>65% төмен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -33797,479 +33890,492 @@
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Әдістемелік жұмыс тәжірибесін трансляциялау бойынша республикалық/халықаралық іс-шараларда басшының сөйлеген сөзі </w:t>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Әдістемелік жұмыс тәжірибесін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">трансляциялау бойынша республикалық/халықаралық іс-шараларда басшының сөйлеген сөзі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Халықаралық </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> Республикалық деңгей </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республикалық оқу-әдістемелік кеңес мақұлдаған әзірленген бағдарламалардың, оқу-әдістемелік кешеннің, әдістемелік жұмыс жөніндегі әдістемелік ұсынымдардың/ құралдардың авторы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>/тең авторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш бар;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Әлеуметтік/білім беру жобаларына қатысқан кәсіби конкурстарда жеңімпаз/жүлдегер болған әдіскерлердің, оның ішінде МК басшысының саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Халықаралық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республикалық </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -34294,344 +34400,344 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіш жоқ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Әдістемелік жұмыс бойынша біліктілікті арттыру курстары туралы сертификаттың болуы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш бар;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Белсенді жұмыс і</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>стейтін пән педагогтері қауымдастықтарының саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кемінде 6 қауымдастық;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-5 қауымдастық;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -34639,173 +34745,173 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кемінде 3 қауымдастық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Әдістемелік кабинет (орталық) басшысының жұмыс немесе сараптамалық топтарға қатысуы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Халықаралық деңгей;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республикалық </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -34830,373 +34936,373 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бағаланатын көрсеткіш жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Балдың төмендеу көрсеткіші</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өлшемшарттар бойынша балды төмендетудің ең көп саны –4 балл кем)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 11. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагогтердің, әдістемелік кабинет (орталық) қызметкерлерінің негізделген шағымдарының, өтініштерінің болуы) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Бағаланатын көрсеткіш бар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл кем;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кадрлар тұрақтамауының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20%-дан жоғары тұрақтамау;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10 – 19%-тұрақтамау;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -35204,257 +35310,257 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 – 9%- тұрақтамау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балл кем;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"үшінші санатты басшы" - 17-19 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"екінші санатты басшы" - 20-21 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"бірінші санатты басшы" - 22-24 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      *Көрсеткіштерге қол жеткізу аттестаттау аралық кезеңде ескеріледі (аттестаттау арасындағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кезең)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -35567,2197 +35673,2200 @@
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру мен ғылым</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>саласындағы өзге де азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>қызметшілерді аттестаттаудан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аттестаттау комиссиясы отырысының хаттамасы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      "___"___________________ 20____ жыл</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Комиссия төрағасы:_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Комиссия мүшелері:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1.________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2. _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Аттестаттау кезеңдерінің қорытындысы бойынша комиссияның ШЕШІМІ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына аттестатталды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="810"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="607"/>
+        <w:gridCol w:w="3673"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="1158"/>
+        <w:gridCol w:w="1806"/>
+        <w:gridCol w:w="1480"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т.А.Ә. (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Өтініш берілген біліктілік </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Берілген біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына ротациямен аттестатталды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="810"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="607"/>
+        <w:gridCol w:w="3673"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="1158"/>
+        <w:gridCol w:w="1806"/>
+        <w:gridCol w:w="1480"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т.А.Ә. (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өтініш берілген біліктілік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Берілген біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына аттестатталмады: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="760"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="761"/>
+        <w:gridCol w:w="557"/>
+        <w:gridCol w:w="3326"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="1092"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="1377"/>
+        <w:gridCol w:w="706"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т.А.Ә. (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Өтініш берілген біліктілік </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Берілген біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Себебі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2189" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1713" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Комиссия төрағасы __________________________ (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Комиссия мүшелері:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1. ___________________________ (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2. ___________________________ (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________ (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      4. ___________________________ (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Хатшы: ___________________________ (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -37905,394 +38014,395 @@
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Біліктілік санатын беру (растау) арқылы аттестаттау туралы КУӘЛІК</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      _______________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Білім беру ұйымының немесе білім беруді басқару органының толық атауы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы куәлік 20_____жылғы _____ № "___" бұйрығымен аттесттаттау комиссиясының шешіміне сәйкес</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      __________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ________________________________________________________________берілді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      20_____жылғы ___ ___________№ "___" біліктілік санаты берілді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      _________ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________бойынша лауазымы ______________ (лауазым атауы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы аталған куәлік 20____жылғы "____" ______________дейін жарамды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Білім беру ұйымының басшысы ______________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>      Мөр орны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>    Тіркеу нөмірі __________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Берілген күні "____" __________ 20 ____ жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -38447,907 +38557,907 @@
               <w:t>ен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аттестаттау туралы куәлікті тіркеу және беру журналы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="831"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1102"/>
+        <w:gridCol w:w="610"/>
+        <w:gridCol w:w="2188"/>
+        <w:gridCol w:w="1712"/>
+        <w:gridCol w:w="1038"/>
+        <w:gridCol w:w="2153"/>
+        <w:gridCol w:w="961"/>
+        <w:gridCol w:w="1000"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Т.А.Ә. (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Біліктілік талаптарын беру/растау лауазымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Комиссия шешімінің күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Біліктілік талаптарын беру/растау туралы бұйрықтың нөмірі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мен күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Куәлік берілген күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Табыстау туралы қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3137" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="1381"/>
+        <w:gridCol w:w="1380"/>
+        <w:gridCol w:w="1380"/>
+        <w:gridCol w:w="1380"/>
+        <w:gridCol w:w="1380"/>
+        <w:gridCol w:w="1380"/>
+        <w:gridCol w:w="1381"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C73F9">
+      <w:tr w:rsidR="009B19C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+          <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C73F9" w:rsidRDefault="00C04A1C">
+    <w:p w:rsidR="009B19C7" w:rsidRDefault="005D3FAA">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="001C73F9">
+    <w:sectPr w:rsidR="009B19C7">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001C73F9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C04A1C"/>
+    <w:rsidRoot w:val="009B19C7"/>
+    <w:rsid w:val="005D3FAA"/>
+    <w:rsid w:val="009B19C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{001D60CE-5F7B-4CCA-8E6E-DB59CAAA981E}"/>
+  <w15:docId w15:val="{A318143F-2906-4A12-AD2C-3073E15F39A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -40254,51 +40364,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>26</Pages>
+  <Pages>56</Pages>
   <Words>17188</Words>
   <Characters>97973</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>816</Lines>
   <Paragraphs>229</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>114932</CharactersWithSpaces>