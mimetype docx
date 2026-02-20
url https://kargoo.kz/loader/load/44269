--- v0 (2025-12-22)
+++ v1 (2026-02-20)
@@ -3,157 +3,157 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Білім алушыларды білім беру ұйымдарының үлгілері бойынша ауыстыру және қайта қабылдау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
         <w:t>Күшін жойған</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Қазақстан Республикасы Үкіметінің 2012 жылғы 19 қаңтардағы № 110 Қаулысы. Күші жойылды - Қазақстан Республикасы Үкіметінің 2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жылғы 27 сәуірдегі № 337 қаулысымен</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Ескерту. Күші жойылды - ҚР Үкіметінің 27.04.2015 № 337 (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      «Білім туралы» Қазақстан Республикасының 2007 жылғы 27 шілдедегі Заңының 4-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">абының 26) тармақшасына сәйкес Қазақстан Республикасының Үкіметі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -166,204 +166,357 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1. Қоса беріліп отырған Білім алушыларды білім беру ұйымдарының үлгілері бойынша ауыстыру және қайта қабылдау қағидалары бекітілсін.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2. Осы қаулы алғашқы ресми жариял</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>анған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRPr="009D0E71" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Қазақстан Республикасының</w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t>      Премьер-Министрі                                К. Мәсімов</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Премьер-Министрі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К. Мәсімов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRPr="009D0E71" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="z4"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  Қазақстан Республикасы </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Үкіметінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2012 жылғы 19 қаңтардағы</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 110 қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген     </w:t>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRPr="009D0E71" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="z5"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
+      <w:r w:rsidRPr="009D0E71">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">   Білім алушыларды білім беру ұйымдарының үлгілері бойынша</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ауыстыру және қайта қабылдау қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRPr="009D0E71" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z6"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
+      <w:r w:rsidRPr="009D0E71">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">   1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z7"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      1. Білім алушыларды білім беру ұйымдарының үлгілері бойынша ауыстыру және қайта қабылдау қағидалары (бұдан ә</w:t>
-[...16 lines deleted...]
-        <w:t>      2. Қағидалардың меншік нысанына және ведомстволық бағыныстылығына қарамастан білім алушыларды білім беру ұйымдарына ауыстырудың және қайта қаб</w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Білім алушыларды білім беру ұйымдарының үлгілері бойынша ауыстыру және қайта қабылдау қағидалары (бұдан ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рі - Қағидалар) «Білім туралы» Қазақстан Республикасы Заңының 4-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>26) тармақшасына сәйкес әзірленген.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D0E71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Қағидалардың меншік нысанына және ведомстволық бағыныстылығына қарамастан білім алушыларды білім беру ұйымдарына ауыстырудың және қайта қаб</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ылдаудың тәртібін айқындайды.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3. Білім алушыларды курстан курсқа, бір білім беру ұйымынан екіншісіне, бір оқу нысанынан екінші нысанға, бір тілдік бөлімнен екінші тілдік бөлімге, бір мамандықтан екінші мамандыққа ауыстыру жүзеге асырылады.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -639,123 +792,123 @@
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаул</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ысымен (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       9. Белгіленген мерзімде жойылмаған жұмыс оқу жоспары пәндеріндегі академиялық айырмашылық кейіннен академиялық берешек ретінде ескеріледі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="z18"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">   2. Б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ілім алушыларды білім беру ұйымдарының үлгілері</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>бойынша ауыстыру және қайта қабылдау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="z19"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">   Техникалық және кәсіптік, орта білімнен кейінгі білімнің</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>білім беру бағдарламаларын іске асыратын білім беру</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ұйымдарындағы білім алушыларды ауыстыру және қайта </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>қабылдау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="z20"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      10. Техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында (бұдан әрі - білім беру ұйымдары) бір мамандықтан екінші мамандыққа немесе оқудың бір нысанынан екіншісіне ауысу біл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ім беру ұйымы басшысының бұйрығымен жүргізіледі.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -990,75 +1143,75 @@
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>у үшін бұрын білім алған білім алушы өзінің оқуын жалғастырғысы келетінін білдіріп, білім беру ұйымы басшысының атына өтініш, береді, бұл ретте қайта қабылдау туралы өтінішке Анықтама қоса беріледі.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      22. Ұсынылған Анықтама негізінде білім беру ұйымы к</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>урсты және пәндердің айырмашылығын анықтап, оқуға қайта қабылдау туралы өтінішті берілген уақыттан бастап екі апталық мерзімде қарауы қажет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="z36"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">   Жоғары оқу орындарында білім алушыларды ауыстыру</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>және қайта қабылдау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="z37"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      23. Ауысу немесе оқуға қайта қабылдан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>у, егер оқу жоспарындағы айырмашылық бакалавриат үшін міндетті компоненттің бес оқу пәнін құраса, сол курсқа жүзеге асырылады.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2081,161 +2234,161 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>дырады.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      47. Оқу кезеңінде пайда болған ауру нәтижесінде берілген мамандықта оқуға тыйым салынғаны туралы дәрігерлік-консультативтік комиссияның қорытындысы бар білім беру гранты бойынша білім алушы бір мамандықтан екіншісіне бос орындарға білім беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>гранты бойынша ауысады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007971FB" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="002016D7" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007971FB">
+    <w:sectPr w:rsidR="002016D7">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A63349" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="007515DC" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A63349" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="007515DC" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A63349" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="007515DC" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A63349" w:rsidRDefault="00A63349">
+    <w:p w:rsidR="007515DC" w:rsidRDefault="007515DC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00A02830" w:rsidRDefault="00636C2E">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="009D0E71">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>9525</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>438150</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="266700" cy="8890000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="2" name="rect1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -2266,116 +2419,117 @@
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="582C89CA" id="rect1" o:spid="_x0000_s1026" style="position:absolute;margin-left:.75pt;margin-top:34.5pt;width:21pt;height:700pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCmiljB0wIAAK0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+&#10;75JUWdtES6dtpQhpwMRAPLu2k1g4trHdpgPx3znbbdkYEhKiD67Pvpzv++67u7jcDxLtuHVCqwYX&#10;ZzlGXFHNhOoa/OnjerLAyHmiGJFa8QY/cIcvly9fXIym5lPda8m4RRBEuXo0De69N3WWOdrzgbgz&#10;bbiCy1bbgXgwbZcxS0aIPshsmuezbNSWGaspdw5OV+kSL2P8tuXUv29bxz2SDYbcfFxtXDdhzZYX&#10;pO4sMb2ghzTIP2QxEKHg0VOoFfEEba14FmoQ1GqnW39G9ZDpthWURwyApsh/Q3PfE8MjFiDHmRNN&#10;7v+Fpe92dxYJ1uApRooMUCILpBWBmNG4Gu7vzZ0N0Jy51fSLQ0rf9ER1/MpaPfacMEgn+mdPPgiG&#10;g0/RZnyrGcQlW68jR/vWDiEgoEf7WIqHUyn43iMKh9PZbJ5DwShcLRZVDr+QUkbq49fGOv+a6wGF&#10;Tco6Rie7W+eT69ElPLaRwqyFlIgZqApEttp/Fr6PHAcAR6cDy6CRv2sx1W+l6XbgyidBWi6Jh25w&#10;vTAOnqn5sOHAr33DIktApKUfgOMoPS8kRz6x4CMNyIFVBMCQpIOj474FBA1W0EYYEdlBu3l54OQI&#10;LmCQKqxKB7CJhnQCzAIx4S5wHLX5vSqmZX49rSbr2WI+Kdfl+aSa54tJXlTX1Swvq3K1/hGYKcq6&#10;F4xxdSsUP/ZJUT7j6I/yPnRsUnjsFDRChc9LQBjycVoKFtKNhu02N9KiHQkdm2hIMJ64DcLD3JBi&#10;AHmcnEgd5PhKsUQtETLts6f5RxkBCcf/SEsUb9Br0v1GswfQLogkigUmHGx6bb9hNMK0aLD7uiUW&#10;KiHfKNB/VZRlGC/RKM/n0yCwxzebxzdEUQjVYOotlDIaNz4Npa2xouvhrSRIpa+ga1oRBR06KuUF&#10;mQcDZkLEcJhfYeg8tqPXrym7/AkAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABk&#10;cnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJ&#10;SS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHU&#10;UV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PD&#10;PDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwMEFAAGAAgAAAAhAHyD&#10;iGnbAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMT1tPwjAUfjfxPzTHhDfpECQy1hGzxEQSExV9&#10;gLeyHtbF9XRpC0x/vYcnffwu+S7FanCdOGGIrScFk3EGAqn2pqVGwefH0+0DiJg0Gd15QgXfGGFV&#10;Xl8VOjf+TO942qRGcAjFXCuwKfW5lLG26HQc+x6JtYMPTieGoZEm6DOHu07eZdlcOt0SN1jdY2Wx&#10;/tocnYLXaH1Y7w7p7aWvBqx2zz/rZqvU6GZ4XIJIOKQ/M1zm83QoedPeH8lE0TG+Z6OC+YIfsTyb&#10;Mt4zPbswsizk/wPlLwAAAP//AwBQSwMECgAAAAAAAAAhAANE7DolAgAAJQIAABQAAABkcnMvbWVk&#10;aWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAAcAAAA0ggDAAAAbjFQYgAAAF1QTFRF4dnZ&#10;wYOD6Ojo7u7u8PDw8vLy1ry89/f3t2ho/Pz87e3t8fHxrUxM6urq+Pj4/v7+9vb26+vr9PT06enp&#10;+vr6ozEx7+/v8/Pz+fn59fX1zKCg+/v7/f39////mhYWgGiAbwAAAYNJREFUeNrtlltzgkAMhW2r&#10;It5ABPaWk///M4tLLR2bMIOtVqd7HuDhm92cSTaTzHhECSaYYIJPAvGpiTBqADeE093eMbdLq8ds&#10;xgwZMIG5DdK1OdieDuEowALsItwLMIDbCEmAGXiFil+kk/FYQCevJcGQ9XJVeJAIcTW80UvAg3RZ&#10;vWMuNIhT+W1QrvW2+6yxlmNS/AarnIyaF110KWZUk2csuMVZdM8W9I7IeRluELWRoEfou8IL0KHp&#10;XZcCJHAPaSp0Z1hONcQLRBklCSVR6Xm0BVvJ7YfLANHtITY/FlLMAmFVI2xlQw7AXK0ncJOhAyzV&#10;Z1IBcAok5FsL8hKssI7NBCPAnPp/jdHEP8hAT0vEcy0RgBBThM9Sz5N+Av+HoV8umduO1jPsVNhU&#10;AIwe8xCAeqYaagx6idANULr2VTRkRgwB4XBdEobIl7DAsATjEloMQ8JewiWQrbjTHuX3mM0+biUB&#10;RltcWsKb5vYIHHnqcMVXjcIHGR0JJphggn8D3wHPsKjKqvnMPgAAAABJRU5ErkJgglBLAQItABQA&#10;BgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAKaKWMHTAgAArQUAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAAOQUAAGRycy9fcmVs&#10;cy9lMm9Eb2MueG1sLnJlbHNQSwECLQAUAAYACAAAACEAfIOIadsAAAAIAQAADwAAAAAAAAAAAAAA&#10;AAAsBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0ACgAAAAAAAAAhAANE7DolAgAAJQIAABQAAAAAAAAA&#10;AAAAAAAANAcAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsFBgAAAAAGAAYAfAEAAIsJAAAAAA==&#10;" stroked="f" strokeweight="2pt">
+            <v:rect w14:anchorId="54E26BE7" id="rect1" o:spid="_x0000_s1026" style="position:absolute;margin-left:.75pt;margin-top:34.5pt;width:21pt;height:700pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCmiljB0wIAAK0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+&#10;75JUWdtES6dtpQhpwMRAPLu2k1g4trHdpgPx3znbbdkYEhKiD67Pvpzv++67u7jcDxLtuHVCqwYX&#10;ZzlGXFHNhOoa/OnjerLAyHmiGJFa8QY/cIcvly9fXIym5lPda8m4RRBEuXo0De69N3WWOdrzgbgz&#10;bbiCy1bbgXgwbZcxS0aIPshsmuezbNSWGaspdw5OV+kSL2P8tuXUv29bxz2SDYbcfFxtXDdhzZYX&#10;pO4sMb2ghzTIP2QxEKHg0VOoFfEEba14FmoQ1GqnW39G9ZDpthWURwyApsh/Q3PfE8MjFiDHmRNN&#10;7v+Fpe92dxYJ1uApRooMUCILpBWBmNG4Gu7vzZ0N0Jy51fSLQ0rf9ER1/MpaPfacMEgn+mdPPgiG&#10;g0/RZnyrGcQlW68jR/vWDiEgoEf7WIqHUyn43iMKh9PZbJ5DwShcLRZVDr+QUkbq49fGOv+a6wGF&#10;Tco6Rie7W+eT69ElPLaRwqyFlIgZqApEttp/Fr6PHAcAR6cDy6CRv2sx1W+l6XbgyidBWi6Jh25w&#10;vTAOnqn5sOHAr33DIktApKUfgOMoPS8kRz6x4CMNyIFVBMCQpIOj474FBA1W0EYYEdlBu3l54OQI&#10;LmCQKqxKB7CJhnQCzAIx4S5wHLX5vSqmZX49rSbr2WI+Kdfl+aSa54tJXlTX1Swvq3K1/hGYKcq6&#10;F4xxdSsUP/ZJUT7j6I/yPnRsUnjsFDRChc9LQBjycVoKFtKNhu02N9KiHQkdm2hIMJ64DcLD3JBi&#10;AHmcnEgd5PhKsUQtETLts6f5RxkBCcf/SEsUb9Br0v1GswfQLogkigUmHGx6bb9hNMK0aLD7uiUW&#10;KiHfKNB/VZRlGC/RKM/n0yCwxzebxzdEUQjVYOotlDIaNz4Npa2xouvhrSRIpa+ga1oRBR06KuUF&#10;mQcDZkLEcJhfYeg8tqPXrym7/AkAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABk&#10;cnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJ&#10;SS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHU&#10;UV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PD&#10;PDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwMEFAAGAAgAAAAhAHyD&#10;iGnbAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMT1tPwjAUfjfxPzTHhDfpECQy1hGzxEQSExV9&#10;gLeyHtbF9XRpC0x/vYcnffwu+S7FanCdOGGIrScFk3EGAqn2pqVGwefH0+0DiJg0Gd15QgXfGGFV&#10;Xl8VOjf+TO942qRGcAjFXCuwKfW5lLG26HQc+x6JtYMPTieGoZEm6DOHu07eZdlcOt0SN1jdY2Wx&#10;/tocnYLXaH1Y7w7p7aWvBqx2zz/rZqvU6GZ4XIJIOKQ/M1zm83QoedPeH8lE0TG+Z6OC+YIfsTyb&#10;Mt4zPbswsizk/wPlLwAAAP//AwBQSwMECgAAAAAAAAAhAANE7DolAgAAJQIAABQAAABkcnMvbWVk&#10;aWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAAcAAAA0ggDAAAAbjFQYgAAAF1QTFRF4dnZ&#10;wYOD6Ojo7u7u8PDw8vLy1ry89/f3t2ho/Pz87e3t8fHxrUxM6urq+Pj4/v7+9vb26+vr9PT06enp&#10;+vr6ozEx7+/v8/Pz+fn59fX1zKCg+/v7/f39////mhYWgGiAbwAAAYNJREFUeNrtlltzgkAMhW2r&#10;It5ABPaWk///M4tLLR2bMIOtVqd7HuDhm92cSTaTzHhECSaYYIJPAvGpiTBqADeE093eMbdLq8ds&#10;xgwZMIG5DdK1OdieDuEowALsItwLMIDbCEmAGXiFil+kk/FYQCevJcGQ9XJVeJAIcTW80UvAg3RZ&#10;vWMuNIhT+W1QrvW2+6yxlmNS/AarnIyaF110KWZUk2csuMVZdM8W9I7IeRluELWRoEfou8IL0KHp&#10;XZcCJHAPaSp0Z1hONcQLRBklCSVR6Xm0BVvJ7YfLANHtITY/FlLMAmFVI2xlQw7AXK0ncJOhAyzV&#10;Z1IBcAok5FsL8hKssI7NBCPAnPp/jdHEP8hAT0vEcy0RgBBThM9Sz5N+Av+HoV8umduO1jPsVNhU&#10;AIwe8xCAeqYaagx6idANULr2VTRkRgwB4XBdEobIl7DAsATjEloMQ8JewiWQrbjTHuX3mM0+biUB&#10;RltcWsKb5vYIHHnqcMVXjcIHGR0JJphggn8D3wHPsKjKqvnMPgAAAABJRU5ErkJgglBLAQItABQA&#10;BgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAKaKWMHTAgAArQUAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAAOQUAAGRycy9fcmVs&#10;cy9lMm9Eb2MueG1sLnJlbHNQSwECLQAUAAYACAAAACEAfIOIadsAAAAIAQAADwAAAAAAAAAAAAAA&#10;AAAsBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0ACgAAAAAAAAAhAANE7DolAgAAJQIAABQAAAAAAAAA&#10;AAAAAAAANAcAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsFBgAAAAAGAAYAfAEAAIsJAAAAAA==&#10;" stroked="f" strokeweight="2pt">
               <v:fill r:id="rId2" o:title="" recolor="t" rotate="t" type="tile"/>
               <w10:wrap type="square"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007971FB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A63349"/>
+    <w:rsidRoot w:val="002016D7"/>
+    <w:rsid w:val="002016D7"/>
+    <w:rsid w:val="007515DC"/>
+    <w:rsid w:val="009D0E71"/>
+    <w:rsid w:val="00D91B55"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{A0552457-E385-4657-B2C3-04FBD2089793}"/>
+  <w15:docId w15:val="{2B6A5AC9-5831-4562-B49E-FD3E5EC34082}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>