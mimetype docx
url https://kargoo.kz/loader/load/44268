--- v0 (2025-12-19)
+++ v1 (2026-03-22)
@@ -1,4657 +1,4495 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00CE65F5" w:rsidRDefault="00DB7D6C">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...45 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...24 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О статусе педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 27 декабря 2019 года № 293-VІ ЗРК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящий Закон определяет статус педагога, устанавливает права, социальные гарантии и ограничения, обязанности и ответственность педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z5"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) педагог – лицо, имеющее педагогическое или иное профессиональное образование по соответствующему профилю и осуществляющее профессиональную деятельность педагога по обучению и воспитанию обучающихся и (или) воспитанников, методическому сопровождению или организации образовательной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) педагогическая этика – нормы поведения педагогов, установленные законодательством Республики Казахстан о статусе педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) совет по педагогической этике – коллегиальный орган, создаваемый в организации образования, рассматривающий вопросы соблюдения педагогами педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) наставничество – деятельность педагога по оказанию практической помощи в профессиональной адаптации лицу, впервые приступившему к профессиональной деятельности педагога в организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z11"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 2. Законодательство Республики Казахстан о статусе педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Законодательство Республики Казахстан о статусе педагога основывается на Конституции Республики Казахстан, состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z14"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 3. Сфера действия настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Действие настоящего Закона распространяется на педагогов, осуществляющих профессиональную деятельность в дошкольных организациях образования, организациях среднего (начального, основного среднего, общего среднего), технического и профессионального, послесреднего образования, специализированных, специальных организациях образования, организациях образования для детей-сирот и детей, оставшихся без попечения родителей, организациях дополнительного образования для детей, а также в методических кабинетах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      На педагогов военных учебных заведений действие настоящего Закона распространяется с особенностями, предусмотренными Законом Республики Казахстан "О воинской службе и статусе военнослужащих".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z17"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 4. Статус педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. В Республике Казахстан признается особый статус педагога, обеспечивающий условия для осуществления им профессиональной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Лицо обладает статусом педагога в период осуществления профессиональной деятельности в области образования и нахождения в трудовых отношениях с соответствующей организацией в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Перечень должностей педагогов утверждается уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z21"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5. Педагогическая этика</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагогическая этика основывается на принципах законности, добросовестности, ответственности, уважения чести и достоинства личности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Нарушение педагогической этики является дисциплинарным проступком и влечет дисциплинарную ответственность педагога в соответствии с трудовым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Педагогическая этика утверждается уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z25"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 6. Обеспечение профессиональной деятельности педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Работодатель обеспечивает педагогу условия для осуществления им профессиональной деятельности в соответствии с трудовым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. При осуществлении педагогом профессиональной деятельности не допускаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) привлечение его к видам работ, не связанным с профессиональными обязанностями, за исключением случаев, предусмотренных законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) истребование у него отчетности либо информации, не предусмотренной законодательством Республики Казахстан в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) проведение проверок, не предусмотренных законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4) возложение на него обязанности по приобретению товаров и услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Привлечение педагогов государственных организаций среднего образования при осуществлении ими профессиональной деятельности к проведению мероприятий негосударственных организаций не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z33"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 7. Права педагога при осуществлении профессиональной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагог при осуществлении профессиональной деятельности имеет право на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) свободный выбор способов и форм организации профессиональной деятельности при условии соблюдения требований государственного общеобязательного стандарта соответствующего уровня образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) защиту от незаконного вмешательства и воспрепятствования со стороны должностных и других лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) уважительное отношение к профессии и надлежащее поведение со стороны обучающихся, воспитанников и их родителей или иных законных представителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) организационное и материально-техническое обеспечение и создание необходимых условий для осуществления профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осуществление научной, исследовательской, творческой, экспериментальной деятельности, внедрение новых методик и технологий в педагогическую практику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) творческую инициативу, разработку и применение авторских программ и методов обучения и воспитания, развитие и распространение новых, более совершенных методов обучения и воспитания при условии соблюдения требований государственного общеобязательного стандарта соответствующего уровня образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) выбор учебных пособий, материалов и иных средств обучения и воспитания в соответствии с образовательной программой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) участие в разработке образовательных программ, учебных планов, методических материалов и иных компонентов образовательной деятельности, а также учебников, учебно-методических комплексов и учебных пособий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) избрание и занятие выборной должности по месту работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) участие в обсуждении вопросов, направленных на совершенствование качества образования, в том числе относящихся к деятельности организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) участие в работе коллегиальных органов управления организацией образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) повышение квалификации не реже одного раза в пять лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) непрерывное профессиональное развитие и выбор форм повышения квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) досрочное присвоение квалификационной категории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) индивидуальную педагогическую деятельность в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) поощрение за успехи в профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) отсрочку от призыва на воинскую службу в соответствии с Законом Республики Казахстан "О воинской службе и статусе военнослужащих";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) прохождение стажировки по международной стипендии "Болашак" для поддержания и повышения профессиональных навыков в порядке и на условиях, определенных законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) обжалование принимаемых в отношении него актов, действий и решений руководителя организации вышестоящим должностным лицам или в суд;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) уважение чести и достоинства со стороны обучающихся, воспитанников и их родителей или иных законных представителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) иные права, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Осуществление прав педагога, предусмотренных пунктом 1 настоящей статьи, не должно нарушать права и свободы других лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z57"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 8. Право педагога на материальное обеспечение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Система оплаты труда, должностные оклады, доплаты, надбавки и другие выплаты стимулирующего характера педагогу, осуществляющему профессиональную деятельность в государственных организациях, определяются в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оплата труда педагогов, осуществляющих профессиональную деятельность в частных организациях образования, определяется их учредителями или уполномоченным на то лицом в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Правила исчисления заработной платы педагогов государственных организаций утверждаются уполномоченным органом в области образования по согласованию с уполномоченным государственным органом по труду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3. Для исчисления месячной заработной платы педагогов, осуществляющих профессиональную деятельность в государственных организациях образования, устанавливается нормативная учебная нагрузка в неделю:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z62"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Подпункт 1) вводится в действие с 01.09.2021 в соответствии с Законом РК от 27.12.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z155" w:history="1">
+        <w:r w:rsidRPr="008E39CC">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 293-VІ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
-[...45 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) 16 часов – для организаций среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) 18 часов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данная редакция абзаца второго подпункта 2) приостановлена до 01.09.2021 Законом РК от 27.12.2019 № 293-VI (действующую редакцию см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z151" w:history="1">
+        <w:r w:rsidRPr="008E39CC">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 20</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      для организаций образования, реализующих образовательные программы технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      для организаций дополнительного образования обучающихся и воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      для специализированных и специальных организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) 24 часа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      для дошкольных организаций, предшкольных групп дошкольного воспитания и обучения, предшкольных классов организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      для детских юношеских спортивных организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) 30 часов – для воспитателей интернатных организаций, лагерей отдыха, общежитий организаций технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) 25 часов – для воспитателей специальных организаций образования и организаций образования для детей-сирот и детей, оставшихся без попечения родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Педагогу государственных организаций по основному месту работы устанавливается доплата за:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      степень доктора философии (PhD), доктора по профилю – в размере 17-кратного месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ученую степень кандидата наук – в размере 17-кратного месячного расчетного показателя, доктора наук – в размере 34-кратного месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ведение внеурочных спортивных занятий – в размере ста процентов от базового должностного оклада.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Педагогу, осуществляющему профессиональную деятельность в государственной организации среднего образования, а также в методическом кабинете, по основному месту работы устанавливается доплата за степень магистра по научно-педагогическому направлению в размере 10-кратного месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Местные исполнительные органы вправе устанавливать дополнительные стимулирующие выплаты педагогам в виде вознаграждения в размере не менее 300-кратного месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 8 с изменениями, внесенными Законом РК от 02.01.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z2841" w:history="1">
+        <w:r w:rsidRPr="008E39CC">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 399-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2021).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z77"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...174 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 9. Право педагога на поощрение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. За добросовестный труд и образцовое исполнение своих профессиональных обязанностей к педагогу применяются поощрения, предусмотренные законодательством Республики Казахстан, а также правилами внутреннего распорядка организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. За выдающиеся достижения и особые заслуги педагога перед Республикой Казахстан ему присваиваются государственные награды, в том числе почетное звание "Қазақстанның еңбек сіңірген ұстазы", в соответствии с Законом Республики Казахстан "О государственных наградах Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагог, удостоенный почетного звания "Қазақстанның еңбек сіңірген ұстазы", получает единовременную выплату в размере 1000-кратного месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Педагогу, подготовившему победителя, призера международных олимпиад, конкурсов и спортивных соревнований среди обучающихся и воспитанников по перечню, определяемому уполномоченным органом в области образования, за счет экономии по деятельности соответствующей государственной организации образования выплачивается единовременное вознаграждение в размере трех должностных окладов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4. Местные исполнительные органы вправе устанавливать дополнительные меры поощрения педагогов посредством учреждения местных знаков отличия и почетных званий с выплатой единовременного вознаграждения или без таковой и иных форм стимулирования, в том числе к праздничным датам, установленным в Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Описание, порядок присвоения местных знаков отличия и почетных званий, в том числе размеры выплат единовременного вознаграждения, определяются местным исполнительным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Ежегодно за счет средств республиканского бюджета обладателю звания "Лучший педагог" выплачивается вознаграждение в размере и порядке, определяемых Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z85"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 10. Педагогическая переподготовка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Лица с профессиональным образованием, не имеющие педагогического образования, впервые приступающие к профессиональной деятельности педагога по соответствующему профилю, проходят педагогическую переподготовку на базе организаций высшего и (или) послевузовского образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Порядок педагогической переподготовки определяется уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Нормы настоящей статьи не распространяются на лиц, осуществляющих профессиональную деятельность педагога по образовательным программам дополнительного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z89"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...83 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 11. Ограничение доступа к занятию профессиональной деятельностью педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      К профессиональной деятельности педагога не допускаются лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) лишенные права осуществлять профессиональную деятельность педагога в соответствии со вступившим в законную силу приговором суда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) признанные недееспособными или ограниченно дееспособными в порядке, установленном законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) имеющие медицинские противопоказания, а также с психическими, поведенческими расстройствами (заболеваниями), в том числе связанными с употреблением психоактивных веществ, состоящие на учете в организациях, оказывающих медицинскую помощь в области психического здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) не имеющие документов о техническом и профессиональном, послесреднем, высшем или послевузовском образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) на основании иных ограничений, предусмотренных Трудовым кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 11 с изменениями, внесенными Законом РК от 07.07.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z609" w:history="1">
+        <w:r w:rsidRPr="008E39CC">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 361-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z96"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...49 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 12. Социальные гарантии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагогам гарантируются: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жилище, в том числе служебное и (или) общежитие, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) земельные участки под индивидуальное жилищное строительство в порядке, предусмотренном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагогам, осуществляющим профессиональную деятельность в сельских населенных пунктах, предоставление земельных участков под индивидуальное жилищное строительство осуществляется в приоритетном порядке, предусмотренном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) оплачиваемый ежегодный трудовой отпуск продолжительностью 56 календарных дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) пособие на оздоровление в размере не менее одного должностного оклада один раз в календарном году при предоставлении им очередного трудового отпуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Особенности режима рабочего времени и времени отдыха педагога определяются правилами, утверждаемыми уполномоченным органом в области образования по согласованию с уполномоченными органами соответствующей отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Детям педагогов места в дошкольных организациях по месту жительства предоставляются местными исполнительными органами в первоочередном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Педагог имеет социальные гарантии обеспечения прав в области здравоохранения в соответствии с законодательством Республики Казахстан в области здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Педагогу, осуществляющему профессиональную деятельность в сельском населенном пункте:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) по решению местных представительных органов устанавливаются повышенные не менее чем на двадцать пять процентов оклады и тарифные ставки по сравнению со ставками педагогов, осуществляющих профессиональную деятельность в городских условиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) оказывается социальная поддержка по оплате коммунальных услуг и приобретению топлива за счет бюджетных средств в порядке и размерах, утвержденных местными представительными органами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Педагогу, прибывшему для осуществления профессиональной деятельности и проживания в сельские населенные пункты, по решению местных представительных органов предоставляются подъемное пособие и социальная поддержка для приобретения или строительства жилья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>әдістемелік кабинеттерде кәсіптік қызметін жүзеге асыратын педагогтерге қолданылады.</w:t>
-[...43 lines deleted...]
-        <w:rPr>
+        <w:t>      7. Местные исполнительные органы вправе устанавливать компенсационные выплаты педагогу за наем (аренду) жилища и коммунальные услуги, полные или частичные выплаты для приобретения путевок на санаторно-курортное лечение и отдых, а также иные льготы, направленные на социальную поддержку педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z111"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...78 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 13. Наставничество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. За педагогом, впервые приступившим к профессиональной деятельности в организации среднего образования, на период одного учебного года закрепляется педагог, осуществляющий наставничество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      За осуществление наставничества педагогу выплачивается доплата в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Порядок организации наставничества и требования к педагогам, осуществляющим наставничество, определяются уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z115"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 14. Присвоение (подтверждение) педагогу квалификационной категории</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагогам присваиваются (подтверждаются) квалификационные категории в порядке, определяемом уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z117"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 15. Обязанности педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагог обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) обладать соответствующими профессиональными компетенциями в своей деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) соблюдать педагогические принципы обучения и воспитания, обеспечивать качество обучения и воспитания не ниже требований, предусмотренных государственными общеобязательными стандартами образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) непрерывно совершенствовать свое профессиональное мастерство, исследовательский, интеллектуальный и творческий уровень, в том числе повышать (подтверждать) уровень квалификационной категории не реже одного раза в пять лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) соблюдать педагогическую этику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) проходить обязательные периодические медицинские осмотры в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) уважать честь и достоинство обучающихся, воспитанников и их родителей или иных законных представителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) воспитывать детей в духе уважения к закону, правам, свободам человека и гражданина, родителям, старшим, семейным, историческим и культурным ценностям, государственным символам, высокой нравственности, патриотизма, бережного отношения к окружающей среде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) развивать у обучающихся и воспитанников жизненные навыки, компетенции, самостоятельность, творческие способности и формировать культуру здорового образа жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) незамедлительно информировать руководство организации образования о фактах выявления ребенка, находящегося в трудной жизненной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) незамедлительно сообщать правоохранительным органам и руководству организации образования о фактах совершения несовершеннолетними или в отношении них действий (бездействия), содержащих признаки уголовного либо административного правонарушения, в том числе ставших известными ему в связи с профессиональной деятельностью вне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) консультировать родителей или иных законных представителей по вопросам обучения и воспитания обучающихся и воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагог не вправе использовать образовательный процесс для политической агитации, принуждения обучающихся и воспитанников к принятию политических, религиозных или иных убеждений либо отказу от них, для разжигания социальной, расовой, национальной или религиозной розни, агитации, пропагандирующей исключительность, превосходство либо неполноценность граждан по признаку социальной, расовой, национальной, религиозной или языковой принадлежности, их отношения к религии, в том числе посредством сообщения обучающимся недостоверных сведений об исторических, национальных, религиозных и культурных традициях наций и народностей Республики Казахстан, а также побуждения обучающихся к действиям, противоречащим Конституции Республики Казахстан и законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z131"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 16. Совет по педагогической этике</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Деятельность совета по педагогической этике осуществляется в порядке, определяемом организацией образования на основании типовых правил организации работы совета по педагогической этике, утверждаемых уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Решения совета по педагогической этике носят рекомендательный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Решение о привлечении педагога к дисциплинарной ответственности принимается актом руководителя организации образования с учетом рекомендации совета по педагогической этике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. При рассмотрении вопроса о соблюдении педагогической этики педагог имеет право на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) получение в письменном виде информации о рассматриваемом вопросе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) ознакомление со всеми материалами по рассматриваемому вопросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) защиту своих прав и законных интересов всеми не противоречащими закону способами лично или через представителя в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) получение решения в письменном виде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) обжалование принятого решения в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Разбирательства в отношении педагога и принятые на их основании решения могут быть преданы гласности только с его согласия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z142"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 17. Профессиональная подготовка педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Профессиональная подготовка педагога осуществляется в организациях образования, реализующих образовательные программы технического и профессионального, послесреднего, высшего и (или) послевузовского образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Образовательные программы профессиональной подготовки педагогов разрабатываются на основе требований профессионального стандарта педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z145"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 18. Повышение квалификации педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагог в целях поддержания и развития ранее приобретенных профессиональных компетенций проходит курсы повышения квалификации, порядок прохождения которых определяется уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. В целях повышения квалификации педагога обучение по образовательным программам дополнительного образования осуществляется единовременно или поэтапно посредством освоения отдельных направлений и дисциплин (модулей), а также путем прохождения стажировки по международной стипендии "Болашак".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Для реализации на практике полученных педагогами знаний организации, проводящие курсы повышения квалификации, бесплатно осуществляют посткурсовое сопровождение деятельности педагогов в порядке, определяемом уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z149"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 19. Ответственность за нарушение законодательства Республики Казахстан о статусе педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Нарушение законодательства Республики Казахстан о статусе педагога влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z151"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 20. Переходные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Приостановить до 1 сентября 2021 года действие абзаца второго </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z63" w:history="1">
+        <w:r w:rsidRPr="008E39CC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>подпункта 2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> пункта 3 статьи 8 настоящего Закона, установив, что в период приостановления данный абзац действует в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "для организаций среднего образования и организаций образования, реализующих образовательные программы технического и профессионального, послесреднего образования;".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 21. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Настоящий Закон вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z62" w:history="1">
+        <w:r w:rsidRPr="008E39CC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>подпункта 1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> пункта 3 статьи 8, который вводится в действие с 1 сентября 2021 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E39CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
-      </w:r>
-[...3761 lines deleted...]
-        <w:t>ң 1) тармақшасын қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6359"/>
-        <w:gridCol w:w="3418"/>
+        <w:gridCol w:w="8702"/>
+        <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE65F5">
+      <w:tr w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidTr="008E39CC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="57"/>
-          <w:p w:rsidR="00CE65F5" w:rsidRDefault="00DB7D6C">
+          <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008E39CC">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
-[...10 lines deleted...]
-              <w:t>Президенті</w:t>
+              <w:t>      Президент Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="3225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CE65F5" w:rsidRDefault="00DB7D6C">
+          <w:p w:rsidR="008E39CC" w:rsidRPr="008E39CC" w:rsidRDefault="008E39CC" w:rsidP="008E39CC">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008E39CC">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қ. ТОҚАЕВ</w:t>
+              <w:t>К. ТОКАЕВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CE65F5" w:rsidRDefault="00DB7D6C">
-[...30 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w:rsidR="00D22DFB" w:rsidRDefault="00D22DFB"/>
+    <w:sectPr w:rsidR="00D22DFB">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CE65F5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DB7D6C"/>
+    <w:rsidRoot w:val="008E39CC"/>
+    <w:rsid w:val="00337FC1"/>
+    <w:rsid w:val="008E39CC"/>
+    <w:rsid w:val="00D22DFB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{B4B869B2-8F84-4D3E-9DAB-C4C0773D224E}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{C7AAC2F3-B197-42A0-91B9-3B240A0C7C60}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4660,50 +4498,51 @@
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4726,155 +4565,163 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...20 lines deleted...]
-    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="Medium List 2 Accent 1"/>
-[...78 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4939,432 +4786,251 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004A3277"/>
-[...65 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="header"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E39CC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="008E39CC"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...110 lines deleted...]
-  <w:style w:type="character" w:styleId="ab">
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="008E39CC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="ac">
-[...45 lines deleted...]
-    <w:name w:val="DocDefaults"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="008E39CC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="1247496790">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1516455106">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z2000000361" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z2100000399" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
@@ -5502,66 +5168,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>20064</Characters>
+  <Pages>6</Pages>
+  <Words>3671</Words>
+  <Characters>20926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>167</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>174</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23537</CharactersWithSpaces>
+  <CharactersWithSpaces>24548</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Zhanar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>777</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>