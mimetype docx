--- v0 (2025-10-10)
+++ v1 (2025-12-17)
@@ -1,423 +1,692 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы мемлекеттік қызметшілерінің әдептілік нормаларын және мінез-құлық қағидаларын одан әрі жетілдіру жөніндегі шаралар туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...7 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="007B322B" w:rsidRPr="00FF0949" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Президентінің 2015 жылғы 29 желтоқсандағы № 153 Жарлығы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="007B322B" w:rsidRPr="00FF0949" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z1"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Мемлекеттiк қызметшiлердiң моральдық-адамгершiлік бейнесiне және iскерлiк қасиеттеріне қойылатын талаптарды жоғарылату мақсатында </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекетт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к қызметш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лерд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ң моральдық-адамгерш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лік бейнес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>скерл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к қасиеттеріне қойылатын талаптарды жоғарылату мақсатында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕМІН:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="007B322B" w:rsidRPr="00FF0949" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="z2"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      1. Қоса беріліп отырған:</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Қоса беріліп отырған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRPr="00FF0949" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="z3"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      1) Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексі (М</w:t>
-[...4 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексі (М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>емлекеттік қызметшілердің қызметтік әдеп қағидалары);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="007B322B" w:rsidRPr="00FF0949" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z4"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      2) Әдеп жөнiндегi уәкiл туралы ереже бекітілсін.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) Әдеп жөн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ндег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уәк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л туралы ереже бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRPr="00FF0949" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z5"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      2. Осы Жарлыққа қосымшаға сәйкес Қазақстан Республикасы Президентінің кейбір жарлықтарының күші жойылды деп танылсын.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Осы Жарлыққа қосымшаға сәйкес Қазақстан Республикасы Президентінің кейбір жарлықтарының күші жойылды деп танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRPr="00FF0949" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="z6"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3. Осы Жарлық 201</w:t>
-[...6 lines deleted...]
-        <w:t>6 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi және ресми жариялануға тиіс.</w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Осы Жарлық 201</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6 жылғы 1 қаңтардан бастап қолданысқа енг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лед</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0949">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ресми жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4939"/>
         <w:gridCol w:w="4808"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0093184A">
+      <w:tr w:rsidR="007B322B">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="6"/>
-          <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+          <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+          <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093184A">
+      <w:tr w:rsidR="007B322B">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+          <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Президенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+          <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Н.Назарбаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5931"/>
         <w:gridCol w:w="3816"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0093184A">
+      <w:tr w:rsidR="007B322B">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+          <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+          <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Президентінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -429,1289 +698,1851 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 153 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="z8"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексі</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кодексі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(Мемлекеттік қызметшілердің қызметтік әдеп қағидалары)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="z10"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1. Мемлекеттік қызмет атқару қоғам мен мемлекет тарапынан ерекше сенім білдіру болып табылады және мемлекеттік қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ызметшілердің моральдық-әдептілік бейнесіне жоғары талаптар қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Қоғам мемлекеттік қызметші өзінің барлық күш-жігерін, білімі мен тәжірибесін өзі жүзеге асыратын кәсіби қызметіне жұмсайды, өзінің Отаны – Қазақстан Республикасына қалтқысыз әрі адал </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қызмет етеді деп сенеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Мемлекеттік қызметшілер өз қызметінде Қазақстан Республикасының Тұңғыш Президенті – Елбасы Нұрсұлтан Назарбаевтың саясатын жақтауға және оны дәйекті түрде жүзеге асыруға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      Ескерту. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> орыс тіліндегі мәтінге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> өзгеріс енгізілді, мемлекеттік тілдегі мәтін өзгермейді – ҚР Президентінің 05.05.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="z11"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2. Қазақстан Республикасы мемлекеттік қызметшілерінің осы әдеп кодексі (Мемлекеттік қызметшілердің қызметтік әдеп қағидалары) (бұдан әрі – Коде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кс) Қазақстан Республикасының Конституциясына, "Қазақстан Республикасының мемлекеттік қызметі туралы" 2015 жылғы 23 қарашадағы, "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" 2015 жылғы 18 қарашадағы Қазақстан Республикасының заңдарына, жалпы қабылданған мор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>альдық-әдептілік нормаларына сәйкес мемлекеттік қызметшілердің моральдық-әдептілік бейнесіне қойылатын жалпы қабылданған талаптарды, сондай-ақ олардың мінез-құлқының негізгі стандарттарын белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Кодекс халықтың мемлекеттік органдарға сенімін нығ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>айтуға, мемлекеттік қызметте өзара қарым-қатынастың жоғары мәдениетін қалыптастыруға және мемлекеттік қызметшілердің әдепсіз мінез-құлық жағдайларының алдын алуға бағытталған.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="z12"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      3. Мемлекеттік органдардың басшылары, орталық атқарушы органдарда – орталы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қ атқарушы органдардың жауапты хатшылары немесе белгіленген тәртіппен орталық атқарушы органдардың жауапты хатшыларының өкілеттіктері жүктелген лауазымды адамдар, ал орталық атқарушы органдардың жауапты хатшылары немесе аталған лауазымды адамдар болмаған ж</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ағдайда – орталық атқарушы органдардың басшылары осы Кодекс талаптарының орындалуын, осы Кодекстің мәтінін мемлекеттік органдардың ғимараттарында баршаға көрінетіндей жерде орналастыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="z13"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      4. Мемлекеттік қызметші мемлекеттік қызметке </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тұрғаннан кейін үш күн мерзімде осы Кодекстің мәтінімен жазбаша нысанда таныстырылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="z14"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Мінез-құлықтың жалпы стандарттары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="z15"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5. Мемлекеттік қызметшілер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">      1) Қазақстан халқының бірлігі мен елдегі ұлтаралық келісімді нығайтуға ықпал етуге, </w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) Қазақстан халқының бірлігі мен елдегі ұлтаралық келісімді нығайтуға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> етуге, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мемлекеттік және басқа тілдерге, Қазақстан халқының салт-дәстүрлеріне құрметпен қарауға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      2) адал, әділ, қарапайым болуға, жалпы қабылданған моральдық-әдептілік нормаларын сақтауға, азаматтармен және әріптестерімен қарым-қатынаста сыпайылық пен әдепті</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, әділ, қарапайым болуға, жалпы қабылданған моральдық-әдептілік нормаларын сақтауға, азаматтармен және әріптестерімен қарым-қатынаста сыпайылық пен әдепті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лік танытуға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...25 lines deleted...]
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өздері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылдайтын шешімдердің заңдылығы мен әділдігін қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және заңды тұлғалардың құқықтары мен заңды мүдделерін қозғайтын шешімдерді қабылдаудың ашықтығын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      5) мемлекет мүддесіне нұқ</w:t>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүддесіне нұқ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сан келтіретін, мемлекеттік органдардың жұмыс істеу тиімділігіне кедергі жасайтын немесе тиімділігін төмендететін іс-әрекеттерге қарсы тұруға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      6) қызметтік міндеттерін тиімді атқару үшін өзінің кәсіби деңгейі мен біліктілігін арттыруға, Қазақстан Рес</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> міндеттерін тиімді атқару үшін өзінің кәсіби деңгейі мен біліктілігін арттыруға, Қазақстан Рес</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>публикасының заңдарында белгіленген шектеулер мен тыйымдарды сақтауға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      7) өзінің іс-әрекетімен және мінез-құлқымен қоғам тарапынан айтылатын сынға себепкер болмауға, сынағаны үшін қудалауға жол бермеуге, орынды сынды кемшіліктерді жою мен өзінің қызм</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іс-әрекетімен және мінез-құлқымен қоғам тарапынан айтылатын сынға себепкер болмауға, сынағаны үшін қудалауға жол бермеуге, орынды сынды кемшіліктерді жою мен өзінің қызм</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>етін жақсарту үшін пайдалануға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...22 lines deleted...]
-        <w:t xml:space="preserve">      9) шындыққа сәйкес </w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сипаттағы мәселелерді шешу кезінде мемлекеттік органдардың, ұйымдардың, мемлекеттік қызметшілер мен өзге де адамдардың қызметіне ықпал ету үшін өзінің қызметтік жағдайын пайдаланбауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шындыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>келмейтін мәліметтерді таратпауға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...23 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> меншіктің сақталуын қамтамасыз етуге, өзіне сеніп тапсырылған мемлекеттік меншікті, автокөлік құралдарын қоса алғанда, ұтымды, тиімді және тек қызметтік мақсатта ғана пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тәртіпті бұлжытпай сақтауға, өзінің қызметтік міндеттерін адал, бейтарап және сапалы атқаруға, жұмыс уақытын ұтымды және тиімді пайдалануға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      12) мемлекеттік қызмет көрсету сапасын арттыру бойынша тұрақты түрде шаралар қабылдауға, мемлекеттік көрсеті</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету сапасын арттыру бойынша тұрақты түрде шаралар қабылдауға, мемлекеттік көрсеті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>летін қызметтердің тұтынушысы ретінде толығымен халықтың сұранысына бағдар ұстануға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...32 lines deleted...]
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жасағаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін заңнамада тәртіптік, әкімшілік немесе қылмыстық жауаптылық көзделген құқық бұзушылықтар мен теріс қылықтарды жасауға жол бермеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іскерл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдепті және ресми мінез-құлық қағидаларын сақтауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Мемлекеттік қызметшілердің сырт келбеті олардың қызметтік міндеттерін орындау кезінде мемлекеттік аппараттың беделін нығайтуға ықпал етуге, іскерлікпен, ұстамдылықпен және ұқыптылықпен ерекш</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>еленетін жалпы қабылданған іскерлік талаптарына сай болуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Ескерту. 5-тармаққа өзгеріс енгізілді – ҚР Президентінің 24.01.2019 № 828 (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="z16"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      6. Мемлекеттік қызметшілер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қызметтік жағдайларын және онымен байланысты мүмкіндіктерді қоғамдық және діни бірлестіктердің, басқа да коммерциялық емес ұйымдардың мүдделеріне, оның ішінде өзінің оларға көзқарасын насихаттау үшін пайдаланбауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      Мемлекеттік қызметшілер, оның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ішінде басшы лауазымдарды атқаратындар, ұжымда өз діни көзқарасын ашық көрсете алмайды, бағынысты қызметшілерді қоғамдық және діни бірлестіктердің, басқа да коммерциялық емес ұйымдардың қызметіне қатысуға мәжбүрлей алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="z17"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Қызметтен тыс уақыттағы міне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>з-құлық стандарттары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="z18"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      7. Мемлекеттік қызметшілер қызметтен тыс уақытта:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      1) жалпы қабылданған моральдық-әдептілік нормаларын ұстануға, қоғамға жат мінез-құлық, оның ішінде қоғамдық орындарда адамның қадiр-қасиетiн және қоғамдағы адамгершілікке нұ</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылданған моральдық-әдептілік нормаларын ұстануға, қоғамға жат мінез-құлық, оның ішінде қоғамдық орындарда адамның қадiр-қасиетiн және қоғамдағы адамгершілікке нұ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қсан келтіретін масаң күйде болу жағдайларына жол бермеуге;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...22 lines deleted...]
-        <w:t>      3) өз тарапынан қоғамдағы адамгершілікке, тәртіпке және</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарапайым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болуға, тиісті көрсетілетін қызметтерді алу кезінде өзінің лауазымдық жағдайын баса көрсетпеуге және пайдаланбауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тарапынан қоғамдағы адамгершілікке, тәртіпке және</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қауіпсіздікке қол сұғушылыққа әкелетін заңнама талаптарын бұзуға және басқа азаматтарды құқыққа қарсы, қоғамға жат әрекеттерді жасауға тартуға жол бермеуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="z19"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Қызметтік қатынастардағы мінез-құлық стандарттары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="z20"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      8. Мемлекеттік қызметшілер әріпте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>стерімен қызметтік қарым-қатынасы кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...22 lines deleted...]
-        <w:t>      2) басқа мемлекеттік қызметшілер тарапынан қызметтік әдеп нормаларын бұзудың жол</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұжымда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іскерлік және тілектестік өзара қарым-қатынасты әрі сындарлы ынтымақтастықты орнату мен нығайтуға ықпал етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік қызметшілер тарапынан қызметтік әдеп нормаларын бұзудың жол</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ын кесуге немесе оларды болдырмау жөнінде өзге шаралар қабылдауға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...22 lines deleted...]
-        <w:t>      4) әріптестерінің өз лауазымдық міндеттерін орындауына к</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұжымда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әріптестерінің ар-намысы мен абыройына кір келтіретін жеке және кәсіптік қасиеттерін талқылаудан аулақ болуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әріптестерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз лауазымдық міндеттерін орындауына к</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>едергі келтіретін әрекеттерге (әрекетсіздікке) жол бермеуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="z21"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      9. Басшылар қарамағындағы қызметшілермен қарым-қатынас кезінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      1) өзінің мінез-құлқымен бейтараптықтың, әділдіктің, риясыздықтың, жеке тұлғаның ар-намысы мен абыройына құрме</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мінез-құлқымен бейтараптықтың, әділдіктің, риясыздықтың, жеке тұлғаның ар-намысы мен абыройына құрме</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тпен қараудың үлгісі болуға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...22 lines deleted...]
-        <w:t>      3) олардың қызметінің нәтижелерін бағал</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>меритократия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаттарын сақтауды қамтамасыз етуге, кадр мәселелерін шешу кезінде туыстық, жерлестік және жеке басына берілгендік белгілері бойынша артықшылық көрсетпеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметінің нәтижелерін бағал</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ау, сондай-ақ көтермелеу және жазалау шараларын қолдану кезінде әділдік пен объективтілік танытуға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      4) еңбекті, денсаулықты қорғауға, тиімді қызмет ету үшін қауіпсіз және қажетті жағдайларды жасауға, сондай-ақ қызметшілердің ар-намысы мен қадір-қасие</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еңбекті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, денсаулықты қорғауға, тиімді қызмет ету үшін қауіпсіз және қажетті жағдайларды жасауға, сондай-ақ қызметшілердің ар-намысы мен қадір-қасие</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">тін кемсітушіліктің және қол сұғушылықтың кез келген нысандарын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>болдырмайтын қолайлы моральдық-психологиялық ахуалды қалыптастыруға бағытталған шараларды қабылдауға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      5) қызметтік емес сипаттағы мәселелерді шешу кезінде олардың қызметіне ықпал етуге ө</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> емес сипаттағы мәселелерді шешу кезінде олардың қызметіне ықпал етуге ө</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>зінің қызметтік дәрежесін пайдаланбауға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...22 lines deleted...]
-        <w:t xml:space="preserve">      7) оларға қатысты негізсіз айыптауларға, дөрекілік, қадір-қасиетін қорлау, </w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарсы қылықтарды, сондай-ақ жалпы қабылданған моральдық-әдептілік нормаларына жат қылықтарды жасауға мәжбүрлемеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оларға</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысты негізсіз айыптауларға, дөрекілік, қадір-қасиетін қорлау, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әдепсіздік және орынсыз мінез-құлық фактілеріне жол бермеуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="z22"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      10. Төмен тұрған лауазымдарды атқаратын мемлекеттік қызметшілер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...22 lines deleted...]
-        <w:t xml:space="preserve">      2) өздеріне </w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсырмаларын орындау кезінде тек объективті және шынайы мәліметтерді ұсынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өздеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мәлім болған қызметтік әдеп нормаларының бұзу жағдайлары және мемлекеттік қызметке кір келтiретін тәртіптік теріс қылықтар туралы басшылыққа және әдеп жөніндегі уәкілге дереу хабарлауға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      3) басшының заңды тапсырмаларын орындауға кедергі келтіретін әр</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшының</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заңды тапсырмаларын орындауға кедергі келтіретін әр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>екеттерді (әрекетсіздікті) болдырмауға;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...12 lines deleted...]
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшылыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысты жеке берілгендікке, олардың қызметтік мүмкіндіктері есебінен пайда және артықшылықтар алуға ұмтылуға жол бермеуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="z23"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Көпшілік алдында, оның ішінде бұқаралық ақпарат құралдарында</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>сөйлеумен байланысты мінез-құлық стандарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      11. Мемлекеттік орган қызметінің мәселелері бойынша көпшілік алдында сөйлеуді оның басшысы немесе мемлекеттік органның бұған уәкілеттік берілген лауазымды адамдары жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Мемлекеттік қызмет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шілер мемлекеттік қызметтің беделіне нұқсан келтірмей, пікірсайысты сыпайы нысанда жүргізуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      12. Мемлекеттік қызметшілер мемлекеттік саясат және қызметі мәселелері жөніндегі өз пікірін, егер ол:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">      1) мемлекет саясатының негізгі бағыттарына </w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саясатының негізгі бағыттарына </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сәйкес келмесе;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...22 lines deleted...]
-        <w:t>      3) мемлекеттің лауазымды адамдарының, мемлекеттік басқару органдарының, басқа да мемлекеттік қызметшілердің атына әдепке жат сөздер айтудан тұрса, көпшілік алдында</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жариялауға</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рұқсат етілмеген қызметтік ақпаратты ашатын болса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымды адамдарының, мемлекеттік басқару органдарының, басқа да мемлекеттік қызметшілердің атына әдепке жат сөздер айтудан тұрса, көпшілік алдында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> білдіруіне болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      13. Мемлекеттік саясатты жүргізумен, мемлекеттік органның және мемлекеттік қызметшілердің қызметімен байланысты емес мәселелер бойынша мемлекеттік қызметшілердің мемлекеттік органның атынан жарияланымдарына жол берілмейді. Педаг</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">огикалық, ғылыми және өзге де шығармашылық қызмет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>бойынша материалдар жариялауды мемлекеттік қызметші жеке тұлға ретінде тек өз атынан жүзеге асыра алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="z27"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      14. Мемлекеттік қызметшіге сыбайлас жемқорлық көріністерін жасаған деп көпшілік алдында негізсі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>з айып тағылған жағдайда, ол осындай айыптау анықталған күннен бастап бір ай мерзімде оны теріске шығару жөнінде шаралар қолдануға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5952"/>
         <w:gridCol w:w="3825"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0093184A">
+      <w:tr w:rsidR="007B322B">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="22"/>
-          <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+          <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+          <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Президентінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -1723,978 +2554,1195 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 153 Жарлығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>БЕКІТІЛГЕН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="z29"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әдеп жөніндегі уәкіл т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>уралы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ЕРЕЖЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="z31"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      1. Әдеп жөніндегі уәкіл – қызметтік әдеп нормаларының сақталуын және мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл туралы заңнама мен Қазақстан Республикасы мемлекеттік қызметшілерінің әдеп кодексін (бұдан әрі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>– Әдеп кодексі) бұзушылықтардың профилактикасын қамтамасыз ету қызметін жүзеге асыратын, сондай-ақ өз функциялары шегінде мемлекеттік қызметшілер мен азаматтарға консультация беретін мемлекеттік қызметші.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="z32"/>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      2. Әдеп жөніндегі уәкіл өз қызметінде "Қазақс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тан Республикасының мемлекеттік қызметі туралы" 2015 жылғы 23 қарашадағы, "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" 2015 жылғы 18 қарашадағы Қазақстан Республикасының заңдарын, Әдеп кодексін, осы Ережені, сондай-ақ Қазақстан Республикасының өзге де заңн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>амалық актілерін басшылыққа алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="z24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Әдеп жөніндегі уәкілдің дербес лауазымы аумақтық бөлімшелері немесе ведомстволарының аумақтық бөлімшелері, шет елдегі мекемелері бар орталық мемлекеттік органдарда (құқық қорғау және арнаулы мемлекеттік органдарды, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сондай-ақ Қазақстан Республикасының Қорғаныс министрлігін қоспағанда), сондай-ақ облыстар, республикалық маңызы бар қалалар және Астана әкімдерінің аппараттарында енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="z25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Аумақтық бөлімшелері немесе ведомстволарының аумақтық бөлімшелері жоқ мемле</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кеттік органдарда (құқық қорғау және арнаулы мемлекеттік органдарды, сондай-ақ Қазақстан Республикасының Қорғаныс министрлігін қоспағанда), орталық мемлекеттік органдардың ведомстволарында және аумақтық бөлімшелерінде, орталық мемлекеттік органдар ведомств</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">оларының аумақтық бөлімшелерінде, шет елдегі мекемелерде, тексеру комиссияларында, облыстық маңызы бар қалалар, аудандар, қалалардағы аудандар әкімдерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>аппараттарында әдеп жөніндегі уәкілдің функциялары осы мемлекеттік органдардың қызметшілеріне жүктеле</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="z26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Әдеп жөніндегі уәкілдің функциялары басшылық қызмет атқаратын, сондай-ақ ұжымда қадірлі және құрметке ие болған мемлекеттік қызметшіге жүктеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Президентінің 01.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 487</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен (алғашқы ресм</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="z33"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3. Әдеп жөніндегі уәкілдің дербес лауазымын атқаратын адам осы мемлекеттік органдардың құрылымына кіретін ведомстволардың және аумақтық бөлімшелердің, шет елдегі мекемелердің, аудан деңгейіндегі ж</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Әдеп жөніндегі уәкілдің дербес лауазымын атқаратын адам осы мемлекеттік органдардың құрылымына кіретін ведомстволардың және аумақтық бөлімшелердің, шет елдегі мекемелердің, аудан деңгейіндегі ж</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ергілікті атқарушы органдардың әдеп жөніндегі уәкілдеріне әдіснамалық басшылық жасауды үйлестіреді және жүзеге асырады әрі орталық атқарушы органның жауапты хатшысына бағынады, ал жауапты хатшы немесе көрсетілген лауазымды адамдар болмаған жағдайда – мемле</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кеттік органның аппарат басшысына не қызметке тағайындауға және қызметтен босатуға құқығы бар адамға бағынады.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Президентінің 01.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 487</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгіз</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>іледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="z34"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Әдеп жөніндегі уәкілдің негізгі функциялары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="z35"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      4. Әдеп жөніндегі уәкіл өз құзыреті шегінде мынадай функцияларды жүзеге асырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      1) мемлекеттік қызметшілерге Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қ</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметшілерге Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>имыл саласындағы заңнамасының және Әдеп кодексінің талаптарын сақтау мәселелері бойынша консультациялық көмек көрсетеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...22 lines deleted...]
-        <w:t>      3) өзі жұмыс істейтін ме</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметшілердің заңдарда белгіленген шектеулер мен тыйымдарды сақтауына ықпал етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс істейтін ме</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>млекеттік орган басшылығының тапсырмасы бойынша мемлекеттік қызметшілердің қызметтік әдеп нормаларын бұзу фактілері бойынша жеке және заңды тұлғалардың өтініштерін қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      4) ұжымда жалпы қабылданған моральдық-әдептілік нормаларына сәйкес келетін өз</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұжымда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы қабылданған моральдық-әдептілік нормаларына сәйкес келетін өз</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ара қатынастар мәдениетін қалыптастыруға жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...12 lines deleted...]
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметшілердің құқықтары мен заңды мүдделері бұзылған жағдайларда, оларды қорғауға және қалпына келтіруге бағытталған шараларды қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      6) мемлекеттік қызметшілердің қызм</w:t>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметшілердің қызм</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>еттік әдеп нормаларын сақтауын мониторингтеуді және бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      7) мемлекеттік органдардың құрылымдық бөлімшелері басшыларының қызметтік әдеп нормаларын бұзу деректері бойынша тиісті шараларды қабылдамау жағдайлары туралы мемлекеттік ор</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органдардың құрылымдық бөлімшелері басшыларының қызметтік әдеп нормаларын бұзу деректері бойынша тиісті шараларды қабылдамау жағдайлары туралы мемлекеттік ор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ганның басшылығына хабарлайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      8) мемлекеттік қызметшілер Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасын және Әдеп кодексін бұзған жағдайларда, құқық бұзушылықтарды жасауға ықпал ететін себепт</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметшілер Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасын және Әдеп кодексін бұзған жағдайларда, құқық бұзушылықтарды жасауға ықпал ететін себепт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ер мен шарттарды талдайды және мемлекеттік органның басшылығына оларды жою туралы ұсынымдар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      9) Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасын және Әдеп кодексін бұзу профилактикасы ж</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әне оған жол бермеу, сондай-ақ мемлекеттік қызметтің оң бейнесін қалыптастыру мақсатында азаматтық қоғам институттарымен және мемлекеттік органдармен өзара іс-қимыл жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      10) Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> іс-қимыл саласындағы заңнамасын және Әдеп кодексін сақтау мәселелері бойынша мемлекеттік қызметшілермен түсіндіру жұмыстарын тұрақты негізде жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...9 lines deleted...]
-        <w:t>      11) заңнамада белгіленген тәртіппен тиісті лауазымды адамдарға қызметтік әдеп нормаларын бұзуға ж</w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамада</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен тиісті лауазымды адамдарға қызметтік әдеп нормаларын бұзуға ж</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ол берген мемлекеттік қызметшілердің жауапкершілігін қарау туралы ұсыныммен жүгінеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...12 lines deleted...]
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдеп нормаларын бұзудың профилактикасы мақсатында өзге де қызметті ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="z36"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      5. Әдеп жөніндегі уәкіл өзіне жүктелген міндеттерді орындау үш</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      1) Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасын және Әдеп кодексін бұзуға ықпал ететін себептер мен жағдайларды талдауға қажетті мәліметтер мен құжаттарды сұратады және алады;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">зі жұмыс істейтін мемлекеттік органның атынан Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасының, сондай-ақ Әдеп кодексінің нормаларын түсіндіру үшін тиісті уәкілетті органдарға заңнамада белгіленген </w:t>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс істейтін мемлекеттік органның атынан Қазақстан Республикасының мемлекеттік қызмет, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасының, сондай-ақ Әдеп кодексінің нормаларын түсіндіру үшін тиісті уәкілетті органдарға заңнамада белгіленген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тәртіппен жүгінеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
-[...12 lines deleted...]
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органның басшысына мемлекеттік органның оң имиджін және ұжымда жағымды ахуал қалыптастыруға елеулі үлес қосқан адамдарды көтермелеу туралы ұсыным енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4) қажет болған жағдайда өзінің құзыретіне қатысты мә</w:t>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болған жағдайда өзінің құзыретіне қатысты мә</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>селелерді қарау кезінде кадр қызметінен мемлекеттік қызмет өткеру мәселелеріне қатысты мемлекеттік қызметшілердің жеке істерін, өзге де материалдар мен құжаттарды сұратуға және алуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Ескерту. 5-тармаққа өзгеріс енгізілді - ҚР Президентінің 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="z37"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      6. Негізсіз бас тартылғанда, мемлекеттік органның басшысы тиісті шаралар қолданбағанда не ол әдеп жөніндегі уәкілге жүктелген функцияларды орындауға кедергі келтіретін әрекеттерді (әрекетсіздіктерді) жасағанда, әдеп </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жөніндегі уәкіл бұл туралы мемлекеттік қызметі істері уәкілетті органға (бұдан әрі – уәкілетті орган) не оның аумақтық бөлімшесіне хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Уәкілетті орган не оның аумақтық бөлімшесі мұндай хабарлама келіп түскен кезде Қазақстан Республикасының ме</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>млекеттік қызмет саласындағы заңнамасында белгіленген тиісті шараларды қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді - ҚР Президентінің 22.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жарлығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="z39"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Әдеп жөніндегі уәкілдің қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="z38"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      7. Мемлекеттік орган басшыл</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>арының бейтараптығы негізді күмән тудыратын, лауазымдық өкілеттіктерін тиісінше орындамауға әкеп соғатын мән-жайлар (мүдделер қақтығысы) болған кезде әдеп жөніндегі уәкіл өз қызметін дербес негізде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="z40"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      8. Әдеп жөніндегі уәкіл өз қызметіні</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ң нәтижесі бойынша уәкілетті органға есеп береді. Есеп беру нысанын және мерзімдерін уәкілетті орган бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="z41"/>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      9. Әдеп жөніндегі уәкіл өзінің функцияларына жататын мәселелер бойынша мемлекеттік қызметшілерді және басқа да азаматтарды олардың өтініші </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бойынша немесе баршаға көрінетіндей жерде орналастырылған кестеге сәйкес айына кемінде бір рет қабылдауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Қажет болған жағдайда, азаматпен немесе мемлекеттік қызметшімен әңгімелесу телефон арқылы не тиісті ақпарат беруді қамтамасыз ет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>етін басқа да коммуникациялар құралдарын пайдаланумен жүргізілуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Әдеп жөніндегі уәкіл туралы мәліметтер, оның ішінде тегі, аты-жөні, фотосуреті, кабинет және телефон нөмірлері заңнамада белгіленген тәртіппен мемлекеттік органның интернет-ресу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>рсында және мемлекеттік органның ғимаратында баршаға көрінетіндей жерде орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="z42"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      10. Қызметтік әдеп нормаларының сақталуын, сондай-ақ ұжымдағы моральдық-психологиялық ахуалдың жай-күйін мониторингтеу мақсатында әдеп </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>жөніндегі уәкіл кемінде жа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>рты жылда бір рет уәкілетті орган бекіткен нысан бойынша анонимді сауалнама жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5952"/>
         <w:gridCol w:w="3825"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0093184A">
+      <w:tr w:rsidR="007B322B">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="38"/>
-          <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+          <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+          <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Президентінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -2706,278 +3754,279 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 153 Жарлығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ҚОСЫМША</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="z44"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Президентінің күші</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>жойылған кейбір жарлықтарының</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ТІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ЗБЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="z45"/>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       1. "Қазақстан Республикасы мемлекеттік қызметшiлерiнiң ар-намыс кодексі туралы" Қазақстан Республикасы Президентінің 2005 жылғы 3 мамырдағы № 1567 Жарлығы (Қазақстан Республикасының ПҮАЖ-ы, 2005 ж., № 19, 225-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="z46"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       2. "Қазақстан Респу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бликасы Президентінің жарлықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Президентінің 2007 жылғы 27 қарашадағы № 446 Жарлығы (Қазақстан Республикасының ПҮАЖ-ы, 2007 ж., № 43, 499-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="z47"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       3. "Қазақстан Республикасы Президентінің 2005 жылғ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ы 3 мамырдағы № 1567 Жарлығына өзгеріс енгізу туралы" Қазақстан Республикасы Президентінің 2011 жылғы 1 сәуірдегі № 1180 Жарлығы (Қазақстан Республикасының ПҮАЖ-ы, 2011 ж., № 30, 365-құжат).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="z48"/>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       4. "Қазақстан Республикасы мемлекеттік қызметшілерінің ар-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>намыс кодексі туралы" Қазақстан Республикасы Президентінің 2005 жылғы 3 мамырдағы № 1567 Жарлығына өзгерістер енгізу туралы" Қазақстан Республикасы Президентінің 2013 жылғы 1 қазандағы № 651 Жарлығы (Қазақстан Республикасының ПҮАЖ-ы, 2013 ж., № 58, 786-құж</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ат).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0093184A" w:rsidRDefault="00C34D85">
+    <w:p w:rsidR="007B322B" w:rsidRDefault="00FF0949">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0093184A">
+    <w:sectPr w:rsidR="007B322B">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0093184A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C34D85"/>
+    <w:rsidRoot w:val="007B322B"/>
+    <w:rsid w:val="007B322B"/>
+    <w:rsid w:val="00FF0949"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{00162119-5EE0-4157-AA63-4580C0F5758F}"/>
+  <w15:docId w15:val="{F8C3609C-05AA-41D3-8E2F-0C8D203EE70F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>