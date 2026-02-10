--- v0 (2025-12-28)
+++ v1 (2026-02-10)
@@ -1,140 +1,646 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00FA008B" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00FA008B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-610"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Решение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>общего собрания  трудового коллектива</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA008B" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00FA008B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КГКП ясли-сада «Бақыт»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA008B" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00FA008B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Протокол «__»_____________2020г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA008B" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00FA008B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA008B" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00FA008B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA008B" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00FA008B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СОГЛАСОВАННО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДАЮ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA008B" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00FA008B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Председатель ПК КГКП «Ясли-сад «Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ақыт» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Директор КГКП «Ясли-сад «Ба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қыт» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA008B" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00FA008B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Касимова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С.К.                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Карашолакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б.Р.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA008B" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00FA008B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«______» _________________ 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «______» _________________ 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA008B" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00FA008B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00AA33E6" w:rsidRPr="00FA008B" w:rsidRDefault="00494098" w:rsidP="00AA33E6">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>КОДЕКС</w:t>
       </w:r>
       <w:r w:rsidR="00390CC4" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЭТИКИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD6C1F" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00BE2BA0">
+    <w:p w:rsidR="00FA008B" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00FA008B">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>коммунального государственного казенн</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE2BA0">
+        <w:t>коммунального государственного казенного предприятия «Ясли-сад «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ого предприятия «Ясли-сад «Балауса»</w:t>
+        <w:t>Бақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Караганды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD6C1F" w:rsidRPr="00FA008B" w:rsidRDefault="00FA008B" w:rsidP="00FA008B">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственного учреждения «Отдел образования города Караганды»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BD6C1F" w:rsidRPr="00FA008B" w:rsidRDefault="00BD6C1F" w:rsidP="00BD6C1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(Наименование организации)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00390CC4" w:rsidRPr="00FA008B" w:rsidRDefault="00390CC4" w:rsidP="00390CC4">
       <w:pPr>
@@ -217,69 +723,91 @@
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>кодекс</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> этики </w:t>
       </w:r>
       <w:r w:rsidR="00FA008B" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>коммунального государственного казенн</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>коммунального государственного казенного предприятия «Ясли-сад «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FA008B" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">» акимата города Караганды государственного учреждения «Отдел образования города Караганды» </w:t>
+        <w:t>Бақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FA008B" w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FA008B" w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FA008B" w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Караганды государственного учреждения «Отдел образования города Караганды» </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">(далее — </w:t>
       </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кодекс</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -481,51 +1009,69 @@
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidR="00390CC4" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В настоящ</w:t>
       </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>емКодексе</w:t>
+        <w:t>ем</w:t>
+      </w:r>
+      <w:r w:rsidR="00390CC4" w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кодексе</w:t>
       </w:r>
       <w:r w:rsidR="00390CC4" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> используются следующие понятия и термины:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00390CC4" w:rsidRPr="00FA008B" w:rsidRDefault="00E8617A" w:rsidP="00AF6589">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
@@ -795,50 +1341,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF6589" w:rsidRPr="00FA008B" w:rsidRDefault="00AF6589" w:rsidP="00285888">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Меритократия: справедливость и объективность в оценке вклада и достижений каждого. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0068071F" w:rsidRPr="00FA008B" w:rsidRDefault="00AF6589" w:rsidP="00285888">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -1426,50 +1973,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00A55365" w:rsidRPr="00FA008B" w:rsidRDefault="00A55365" w:rsidP="009D4F02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>оценивает и поощряет инициативные идеи и предложения работников, реализация кот</w:t>
       </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>орых имеет положительный эффект</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A55365" w:rsidRPr="00FA008B" w:rsidRDefault="00A55365" w:rsidP="009D4F02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1587,97 +2135,105 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009D4F02" w:rsidRPr="00FA008B" w:rsidRDefault="009D4F02" w:rsidP="009D4F02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2.3.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Взаимодействие </w:t>
       </w:r>
       <w:r w:rsidR="00BD6C1F" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Организации</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> с государственными органами осуществляется в соответствии с требованиями законодательства Республики Казахстан, Уставом, </w:t>
       </w:r>
       <w:r w:rsidR="0076262A" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>настоящим</w:t>
       </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодексом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD6C1F" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>и иными внутренними документами</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, на основе независимости сторон, с соблюдением принципа недопущения коррупционных и других противоправных действий, как со стороны государственных органов, так и со стороны должностных лиц и работников.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005847DD" w:rsidRPr="00FA008B" w:rsidRDefault="005847DD" w:rsidP="009D4F02">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
@@ -2172,60 +2728,81 @@
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, которая может </w:t>
       </w:r>
       <w:r w:rsidR="00C71B57" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">затрагивать их достоинства и честь, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">повлечь судебное разбирательство по защите </w:t>
       </w:r>
       <w:r w:rsidR="00E35CF0" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>чести, достоинства и репутации, в т.ч в средствах массовой информации, через социальные сети</w:t>
+        <w:t xml:space="preserve">чести, достоинства и репутации, в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E35CF0" w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т.ч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E35CF0" w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в средствах массовой информации, через социальные сети</w:t>
       </w:r>
       <w:r w:rsidR="00C71B57" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00305EFE" w:rsidRPr="00FA008B" w:rsidRDefault="00305EFE" w:rsidP="00305EFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -2463,51 +3040,50 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00305EFE" w:rsidRPr="00FA008B" w:rsidRDefault="00305EFE" w:rsidP="00305EFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>предоставление достоверной информации своевременно, без нарушения норм конфиденциальности и с учетом решений</w:t>
       </w:r>
       <w:r w:rsidR="00767D43" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> и актов</w:t>
       </w:r>
       <w:r w:rsidR="00CA39ED" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2577,50 +3153,59 @@
         </w:rPr>
         <w:t xml:space="preserve"> свободно выражают озабоченность несоблюдением требований этики и правил поведения. Личным примером поощрять соблюдения требований этики и правил поведения.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A7E25" w:rsidRPr="00FA008B" w:rsidRDefault="004A7E25" w:rsidP="004A7E25">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>соблюдать трудовую дисциплину;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A7E25" w:rsidRPr="00FA008B" w:rsidRDefault="004A7E25" w:rsidP="004A7E25">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2962,50 +3547,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> строго в соответствии с действующим законодательствам Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A7E25" w:rsidRPr="00FA008B" w:rsidRDefault="004A7E25" w:rsidP="004A7E25">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> проводить отчетные встречи совместно с </w:t>
       </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">попечительским советом, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>перед коллективами родителей обучающихся,  общественности, в том числе по расходованию бюджетных и внебюджетных средств, а также финансово</w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-хозяйственной деятельности Организации</w:t>
@@ -3018,51 +3604,69 @@
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A7E25" w:rsidRPr="00FA008B" w:rsidRDefault="004A7E25" w:rsidP="004A7E25">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>обеспечить публикацию на официальных интернет-ресурсах</w:t>
+        <w:t xml:space="preserve">обеспечить публикацию на официальных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Организации</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тарифи</w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>кации и штатного расписания</w:t>
       </w:r>
@@ -3106,51 +3710,50 @@
         </w:rPr>
         <w:t xml:space="preserve">принимать меры по неразглашению служебной тайны, а также утечки служебной информации;  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A7E25" w:rsidRPr="00FA008B" w:rsidRDefault="004A7E25" w:rsidP="004A7E25">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">согласовывать в письменном виде с работодателем командировки, обращения в вышестоящие органы,  а также публикации в средствах массовой информации.   </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00910C78" w:rsidRPr="00FA008B" w:rsidRDefault="00910C78" w:rsidP="00767D43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
@@ -3233,135 +3836,162 @@
         <w:t>Корпоративная культура</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007F129F" w:rsidRPr="00FA008B" w:rsidRDefault="00201FA0" w:rsidP="00201FA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.1.1.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:r w:rsidR="007F129F" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">аботники </w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Организации</w:t>
       </w:r>
       <w:r w:rsidR="007F129F" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> должны вносить вклад в развитие корпоративной культуры в </w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Организации, с учетом требований</w:t>
       </w:r>
+      <w:r w:rsidR="007F129F" w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кодекса</w:t>
       </w:r>
       <w:r w:rsidR="007F129F" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> этики, делясь с другими коллегами своими знаниями в области принципов этики, принятых правил делового поведения, соблюдая требования этики и предупреждая нарушения.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007F129F" w:rsidRPr="00FA008B" w:rsidRDefault="00201FA0" w:rsidP="00201FA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.1.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Р</w:t>
       </w:r>
       <w:r w:rsidR="007F129F" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">аботники </w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -3430,51 +4060,69 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>собственный пример</w:t>
       </w:r>
       <w:r w:rsidR="00895225" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>,то есть и</w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00895225" w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>то есть и</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>спользование своего поведения как образец для работников;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007F129F" w:rsidRPr="00FA008B" w:rsidRDefault="007F129F" w:rsidP="00201FA0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -3489,50 +4137,59 @@
         <w:t>обеспечивать всеобщее понимание того, что соблюдение требований является обязательным фактором эффективности на рабочем месте.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E0168A" w:rsidRPr="00FA008B" w:rsidRDefault="00E0168A" w:rsidP="00E0168A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.1.3.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">аботники </w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -3548,50 +4205,59 @@
         <w:t xml:space="preserve"> должны придерживаться делового стиля в одежде в период исполнения своих служебных обязанностей.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E0168A" w:rsidRPr="00FA008B" w:rsidRDefault="00E0168A" w:rsidP="00E0168A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.1.4.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">аботники </w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -3665,50 +4331,59 @@
         </w:rPr>
         <w:t xml:space="preserve"> в корпоративных развлекательных либо спортивных мероприятиях. Также могут сами вносить предложения по проведению мероприятий, целью которых будет повышение корпоративного духа среди работников.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E0168A" w:rsidRPr="00FA008B" w:rsidRDefault="00E0168A" w:rsidP="00E0168A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.1.6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">аботники </w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -3792,85 +4467,104 @@
         <w:t>4.2. Связь с общественностью</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00714230" w:rsidRPr="00FA008B" w:rsidRDefault="00714230" w:rsidP="00714230">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.2.1.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Организация</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> следит за соблюдением высоких этических стандартов в отношениях с общественностью и средствами массовой информации. </w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Организация</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> не допускает распространения недостоверной информации, сокрытия и/или искажения фактов в публичных выступлениях руководящих работников, своих информационно-рекламных материалах или других мероприятиях по связям с общественностью.</w:t>
+        <w:t xml:space="preserve"> не допускает распространения недостоверной информации, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>сокрытия и/или искажения фактов в публичных выступлениях руководящих работников, своих информационно-рекламных материалах или других мероприятиях по связям с общественностью.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00714230" w:rsidRPr="00FA008B" w:rsidRDefault="00714230" w:rsidP="00714230">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.2.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
@@ -3998,61 +4692,51 @@
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> При выступлении от имени </w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Организации</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> работники обязаны соблюдать общепринятые нормы профессионального поведения и этики, </w:t>
-[...9 lines deleted...]
-        <w:t>распространять только достоверную информацию, а также не допускать р</w:t>
+        <w:t xml:space="preserve"> работники обязаны соблюдать общепринятые нормы профессионального поведения и этики, распространять только достоверную информацию, а также не допускать р</w:t>
       </w:r>
       <w:r w:rsidR="00F0662E" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>аспространения</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> информации</w:t>
       </w:r>
       <w:r w:rsidR="00F0662E" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -4220,50 +4904,59 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>раскрывает служебную информацию</w:t>
       </w:r>
       <w:r w:rsidR="00895225" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> университета</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:r w:rsidR="00895225" w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00714230" w:rsidRPr="00FA008B" w:rsidRDefault="00714230" w:rsidP="00714230">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>содержит неэтичные высказывания в адрес должностных лиц Университета.</w:t>
@@ -4366,50 +5059,59 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="0099157A" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.1.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">аботники </w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -4463,59 +5165,77 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="0099157A" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.2.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="006A0EDB" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Работники</w:t>
       </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Организации</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> для достижения стратегических целей принимают деловые решения с учетом основополагающих ценностей и принципов этики, и несут полную ответственность за реализацию задач, поставленных перед ними.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00910C78" w:rsidRPr="00FA008B" w:rsidRDefault="00910C78" w:rsidP="00910C78">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4560,50 +5280,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Соответствующие работники </w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Организации</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> согласно компетенции обязаны реагировать на проблемы, связанные с нарушением требований этики, посредством</w:t>
+      </w:r>
+      <w:r w:rsidR="00D037DD" w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D037DD" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(Уполномоченные по этики и противодействию коррупции)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00910C78" w:rsidRPr="00FA008B" w:rsidRDefault="00910C78" w:rsidP="00910C78">
       <w:pPr>
         <w:numPr>
@@ -4733,50 +5462,59 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="0099157A" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.4.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Организация </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>поощряет р</w:t>
       </w:r>
       <w:r w:rsidR="00B770E1" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -4855,51 +5593,61 @@
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> и/или возникшим в ходе работы этическим вопросам, а также по фактам нарушений требований </w:t>
       </w:r>
       <w:r w:rsidR="00B770E1" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кодекса</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">, коррупционных и других противоправных действий должностные лица и работники </w:t>
+        <w:t xml:space="preserve">, коррупционных и других противоправных действий должностные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">лица и работники </w:t>
       </w:r>
       <w:r w:rsidR="00827697" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Организации</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, а также заинтересованные лица вправе обращаться:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00910C78" w:rsidRPr="00FA008B" w:rsidRDefault="00910C78" w:rsidP="00910C78">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
@@ -5765,50 +6513,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD23EE" w:rsidRPr="00FA008B" w:rsidRDefault="00AD23EE" w:rsidP="00AD23EE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">обеспечить анонимность работника, должностного лица, обратившегося по факту нарушения положений </w:t>
       </w:r>
       <w:r w:rsidR="00B770E1" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кодекса</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (в случае пожелания остаться анонимным).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A0EE3" w:rsidRPr="00FA008B" w:rsidRDefault="000A0EE3" w:rsidP="000A0EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
@@ -5859,50 +6608,59 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000A0EE3" w:rsidRPr="00FA008B" w:rsidRDefault="000A0EE3" w:rsidP="000A0EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>6.1.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00FA008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00D037DD" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Руководство Организации</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> в целях актуализации и совершенствования пересматривает и совершенствует требования настоящ</w:t>
       </w:r>
       <w:r w:rsidR="00B770E1" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -5916,51 +6674,50 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, анализирует, в какой мере они реализуются на практике, а также, при необходимости, вносит в него изменения и/или дополнения с учетом предложений и рекомендаций заинтересованных лиц.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A0EE3" w:rsidRPr="00FA008B" w:rsidRDefault="000A0EE3" w:rsidP="000A0EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>6.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Рекомендации, принятие которых необходимо в целях практического применения реализации </w:t>
       </w:r>
       <w:r w:rsidR="00B770E1" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кодекса</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -6092,221 +6849,221 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> решениями и актами</w:t>
       </w:r>
       <w:r w:rsidR="00C00A9D" w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA008B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> определяемыми работодателем.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00767D43" w:rsidRPr="00FA008B" w:rsidSect="00FA008B">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="567" w:right="852" w:bottom="1440" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="00BB6BCC" w:rsidRDefault="00BB6BCC" w:rsidP="00767D43">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="002C38C9" w:rsidRDefault="002C38C9" w:rsidP="00767D43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00BB6BCC" w:rsidRDefault="00BB6BCC" w:rsidP="00767D43">
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="002C38C9" w:rsidRDefault="002C38C9" w:rsidP="00767D43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Arial"/>
-    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="00BB6BCC" w:rsidRDefault="00BB6BCC" w:rsidP="00767D43">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="002C38C9" w:rsidRDefault="002C38C9" w:rsidP="00767D43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00BB6BCC" w:rsidRDefault="00BB6BCC" w:rsidP="00767D43">
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="002C38C9" w:rsidRDefault="002C38C9" w:rsidP="00767D43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-899590778"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00767D43" w:rsidRDefault="00DE006A">
+      <w:p w:rsidR="00767D43" w:rsidRDefault="00767D43">
         <w:pPr>
           <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00767D43">
+        <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BE2BA0">
+        <w:r w:rsidR="00FA008B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00767D43" w:rsidRDefault="00767D43">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7266102A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="2.%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i/>
         <w:iCs/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:u w:val="none"/>
       </w:rPr>
@@ -7001,63 +7758,69 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
+    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00390CC4"/>
     <w:rsid w:val="00045F00"/>
     <w:rsid w:val="0004663F"/>
     <w:rsid w:val="00060CB9"/>
     <w:rsid w:val="00070027"/>
     <w:rsid w:val="000A0EE3"/>
     <w:rsid w:val="000B24F3"/>
     <w:rsid w:val="000D45FE"/>
     <w:rsid w:val="00201FA0"/>
     <w:rsid w:val="00260282"/>
     <w:rsid w:val="0026346D"/>
     <w:rsid w:val="002814C2"/>
     <w:rsid w:val="00285888"/>
     <w:rsid w:val="002A5E2D"/>
     <w:rsid w:val="002C38C9"/>
     <w:rsid w:val="002F5871"/>
     <w:rsid w:val="00305EFE"/>
     <w:rsid w:val="003436C1"/>
     <w:rsid w:val="003516FE"/>
     <w:rsid w:val="003866DC"/>
     <w:rsid w:val="00390CC4"/>
     <w:rsid w:val="004048A8"/>
     <w:rsid w:val="00435D08"/>
     <w:rsid w:val="004511A9"/>
@@ -7092,105 +7855,102 @@
     <w:rsid w:val="008133EC"/>
     <w:rsid w:val="00825D9D"/>
     <w:rsid w:val="00827697"/>
     <w:rsid w:val="00832181"/>
     <w:rsid w:val="008519C5"/>
     <w:rsid w:val="00895225"/>
     <w:rsid w:val="008F3356"/>
     <w:rsid w:val="00910C78"/>
     <w:rsid w:val="009176E1"/>
     <w:rsid w:val="0099157A"/>
     <w:rsid w:val="009D4F02"/>
     <w:rsid w:val="009E3442"/>
     <w:rsid w:val="00A400E7"/>
     <w:rsid w:val="00A55365"/>
     <w:rsid w:val="00A80434"/>
     <w:rsid w:val="00AA33E6"/>
     <w:rsid w:val="00AB3308"/>
     <w:rsid w:val="00AD23EE"/>
     <w:rsid w:val="00AF575C"/>
     <w:rsid w:val="00AF6589"/>
     <w:rsid w:val="00B001FC"/>
     <w:rsid w:val="00B770E1"/>
     <w:rsid w:val="00B90F33"/>
     <w:rsid w:val="00B97110"/>
     <w:rsid w:val="00BB3290"/>
-    <w:rsid w:val="00BB6BCC"/>
     <w:rsid w:val="00BC1E03"/>
     <w:rsid w:val="00BD6C1F"/>
     <w:rsid w:val="00BE2030"/>
-    <w:rsid w:val="00BE2BA0"/>
     <w:rsid w:val="00BE52E8"/>
     <w:rsid w:val="00C00A9D"/>
     <w:rsid w:val="00C06903"/>
     <w:rsid w:val="00C71B57"/>
     <w:rsid w:val="00CA39ED"/>
     <w:rsid w:val="00CE441C"/>
     <w:rsid w:val="00D037DD"/>
     <w:rsid w:val="00D04CE0"/>
     <w:rsid w:val="00D83AEC"/>
     <w:rsid w:val="00DC353A"/>
-    <w:rsid w:val="00DE006A"/>
     <w:rsid w:val="00E0168A"/>
     <w:rsid w:val="00E35CF0"/>
     <w:rsid w:val="00E8617A"/>
     <w:rsid w:val="00F0662E"/>
     <w:rsid w:val="00F11DEA"/>
     <w:rsid w:val="00F73000"/>
     <w:rsid w:val="00FA008B"/>
     <w:rsid w:val="00FB5995"/>
     <w:rsid w:val="00FC3195"/>
     <w:rsid w:val="00FF51DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -7317,51 +8077,50 @@
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00767D43"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AF6589"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
@@ -7699,59 +8458,59 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BE2030"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7999,77 +8758,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>13547</Characters>
+  <Pages>8</Pages>
+  <Words>2508</Words>
+  <Characters>14301</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>112</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>119</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15892</CharactersWithSpaces>
+  <CharactersWithSpaces>16776</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Алдияров Асылбек Утегулович</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>