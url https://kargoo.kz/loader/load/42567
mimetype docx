--- v0 (2025-10-18)
+++ v1 (2025-11-23)
@@ -1,6819 +1,4929 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:tbl>
-[...72 lines deleted...]
-          <w:tab w:val="left" w:pos="0"/>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рекомендации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по организации деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">межведомственных экспертных групп </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Межведомственная экспертная группа по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством питания (далее – Экспертная группа) осуществляет систематический анализ эффективности деятельности комиссий по мониторингу качества питания  (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бракеражных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссий) и принимает меры по эффективной организации питания детей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи Экспертной группы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мониторинг деятельности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бракеражных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организацией питания детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>содействие в решении актуальных вопросов в сфере организации питания детей региона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участие в конкурсной комиссии по выбору поставщика услуг, товаров в качестве наблюдателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разработка предложений по реализации государственной политики  в области сохранения здоровья обучающихся и воспитанников в организациях образования региона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мониторинг деятельности организаций образования по вопросам пропаганды здорового питания детей и формирования культуры питания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ведение учета поставщиков услуг с грубыми нарушениями нормативных правовых актов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в сфере санитарно-эпидемиологического благополучия населения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Экспертная группа выполняет отнесенные к ее компетенции функции согласно принципам добросовестности, компетентности, разумности, честности и прозрачности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Экспертная группа формируется по согласованию из представителей аппарата </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акима</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, управлений образования, здравоохранения, по делам общественного развития,  депутатов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маслихата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, общественных советов, политических партий, родительской общественности, а также </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00FE7E21" w:rsidRPr="00096105" w:rsidRDefault="00FE7E21" w:rsidP="00FE7E21">
+        <w:t xml:space="preserve">неправительственных организаций </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в сфере детства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="00FE7E21" w:rsidRPr="00096105" w:rsidRDefault="00FE7E21" w:rsidP="00FE7E21">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Состав группы может меняться при необходимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Экспертную группу возглавляет руководитель управления образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель или заместитель председателя Экспертной группы осуществляет общее руководство, координирует ее деятельность и отвечает за выполнение возложенных на Экспертную группу задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Секретарь Экспертной группы обеспечивает оповещение членов Экспертной группы и приглашенных о дате заседания, повестке дня и других вопросах, осуществляет рассылку проектов решений и иных документов членам Экспертной группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Количество членов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Экспертной группы должно быть не менее                     7 человек, в том числе не менее 3-х человек из числа родительской общественности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рекомендуется ежегодное обновление состава комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вид Экспертной группы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- районная;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- городская;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- областная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Экспертная группа осуществляет свою деятельность в соответствии </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="007F10D7" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F10D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- планом, принимаемым на заседании Экспертной группы, утвержденным ее председателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="007F10D7" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F10D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- планом-графиком мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="007F10D7" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F10D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заседания и мониторинг организаций проводятся Экспертной группой по мере необходимости, но не реже одного раза в квартал и считаются правомочными, если на них присутствует 1/3 её членов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F10D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Экспертная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> группа составляет план-график мониторинга по организации качества питания, исходя из следующего плана посещений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- городская/районная Экспертная группа посещает в течение учебного года 100% организаций образования (25% в квартал);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- областная Экспертная группа посещает в течение учебного года                        не менее 28% организаций образования региона (7% в квартал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00096105">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Решение Экспертной группы принимается большинством голосов из числа присутствующих членов и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оформля</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">межведомственной экспертной группы по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством питания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае равенства голосов принятым считается решение, за которое проголосовал председательствующий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При посещении организаций образования Экспертная группа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>озн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353BA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>камливает</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителя организации образования, поставщика услуги (при наличии) с приказом управления образования о проведении мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О результатах работы Экспертной группы информируется образовательное учреждение, родительский комитет, поставщик услуги (при наличии). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Экспертная группа выполняет следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- мониторинг ассортимента продукции для организации питания детей в организациях образования региона. Для этого согласно акту имеет право сверять достоверность сведений соответствующей документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- принятие рекомендаций по качественному улучшению рациона питания, обеспечению обучающихся и воспитанников безопасным и сбалансированным питанием, соответствующим требованиям нормативных документов, участие в разработке предложений и рекомендаций по вопросам организации питания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- мониторинг наличия соответствующих документов, удостоверяющих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>качество продуктов питания, используемых в процессе приготовления пищи для обучающихся и воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- визуальный осмотр пищеблока, складских помещений, технологического оборудования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и т.д. с доступом одного представителя, при наличии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>справки о прохождении флюрообследования с заключением терапевта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, с использованием средств фото-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>видеофиксации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- при необходимости Экспертная группа осуществляет просмотр видеозаписи (при наличии) за предыдущие дни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- изучение мнения детей, родителей (законных представителей) по организации и качеству питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Экспертная группа имеет право: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- заслушивать членов комиссии по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством питания детей об их деятельности по вопросам организации питания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- в случае выявления нарушений обратиться с соответствующим заявлением в </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00581370">
+        </w:rPr>
+        <w:t>территориальные подразделения ведомства государственного органа в сфере санитарно-эпидемиологического благополучия населения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- заслушивать администрацию организации образования по выполнению ими обязанностей по обеспечению качественного питания детей и соблюдению нормативных правовых актов </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...141 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        </w:rPr>
+        <w:t>в сфере санитарно-эпидемиологического благополучия населения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, ведению соответствующей документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="709"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- знакомиться с жалобами родителей (законных представителей), содержащими оценку работы об организации и качеству питания, давать по ним объяснения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...38 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- участвовать в конкурсной комиссии при выборе поставщика услуги, товаров  в качестве наблюдателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="709"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Члены Экспертной группы несут персональную ответственность за невыполнение или ненадлежащее исполнение возложенных на них обязанностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены Экспертной группы, занимающиеся мониторингом организации и качества питания, несут ответственность за достоверность излагаемых фактов, представляемых в актах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. Необходимая документация, регламентирующая деятельность Экспертной группы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- копия приказа о создании Экспертной группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- план работы Экспертной группы на год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...56 lines deleted...]
-        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- протоколы заседаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00FE7E21" w:rsidRPr="00096105" w:rsidRDefault="00FE7E21" w:rsidP="00FE7E21">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- план-график;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00096105">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- акты мониторинга (ежемесячный контроль);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- анализ деятельности по итогам года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00096105">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...72 lines deleted...]
-          <w:tab w:val="left" w:pos="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...96 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>топтың мүше</w:t>
-[...322 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00096105">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...94 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Ұйымдардың отырыстары мен мониторингін </w:t>
-[...57 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Сараптамалық топ келесі бару жоспарына сүйене отырып, тамақтану сапасын ұйымдастыру бойынша мониторингтің жоспар-кестесін жасайды:</w:t>
-[...143 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Дауыстар тең болған жағдайда төрағалық етуші дауыс берген шешім қабылданды деп есептеледі.</w:t>
-[...21 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Білім беру ұйымдарына барған кезде Сараптамалық топ білім беру ұйымының басшысын, қызметті жеткізушіні (бар болса) білім басқармасының мониторинг жүргізу туралы бұйрығымен таныстырады.</w:t>
-[...33 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:r>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>АКТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...683 lines deleted...]
-      <w:r w:rsidRPr="00096105">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">межведомственной экспертной группы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дата посещения: ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00096105">
+        <w:t>Экспертной группы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Ф.И.О. с указанием должности) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в составе:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наименование организации образования: ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Председатель комиссии по мониторингу качества питания - руководитель организации образования: ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Состав членов комиссии по мониторингу качества питания (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бракеражная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссия) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. с указанием должности)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: _________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Поставщик услуги (при наличии) ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№, дата </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00333307">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="28"/>
-[...49 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санитарно-эпидемиологическое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00333307">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="28"/>
-[...363 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заключения на деятельность столовой (пищеблока)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00333307">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...330 lines deleted...]
-      <w:r w:rsidRPr="00096105">
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контингент организации образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333307">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...290 lines deleted...]
-    <w:p w:rsidR="002109A3" w:rsidRPr="00E0741D" w:rsidRDefault="00B95903" w:rsidP="00B95903">
+        </w:rPr>
+        <w:t>(чел.):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Количество сотрудников пищеблока, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(чел.):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333307">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="000859FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-      <w:r w:rsidR="008F01A3" w:rsidRPr="00E0741D">
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00333307">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...55 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(соответствие требованиям Правил организации питания (пункт 22 приказа №598 от 31.10.2018г., применительно к договорам, заключенным с июля 2020 года)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9763" w:type="dxa"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="9626" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="526"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1016"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="979"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E3066E" w:rsidRPr="00096105" w:rsidTr="00E0741D">
-[...16 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00333307">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E0741D">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00333307">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>№</w:t>
+              </w:rPr>
+              <w:t>Показатель</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...19 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+          <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E0741D">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00333307">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E0741D">
+              </w:rPr>
+              <w:t>Соответствует (имеется)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="001F2343" w:rsidRPr="00E0741D">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00333307">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> (бар)</w:t>
+              </w:rPr>
+              <w:t>Не соответствует (не имеется)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00E3066E" w:rsidRPr="00E0741D" w:rsidRDefault="00E3066E" w:rsidP="007F5D5B">
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E0741D">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00333307">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Сәйкес келмейді</w:t>
+              </w:rPr>
+              <w:t>Примечание</w:t>
             </w:r>
-            <w:r w:rsidR="001F2343" w:rsidRPr="00E0741D">
-[...44 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3066E" w:rsidRPr="00096105" w:rsidTr="00E0741D">
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
         <w:trPr>
-          <w:trHeight w:val="113"/>
+          <w:trHeight w:val="782"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="526" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00333307">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Бракераждық комиссия құру туралы бұйрықтың болуы</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00333307">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие приказа о создании </w:t>
             </w:r>
-          </w:p>
-[...80 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00333307">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бракеражной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00333307">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3066E" w:rsidRPr="001120B2" w:rsidTr="00E0741D">
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Бракераждық комиссияның оқу жылына арналған жұмыс жоспарының болуы</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие плана работы </w:t>
             </w:r>
-          </w:p>
-[...80 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бракеражной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> комиссии на учебный год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3066E" w:rsidRPr="001120B2" w:rsidTr="00E0741D">
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Тиісті құжаттаманың (актілер, өтініштер, хат алмасу және т. б.) болуы</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие соответствующей документации (акты, обращения, переписка и др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...76 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3066E" w:rsidRPr="001120B2" w:rsidTr="00E0741D">
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>Балалардың тамақтануын ұйымдастыру (асханаға ұйымдасқан түрде баруды қамтамасыз ету)</w:t>
+              </w:rPr>
+              <w:t>Организация приема пищи детей (обеспечение организованного посещения столовой)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...76 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3066E" w:rsidRPr="001120B2" w:rsidTr="00E0741D">
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00096105">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Балалардың тамақтануы үшін жағдай жасау (раковиналардың, кептіргіштердің болуы және жағдайы, сабынның болуы және т. б.)</w:t>
+              </w:rPr>
+              <w:t>Создание условий для приема пищи детьми (наличие и состояние раковин, сушилок, наличие мыла и др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...76 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3066E" w:rsidRPr="001120B2" w:rsidTr="00E0741D">
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Тамақтану залының жалпы санитарлық жағдайы және эстетикалық безендірілуі</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общее санитарное состояние и эстетическое оформление обеденного зала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...76 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3066E" w:rsidRPr="001120B2" w:rsidTr="00E0741D">
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Білім алушылардың ауыз су режимін сақтау</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Соблюдение питьевого режима </w:t>
             </w:r>
-          </w:p>
-[...80 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3066E" w:rsidRPr="001120B2" w:rsidTr="00E0741D">
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Дайын тағамның шығуы көрсетілген мәзірдің болуы (перспективалық, білім беру органы бекіткен, күнделікті)</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие меню с указанием выхода готового блюда (перспективное, утвержденное органом образования, ежедневное)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...76 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3066E" w:rsidRPr="001120B2" w:rsidTr="00E0741D">
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Балалардың жекелеген санаттары үшін </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соответствие перспективного меню для отдельных категорий детей одноразовым нормам питания, утвержденным ПП РК от 12 марта 2012 года №320 (15 приложение)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00096105">
-[...108 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3066E" w:rsidRPr="001120B2" w:rsidTr="00E0741D">
-[...33 lines deleted...]
-              <w:lastRenderedPageBreak/>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>Күнделікті мәзірдің перспективалы мәзірге сәйкестігі (барған күні)</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Соответствие ежедневного меню </w:t>
             </w:r>
-          </w:p>
-[...80 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>перспективному (в день посещения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E3066E" w:rsidRPr="001120B2" w:rsidTr="00E0741D">
-[...32 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:tab w:val="left" w:pos="0"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Соответствие фактического рациона питания (в день посещения) ежедневному, перспективному меню </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опрос, анкетирование детей, родителей по качеству питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие сведений об используемом перечне продуктов питания с приложением документов, удостоверяющих их качество и безопасность (копии сертификатов) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проведение мероприятий по вопросам пропаганды здорового питания детей и формирования культуры питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidTr="008D1F83">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Систематическое размещение на сайте организации образования, в системе «К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>ү</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ндел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Нақты тамақтану рационының (барған күні) күнделікті, перспективалық мәзірге сәйкестігі</w:t>
+              <w:t>ік</w:t>
             </w:r>
-          </w:p>
-[...25 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» информации о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t>б организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-                <w:b/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>питани</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...63 lines deleted...]
-              <w:t>12</w:t>
+              <w:t>я</w:t>
             </w:r>
-          </w:p>
-[...37 lines deleted...]
-              <w:t>Балалардың, ата-аналардың тамақтану сапасы бойынша с</w:t>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> детей (меню с фото блюд, планы, акты </w:t>
             </w:r>
-            <w:r w:rsidR="00A86A10">
-[...6 lines deleted...]
-              <w:t>ұрауы</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бракеражной</w:t>
             </w:r>
-            <w:r w:rsidRPr="00096105">
-[...6 lines deleted...]
-              <w:t>, сауалнамасы</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C4575">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> комиссии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
-[...619 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BD523F" w:rsidRPr="00096105" w:rsidRDefault="00BD523F" w:rsidP="007F5D5B">
+    <w:p w:rsidR="000859FF" w:rsidRDefault="000859FF" w:rsidP="000859FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В результате проверки установлено:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены комиссии: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="005C4575" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Руководитель организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...341 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> ознакомлен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C4575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000859FF" w:rsidRPr="00333307" w:rsidRDefault="000859FF" w:rsidP="000859FF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D36A5" w:rsidRDefault="008D36A5">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00333307" w:rsidRPr="00D41946" w:rsidSect="00E203A7">
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId10"/>
+    <w:sectPr w:rsidR="008D36A5" w:rsidSect="00E203A7">
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:headerReference w:type="first" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="992" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...17 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...26 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...17 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="910823852"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00B505A9" w:rsidRDefault="00B505A9">
+      <w:p w:rsidR="00B505A9" w:rsidRDefault="000859FF">
         <w:pPr>
-          <w:pStyle w:val="a9"/>
+          <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="001120B2">
+        <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00B505A9" w:rsidRDefault="00B505A9">
+  <w:p w:rsidR="00B505A9" w:rsidRDefault="000859FF">
     <w:pPr>
-      <w:pStyle w:val="a9"/>
+      <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00C02D91" w:rsidRDefault="00C02D91">
+  <w:p w:rsidR="00C02D91" w:rsidRDefault="000859FF">
     <w:pPr>
-      <w:pStyle w:val="a9"/>
+      <w:pStyle w:val="a4"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="660FB275" wp14:editId="033E30E9">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="252D8E68" wp14:editId="5FBCF5CF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6278880</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>618998</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="8019098"/>
               <wp:effectExtent l="0" t="0" r="0" b="1270"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Поле 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="381000" cy="8019098"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -6825,51 +4935,51 @@
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00C02D91" w:rsidRPr="00C02D91" w:rsidRDefault="00C02D91">
+                        <w:p w:rsidR="00C02D91" w:rsidRPr="00C02D91" w:rsidRDefault="000859FF">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t>04.09.2020</w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> Э</w:t>
                           </w:r>
                           <w:proofErr w:type="gramEnd"/>
@@ -6899,54 +5009,53 @@
                             </w:rPr>
                             <w:t xml:space="preserve">)  Копия электронного документа. Положительный результат проверки ЭЦП. </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Поле 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:48.75pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqDklO+AIAAFUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVcFu2zAMvQ/YPwi6p7ZTN4mNOkXaIsOA&#10;oC3WDj0rstQIlSVPUhJnw75lX7HTgH1DPmmU7KRpt8M67CJL5CNFPlL06VlTSbRixgqtCpwcxRgx&#10;RXUp1EOBP95NeyOMrCOqJFIrVuANs/hs/PbN6brOWV8vtCyZQeBE2XxdF3jhXJ1HkaULVhF7pGum&#10;QMm1qYiDo3mISkPW4L2SUT+OB9Fam7I2mjJrQXrZKvE4+OecUXfNuWUOyQJDbC6sJqxzv0bjU5I/&#10;GFIvBO3CIP8QRUWEgkv3ri6JI2hpxG+uKkGNtpq7I6qrSHMuKAs5QDZJ/CKb2wWpWcgFyLH1nib7&#10;/9zSq9WNQaKE2mGkSAUl2n7b/tz+2H5HiWdnXdscQLc1wFxzrhuP7OQWhD7phpvKfyEdBHrgebPn&#10;ljUOURAej5I4Bg0F1ShOsjgbeTfRk3VtrHvHdIX8psAGahcoJauZdS10B/GXKT0VUoKc5FKhdYEH&#10;xydxMNhrwLlUHsBCJ7Ru4NQ42AY5BBeq9CVL+ml83s9608Fo2Eun6UkvG8ajHkR6ng3iNEsvp1+9&#10;9yTNF6IsmZoJxXYdk6R/V5Gud9tah555FrjVUpQ+Kx+bz/VCGrQi0LpzSehjx9cBKnoeTqATstt9&#10;Q5aRr2BbqbBzG8m8f6k+MA6VDwXzgvDm2P5KQilTLtQ68Ahoj+IQ3msMO7w3bavwGuO9RbhZK7c3&#10;roTSJlT7Rdjl4y5k3uKBjIO8/dY186br4LkuN9DYRkPDQXPamk4F8D4j1t0QA5MAhDDd3DUsXGro&#10;Mt3tMFpo8/lPco8vsF/7QzBfw3ApsP20JIZhJN8reL1ZkqagcuGQngz7cDCHmvmhRi2rCw1NAC8U&#10;Agxbj3dyt+VGV/cwByf+YlARRSG4Arvd9sK1Iw/mKGWTSQDB/KmJm6nbmnrXnmHfcnfNPTF19wYd&#10;NNOV3o0hkr94ii3WWyo9WTrNRXinnuOW2I57mF2hJbs564fj4Tmgnv4G418AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAbTK374AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWDIY&#10;oytNJ4QGHCYOG9O0Y9aYtlrjVE22ln+Pe4Lbs9/T8+dsObhGXLALtScN04kCgVR4W1OpYff1dpeA&#10;CNGQNY0n1PCDAZb59VVmUut72uBlG0vBJRRSo6GKsU2lDEWFzoSJb5HY+/adM5HHrpS2Mz2Xu0be&#10;KzWXztTEFyrT4muFxWl7dho203X4tIe4o9Cvhnd7WO3p46T17c3w8gwi4hD/wjDiMzrkzHT0Z7JB&#10;NBoWScLokcXTI4gxoGbj5sjqYa5mIPNM/n8i/wUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAqDklO+AIAAFUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAbTK374AAAAAwBAAAPAAAAAAAAAAAAAAAAAFIFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
-              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="00C02D91" w:rsidRPr="00C02D91" w:rsidRDefault="00C02D91">
+                  <w:p w:rsidR="00C02D91" w:rsidRPr="00C02D91" w:rsidRDefault="000859FF">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t>04.09.2020</w:t>
                     </w:r>
                     <w:proofErr w:type="gramStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> Э</w:t>
                     </w:r>
                     <w:proofErr w:type="gramEnd"/>
@@ -6969,680 +5078,50 @@
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">)  Копия электронного документа. Положительный результат проверки ЭЦП. </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="04A9669B"/>
-[...628 lines deleted...]
-  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="2F7C55BC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2F7C55BC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -7687,4010 +5166,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-[...2356 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="17"/>
-[...28 lines deleted...]
-  <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...88 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
+  <w:zoom w:percent="148"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00252543"/>
-[...1387 lines deleted...]
-    <w:rsid w:val="00FF0B21"/>
+    <w:rsidRoot w:val="00E7548A"/>
+    <w:rsid w:val="000859FF"/>
+    <w:rsid w:val="008D36A5"/>
+    <w:rsid w:val="00E7548A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -11766,743 +5376,200 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00732656"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00E2389D"/>
+    <w:rsid w:val="000859FF"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...96 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...121 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web)1,Знак Знак31,Обычный (Web),Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Знак,Знак4 Зна,Обычный (веб)1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BC1EC3"/>
+    <w:rsid w:val="000859FF"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC1EC3"/>
+    <w:rsid w:val="000859FF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC1EC3"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000859FF"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...52 lines deleted...]
-  <w:style w:type="table" w:styleId="af">
+  <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00E2389D"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000859FF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
-[...252 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00333307"/>
+    <w:rsid w:val="000859FF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -12578,1734 +5645,168 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00732656"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00E2389D"/>
+    <w:rsid w:val="000859FF"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...96 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...121 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web)1,Знак Знак31,Обычный (Web),Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Знак,Знак4 Зна,Обычный (веб)1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BC1EC3"/>
+    <w:rsid w:val="000859FF"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC1EC3"/>
+    <w:rsid w:val="000859FF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC1EC3"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000859FF"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...52 lines deleted...]
-  <w:style w:type="table" w:styleId="af">
+  <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00E2389D"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000859FF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
-[...252 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00333307"/>
+    <w:rsid w:val="000859FF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...1014 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14549,87 +6050,70 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1567</Words>
-  <Characters>8932</Characters>
+  <Words>1435</Words>
+  <Characters>8181</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>74</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10479</CharactersWithSpaces>
+  <CharactersWithSpaces>9597</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Алия Абельдинова</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>