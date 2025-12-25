--- v0 (2025-12-14)
+++ v1 (2025-12-25)
@@ -1,23981 +1,33175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00DE715E" w:rsidRDefault="00DE715E" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E17BBB">
+      <w:r w:rsidRPr="00DE715E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Рекомендации </w:t>
+        <w:t>Тамақтану сапасын</w:t>
+      </w:r>
+      <w:r w:rsidR="005217D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE715E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мониторинг</w:t>
+      </w:r>
+      <w:r w:rsidR="005217D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүргізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE715E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00DE715E" w:rsidRDefault="00DE715E" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752111">
+      <w:r w:rsidRPr="00DE715E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">по осуществлению мониторинга </w:t>
+        <w:t>жөніндегі комиссиялардың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бракераждық комиссия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE715E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00DE715E" w:rsidRDefault="00DE715E" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752111">
+      <w:r w:rsidRPr="00DE715E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>комиссиями по мониторингу качества питания</w:t>
+        <w:t xml:space="preserve">мониторингті жүзеге асыруы бойынша </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="007679A0" w:rsidRPr="00F4028C" w:rsidRDefault="00DE715E" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752111">
+      <w:r w:rsidRPr="00DE715E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> комиссий)    </w:t>
+        <w:t xml:space="preserve">ұсынымдар </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="007679A0" w:rsidRPr="00F4028C" w:rsidRDefault="007679A0" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
-[...236 lines deleted...]
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="004625A8" w:rsidRPr="004625A8" w:rsidRDefault="004625A8" w:rsidP="004625A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752111">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3. Председателем комиссии является руководитель организации образования.</w:t>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тамақтану сапасын</w:t>
+      </w:r>
+      <w:r w:rsidR="005217D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мониторинг</w:t>
+      </w:r>
+      <w:r w:rsidR="005217D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүргізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі комиссияның міндеттері: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="004625A8" w:rsidRPr="004625A8" w:rsidRDefault="004625A8" w:rsidP="004625A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- ас блогында</w:t>
+      </w:r>
+      <w:r w:rsidR="008601D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, асханада</w:t>
+      </w:r>
+      <w:r w:rsidR="008601D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмысты</w:t>
+      </w:r>
+      <w:r w:rsidR="008601D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастыр</w:t>
+      </w:r>
+      <w:r w:rsidR="008601D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ылуын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004625A8" w:rsidRPr="004625A8" w:rsidRDefault="004625A8" w:rsidP="004625A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- тамақ өнімдерінің сапасы</w:t>
+      </w:r>
+      <w:r w:rsidR="008601D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, оларды тасымалдау, жеткізу, түсіру, сақтау шарттары</w:t>
+      </w:r>
+      <w:r w:rsidR="008601D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004625A8" w:rsidRPr="004625A8" w:rsidRDefault="004625A8" w:rsidP="004625A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- өнімдерді өткізу мерзімдері</w:t>
+      </w:r>
+      <w:r w:rsidR="008601D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004625A8" w:rsidRPr="004625A8" w:rsidRDefault="004625A8" w:rsidP="004625A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- тамақ дайындау сапасы</w:t>
+      </w:r>
+      <w:r w:rsidR="008601D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004625A8" w:rsidRPr="004625A8" w:rsidRDefault="004625A8" w:rsidP="004625A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- тамақтың балалардың негізгі тағамдық заттарға физиологиялық қажеттіліктеріне сәйкестігі</w:t>
+      </w:r>
+      <w:r w:rsidR="008601D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008601D5" w:rsidRDefault="004625A8" w:rsidP="004625A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- ас блогы қызметкерлерінің жеке гигиена ережелерін сақтауы</w:t>
+      </w:r>
+      <w:r w:rsidR="008601D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н бақылау болып табылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004625A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007679A0" w:rsidRPr="005173F2" w:rsidRDefault="008601D5" w:rsidP="004625A8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="007679A0" w:rsidRPr="005173F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комиссия адалдық, құзыретті</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7E21" w:rsidRPr="005173F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лік, парасаттылық, </w:t>
+      </w:r>
+      <w:r w:rsidR="007679A0" w:rsidRPr="005173F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ашықтық қағидаттарына сәйкес өз құзыретіне жатқызылған функцияларды орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007679A0" w:rsidRPr="00F4028C" w:rsidRDefault="007679A0" w:rsidP="008601D5">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комиссия төрағасы білім беру ұйымының басшысы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008601D5" w:rsidRDefault="008601D5" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752111">
+      <w:r w:rsidRPr="008601D5">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Состав </w:t>
-[...25 lines deleted...]
-        <w:t>и попечительского совета.</w:t>
+        <w:t xml:space="preserve">Бракераждық комиссияның құрамы медицина қызметкерін, әкімшілік мүшелерін, өндіріс меңгерушісін, ата-аналар комитеті мен қамқоршылық кеңесінің өкілдерін міндетті түрде қоса отырып, білім беру ұйымы басшысының бұйрығымен бекітіледі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="007679A0" w:rsidRPr="00F4028C" w:rsidRDefault="00430809" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бракераждық комиссия мүшелерінің саны </w:t>
+      </w:r>
+      <w:r w:rsidR="00341AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кемінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 адам</w:t>
+      </w:r>
+      <w:r w:rsidR="00341AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, оның ішінде осы мектептің ата-аналар қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00341AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дастығының ішінен</w:t>
+      </w:r>
+      <w:r w:rsidR="00870D2E" w:rsidRPr="00870D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00870D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 адам</w:t>
+      </w:r>
+      <w:r w:rsidR="00341AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды құрауы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тиіс. </w:t>
+      </w:r>
+      <w:r w:rsidR="007679A0" w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комиссияның жекелеген мүшелерінің болмауы оның қызметіне кедергі болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007679A0" w:rsidRPr="00F4028C" w:rsidRDefault="007679A0" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комиссия құрамын жыл сайын жаңарту ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:hanging="11"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00752111">
+        <w:t xml:space="preserve">Комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F4028C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Количество членов </w:t>
+        <w:t>қызметінің</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00752111">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F4028C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>бракеражной</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00752111">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F4028C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> комиссии должно быть не менее                     7 человек, в том числе не менее 3-х человек из числа родительской общественности данной школы. </w:t>
+        <w:t>циклограммасы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00752111">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00341AEF">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Отсутствие отдельных членов Комиссии не является препятствием для ее деятельности.</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
       <w:pPr>
-        <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="720"/>
+        <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752111">
+      <w:r w:rsidRPr="00F4028C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Рекомендуется ежегодное обновление состава комиссии.</w:t>
+        <w:t>Күн сайын медицина қызметкері немесе жауапты тұлға:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
       <w:pPr>
-        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- тағамдардың және аспаздық өнімдердің сапасын органолептикалық бағалау журналына жазба енгізе отырып, дайын тағамдардың сапасына органолептикалық бағалау жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Комиссия күн сайын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00341AEF" w:rsidRDefault="002109A3" w:rsidP="00341AEF">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00341AEF" w:rsidRPr="00341AEF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пайдаланылатын тамақ өнімдерінің сапасына бақылауды жүзеге асырады (тамақ өнімдерінің сапасын растайтын құжаттардың көшірмелері жеке папкада сақталады);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:hanging="361"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәзірдің дұрыс жасалуын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00144611" w:rsidRPr="00144611">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тамақтану сапасының мониторингі актісін ресімдей отырып, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E408BE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ас</w:t>
+      </w:r>
+      <w:r w:rsidR="00144611" w:rsidRPr="00144611">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> блогының қызметкерлеріне және (немесе) қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="002E06DF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті жеткізушіге</w:t>
+      </w:r>
+      <w:r w:rsidR="00144611" w:rsidRPr="00144611">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алдын ала ескертусіз тамақтану сапасын тексеруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Тоқсан сайын комиссия жұмысының қорытындысы кейіннен олар білім беру ұйымының педагогикалық кеңесінде қарала және орта білім беру ұйымының интернет-ресурсында орналастырыла отырып, ақпарат түрінде ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>Әр жылдың мамыр, қаңтар айларында комиссия қызметінің қорытындысы жалпы ата-аналар жиналысында қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Бракераждық комиссия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:hanging="361"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізгі өнімдерді салу кезінде мезгілімен қатысуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005173F2" w:rsidRPr="005217D1" w:rsidRDefault="005173F2" w:rsidP="005173F2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005217D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамақ өнімдерінің сапасын, олардың сапасын куәландыратын құжаттардың болуын бақылауды жүзеге асыру</w:t>
+      </w:r>
+      <w:r w:rsidR="002E06DF" w:rsidRPr="005217D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005217D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (осы құжаттардың ксерокөшірмелері бракераж</w:t>
+      </w:r>
+      <w:r w:rsidR="002E06DF" w:rsidRPr="005217D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005217D1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссияның төрағасында сақталады);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамақтардың шығуын, дайындалған тамақтану көлемінің бір реттік порция көлеміне және балалар санына сәйкестігін тексеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дайын тамақты органолептикалық бағалауды (оның түсін, иісін, дәмін, консистенциясын, қаттылығын, шырынын және т. б. анықтау) «Дайын өнімнің бракераж журналына» органолептикалық бағалау нәтижелерін енгізе отырып жүргізу әдістемесіне сәйкес жүргізуі, бағалауды комиссия мүшелерінің жеке қолдарымен растауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бракераж жүргізу кезінде «Технологиялық карталарға» сәйкес тағамдар мен аспаздық өнімдерді дайындау технологиясы мен сапасына қойылатын талаптарды басшылыққа алуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өз функцияларын арнайы берілетін </w:t>
+      </w:r>
+      <w:r w:rsidR="005173F2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> киімде (халатта, комбинезонда, бас киімде, аяқ киімде және т. б.) жүзеге асыруы қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="698" w:firstLine="11"/>
-[...21 lines deleted...]
-        <w:ind w:left="0" w:firstLine="720"/>
+        <w:ind w:hanging="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...153 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00752111">
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F4028C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>- осуществляет проверки качества питания без предварительного предупреждения работников пищеблока и (или) поставщика услуги</w:t>
+        <w:t>Бракераждық</w:t>
       </w:r>
-      <w:r w:rsidRPr="00752111">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F4028C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әтижесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> с оформлением а</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00752111">
+      </w:pPr>
+      <w:r w:rsidRPr="00E13C97">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">а </w:t>
+        <w:t xml:space="preserve">көрсетілетін қызметті, тауарларды жеткізушілердің кінәсінен балалар, ересектер уланған жағдайда, Қазақстан Республикасының Кәсіпкерлік кодексіне сәйкес жүргізілген тексерулердің нәтижелері расталған кезде өнім берушімен </w:t>
       </w:r>
-      <w:r w:rsidRPr="00752111">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>мониторинга качества питания</w:t>
+        <w:t>Ш</w:t>
       </w:r>
-      <w:r w:rsidRPr="00752111">
+      <w:r w:rsidRPr="00E13C97">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>артты дереу бұзу және өнім берушіні жосықсыз деп тану үшін сотқа талап-арыз жіберу;</w:t>
+      </w:r>
+      <w:r w:rsidR="0015582B" w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-[...342 lines deleted...]
-        </w:numPr>
+        <w:pStyle w:val="a6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00752111">
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">результатами проведенных проверок согласно Предпринимательскому Кодексу Республики Казахстан и направление искового заявления в суд </w:t>
+        <w:t>2) бұзушылықтар анықталған кезде бракераждық комиссия:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00752111">
+    </w:p>
+    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>для признания поставщика недобросовестным</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- анықталған бұзушылықтар туралы қызметтерді, тауарларды жеткізушіні және білім беру ұйымының басшысын хабардар етеді;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00752111">
+    </w:p>
+    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 1 (бір) жұмыс күні ішінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00964BB9" w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>халықтың санитариялық-эпидемиологиялық салауаттылығы саласындағы мемлекеттік орган ведомствосының аумақтық бөлімшелеріне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоспардан тыс тексеруге бастамашылық жасау мақсатында тексеру актісімен қоса анықталған бұзушылықтарды көрсете отырып, өтініш жолдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- бұзушылықтарды жоюға 5 (бес) жұмыс күнін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) бұзушылықтар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықталған кезде бракераждық комиссия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- қызметтерді, тауарларды жеткізушіні және білім беру ұйымының басшысын </w:t>
+      </w:r>
+      <w:r w:rsidR="002E06DF" w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анықталған бұзушылықтар туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хабардар етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0015582B" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4173" w:rsidRPr="00DF4173">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 (бір) жұмыс күні ішінде халықтың санитариялық-эпидемиологиялық сала</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4173">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4173" w:rsidRPr="00DF4173">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ттылығы саласындағы мемлекеттік орган ведомствосының аумақтық бөлімшелеріне анықталған бұзушылықтарды көрсете отырып және жоспардан тыс тексеруге бастамашылық жасау мақсатында тексеру актісін қоса бере отырып, өтініш жібереді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00B45961" w:rsidRDefault="00B45961" w:rsidP="0015582B">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-[...3 lines deleted...]
-        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B45961" w:rsidRDefault="00B45961" w:rsidP="0015582B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B45961" w:rsidRDefault="00B45961" w:rsidP="0015582B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B45961" w:rsidRPr="00F4028C" w:rsidRDefault="00B45961" w:rsidP="0015582B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Халықтың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>санитариялық-эпидемиологиялық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>саламаттылығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">саласында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парақтарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 27 маусымдағы № 463 және Қазақстан Республикасы Ұлттық экономика министрінің 2017 жылғы 20 шілдедегі № 285 бірлескен бұйрығына сәйкес өрескел бұзушылықтар </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> халықтың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>санитариялық-эпидемиологиялық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>салауаттылығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">саласындағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аумақтық органдардың жоспардан тыс қайта тексеру нәтижелерін алғаннан кейін 3 (үш) жұмыс күні ішінде шартты бұзу және жеткізушіні жосықсыз деп тану үшін сотқа талап арыз береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00752111">
+      <w:r w:rsidRPr="00F4028C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">при выявлении нарушений </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> комиссия:</w:t>
+        <w:t>- сот шешіміне дейін тамақтану сапасын күнделікті бақылауды ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
       <w:pPr>
-        <w:pStyle w:val="1"/>
+        <w:pStyle w:val="a6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...268 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00752111">
+      </w:pPr>
+      <w:r w:rsidRPr="00F4028C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подает на действующего поставщика иск в суд для расторжения договора и признания его недобросовестным поставщиком;</w:t>
+        <w:t>Тамақтану сапасын</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1369">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мониторинг</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1369">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүргізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі комиссиялардың қызметін талдауды және оқушылардың тамақтануын тиімді ұйымдастыру бойынша шаралар қабылдауды білім беру саласындағы уәкілетті орган және </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45961">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4028C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>амақтану сапасын бақылау жөніндегі ведомствоаралық сараптамалық топ жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
-[...63 lines deleted...]
-    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="002109A3" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...224 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="001F5F4F" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA6C13" w:rsidRDefault="00BA6C13" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA6C13" w:rsidRDefault="00BA6C13" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">АКТ мониторинга качества питания </w:t>
+        <w:t>Тамақтану сапасын</w:t>
+      </w:r>
+      <w:r w:rsidR="005217D1" w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мониторинг жүргізу актісі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E76016">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Дата ____________</w:t>
+        <w:t>Күні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E76016">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E76016">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№_</w:t>
+      </w:r>
+      <w:r w:rsidR="00752111" w:rsidRPr="00E76016">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E76016">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00752111" w:rsidRPr="00E76016">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E76016">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қызметті жеткізуші (болған жағдайда)___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мынадай құрамдағы комиссия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E76016">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E76016">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00752111" w:rsidRPr="00E76016">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E76016">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00752111" w:rsidP="00E13C97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E13C97" w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Асханаға, ас блогына келесі параметрлер бойынша тексеріс жүргізді: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10023" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5629"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="851"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="113"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсеткіш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Талап етіледі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәйкес келеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәйкес келмейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ескерту </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="113"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="00752111">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Объектінің қолданыстағы талаптарға сәйкестігі туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санитариялық-эпидемиологиялық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қорытындының болуы  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="113"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="cyan"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тамақ өнімдерінің сапасы, оларды тасымалдау, жеткізу, түсіру шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="543"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Күнделікті мәзірдің перспективалық мәзірге сәйкестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009057B6" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="323"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="009057B6" w:rsidRPr="00752111" w:rsidRDefault="009057B6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Асхананың жұмыс кестесінің сақталуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="009057B6" w:rsidRPr="00752111" w:rsidRDefault="009057B6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="009057B6" w:rsidRPr="00752111" w:rsidRDefault="009057B6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009057B6" w:rsidRPr="00752111" w:rsidRDefault="009057B6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009057B6" w:rsidRPr="00752111" w:rsidRDefault="009057B6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сыныптар бойынша тамақтану кестесі мен тамақтану арасындағы аралықты сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еркін мәзірге арналып бекітілген прайс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ауыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> су </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>режимін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="318"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дайын өнімнің сапасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="342"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бақылаудағы тағамның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="325"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дайындалған өнімнің органолептикалық</w:t>
+            </w:r>
+            <w:r w:rsidR="009057B6" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009057B6" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="195"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Технологиялық картаға сәйкестігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>порци</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>яны бақылап өлшеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 тағамды үлестіру желісі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (мармит) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 тағамды үлестіру желісі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (мармит) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="379"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 тағамды үлестіру желісі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (мармит) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алюминий ыдыста суытуға тыйым салынады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="669"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарату жағдайы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ылғалды</w:t>
+            </w:r>
+            <w:r w:rsidR="00F22FF9" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> затты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пайдалануға тыйым салынады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="456"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Асханалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аспаптарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дұрыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кассеталардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қасықтарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шанышқыларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қаратып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тағамды дәрумендендіру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тыйым салынған тағамдар мен өнімдерді дайындаудың, сатудың және пайдаланудың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тамақпен байланысты емес тауарларды сатудың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="004625A8">
+        <w:trPr>
+          <w:trHeight w:val="352"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тамақ ішуді ұйымдастыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="305"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отыратын орындар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="214"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қол жуатын раковиналардың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сабынның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="172"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кептіргіштердің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="180"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жиһаздың жағдайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="188"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Үстелдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өңдеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құрал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="314"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Асхана және ас үй ыдыстарының, асхана аспаптарының жай-күйі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ыдыстың қосалқы жиынтығының жеткіліктілігі және болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="298"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Асхананың санитариялық жай-күйі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="234"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жинау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мүкәммалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таңбалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ас </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>блогы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үй-жайларының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жай-күйі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="222"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="00A27D8E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ыдыс жуу ережесі» маңдайшасының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="400"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>суық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сумен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жабдықтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жүйелерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, су </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылытқыштардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жарамдылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Су бұру жүйелерінің жарамдылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жылу жүйелерінің жарамдылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="326"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жарықтандыру жүйелерінің жарамдылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="729"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ас блоктарында шамдарда қорғаныш арматурасының, ылғал</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1404D" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорғаныш</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1404D" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бар шамдардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00030222" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Асхананы жуу және өңдеу үшін және ас үй ыдыстары үшін жеке жағдайлардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="355"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00030222" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Жуу құралдарының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жуу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құралдарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таңбалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шарттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жабық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ыдыста</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жуу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құралдарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мерзімдерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="124"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жуу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құралдарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тамақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қалдықтарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жинау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ыдыстың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тамақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қалдықтарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жинау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыйымдылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таңбалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="421"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тамақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қалдықтарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>контейнерлерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өңдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өңделеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жауапты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="00C01CB1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ағындылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="00C01CB1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лас</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асхана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ыдыстарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жинау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="00C01CB1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жуу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өңдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>процесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="00C01CB1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- таза </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асхана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ыдыстарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="220"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="00C01CB1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тазалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кестесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C01CB1" w:rsidRPr="00752111" w:rsidRDefault="00C01CB1" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өнімдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шарттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоймалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="573"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="008C6FAE" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сусымалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұғырықтарда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тауар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ой</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғыштарда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стеллаждарда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="008C6FAE" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Температуралы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ылғалдылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>режимін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоймада</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>термометрдің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гидрометрдің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="209"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="008C6FAE" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тауар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көршілестігін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="457"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="008C6FAE" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тамақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдерінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жарамдылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мерзімдерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақталуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="641"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="008C6FAE" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өкөністерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жәшіктерде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тауар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойғыштарда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тегендердегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>та</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ңбаланған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыйымдылықтарда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="008C6FAE" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоймалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санитарлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="008C6FAE" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тыйым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>салынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тағамдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сатудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пайдаланудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тоңазытқыштар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="507"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="001C181F" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тоңазытқыш жабдығының мақсаты туралы таңбалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="178"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="001C181F" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Термометрлердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="001C181F" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тауар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көршілестігін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="375"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00511F4F" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Тамақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдерінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жарамдылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мерзімдерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақталуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00511F4F" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тоңазытқыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жабдығының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санитарлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00511F4F" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тыйым салынған тағамдар мен өнімдерді дайындаудың, сатудың және пайдаланудың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00511F4F" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іктік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сынамаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шарттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дұрыстығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="266"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цехы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="215"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жабдықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үкәммалды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таңбалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="165"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="373"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тыйым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>салынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тағамдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сатудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пайдаланудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="69"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Көкөніс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цехы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="303"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жабдықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үкәммалды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таңбалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="141"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="362"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тыйым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>салынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тағамдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сатудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пайдаланудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="129"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цехы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="363"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жабдықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үкәммалды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таңбалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="229"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тыйым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>салынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тағамдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сатудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пайдаланудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="133"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нан </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цехы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жабдықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үкәммалды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таңбалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нан </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сөрелерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өңдеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сірке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>суы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004B6A3D" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ерітіндісінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="413"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нан </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үгіндісін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жинау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ыдыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>щетканың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B0335" w:rsidRPr="00752111" w:rsidRDefault="004B0335" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="226"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="318"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тыйым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>салынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ісіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цехы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жабдықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үкәммалды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таңбалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Электр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жабдықтарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жарамдылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жай-күйі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Жерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұйықтаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>резе</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ңке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кілемшелердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="174"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Механикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>желдетудің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жай-күйі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F971DF" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="110"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Санитарлық жағдайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="641"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тыйым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>салынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тағамдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сатудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пайдаланудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Персоналдың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жуу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004B6A3D" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кептіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004B6A3D" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">і үшін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайлардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Асхана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметкерлерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>істік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гигиенасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="004625A8">
+        <w:trPr>
+          <w:trHeight w:val="367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұмыртқаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пайдалану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сапа мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іпсіздікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="250"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұмыртқаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шарттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="363"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жұмыртқаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жуу</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өңдеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таңбасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыйымдылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00F971DF" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мырт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жууға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құрал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бактерицидті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шамның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="004625A8">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Буфет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мөрмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қолмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>расталған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сатылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> буфет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ассортиментінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (прайс-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ба</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>белгілерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шарттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="004B6A3D" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сату</w:t>
+            </w:r>
+            <w:r w:rsidR="00C835A3" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шарттары мен мерзімдерін сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="365"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тыйым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>салынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тағамдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сатудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пайдаланудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="004625A8">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10023" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тамақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеткізушілермен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004B6A3D" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жасалған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Автокөлікке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хабарлама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>азы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>түлікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеткізуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рұқсат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="345"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкестік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> туралы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>декларациялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Түскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мерзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Келі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>түскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сапасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нормаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкестігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тағам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>технологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>карталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тез </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұзылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тамақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жартылай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>фабрикаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бракераждық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> журналы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="215"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00C835A3" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дәрумендендіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> журнал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тағамдардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аспаздық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өнімдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сапасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>органолептикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ба</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> журналы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">_________ _ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ________ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ас өнімдері нормаларының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орындалуын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бақылау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ведомосы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="519"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>медициналық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тексеруден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гигиеналық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқытудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өткені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> туралы белгісі бар ас </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>блогы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметкерлерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>медициналық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кітапшаларының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="587"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ас блогының жұмысшыларында бөгде заттардың, іріңді аурулардың және </w:t>
+            </w:r>
+            <w:r w:rsidR="003634C2" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жаралардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="357"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="00DD48E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Денсаулық» журналы ас блогы қызметкерлерін тексеру нәтижелері туралы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="357"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="003634C2" w:rsidP="00DD48E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Толық тазалау</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD48E6" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүргізу</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD48E6" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> журналы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="365"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тоңазытқыштардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>температуралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>режимі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003634C2" w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н тіркеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> журналы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="365"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өнді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>істік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бақылау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8038" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тұрмыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бөлме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="162"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>киімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосалқы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жиынтығының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қызметкерлердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шкафтың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="226"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>киімді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шкафтың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="179"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Душ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өлмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ванна </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бөлмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Асхана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметкерлерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>келбеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>форманың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тазалығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұқыптылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>киімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жиынтығында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>істей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="354"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Жинау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мүкәммалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеткіліктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таңбалануының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жинау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мүкәммалын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таңбалауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үй-жайдың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орындардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidTr="00752111">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дезинфекциялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құралдардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ілеспе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шарттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="249"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Москит </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>торының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DD48E6" w:rsidRPr="00752111" w:rsidRDefault="00DD48E6" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidTr="00126A55">
+        <w:trPr>
+          <w:trHeight w:val="199"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жиыны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A27D8E" w:rsidRPr="00752111" w:rsidRDefault="00A27D8E" w:rsidP="004625A8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>№_______________</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тексеру нәтижесінде мыналар белгіленді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Организация образования _______________________________________</w:t>
+        <w:t>_________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00126A55">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>_________</w:t>
+        <w:t>___________________</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="00BA6C13" w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...31 lines deleted...]
-        <w:t>__</w:t>
+        <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
-[...21517 lines deleted...]
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Подписи комиссии:</w:t>
+        <w:t>омисси</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>яның қолдары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>____________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>____________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003C61C2" w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________</w:t>
+        <w:t>____________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>__</w:t>
+        <w:t>____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
-[...20 lines deleted...]
-    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="003C61C2" w:rsidP="00E13C97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Поставщик</w:t>
+        <w:t>Өні</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007B7B53" w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (при организации питании поставщиком услуги) и/или ответственный повар (при организации питания организацией образования) </w:t>
+        <w:t>ті</w:t>
       </w:r>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ознакомлен </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007B7B53" w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________</w:t>
+        <w:t>жеткізуші</w:t>
       </w:r>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (подпись)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) және/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аспаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>танысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="007B7B53" w:rsidRDefault="007B7B53" w:rsidP="00E13C97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072886" w:rsidRPr="00F4028C" w:rsidRDefault="00072886" w:rsidP="00072886">
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D36A5" w:rsidRPr="00072886" w:rsidRDefault="008D36A5">
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="008D36A5" w:rsidRPr="00072886" w:rsidSect="00E203A7">
+    <w:sectPr w:rsidR="00126A55" w:rsidSect="00E203A7">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="992" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="005A5FC1" w:rsidRDefault="005A5FC1" w:rsidP="00BC1EC3">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="005A5FC1" w:rsidRDefault="005A5FC1" w:rsidP="00BC1EC3">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="005A5FC1" w:rsidRDefault="005A5FC1" w:rsidP="00BC1EC3">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="005A5FC1" w:rsidRDefault="005A5FC1" w:rsidP="00BC1EC3">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="910823852"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00752111" w:rsidRDefault="00072886">
+      <w:p w:rsidR="00752111" w:rsidRDefault="00752111">
         <w:pPr>
-          <w:pStyle w:val="a4"/>
+          <w:pStyle w:val="a9"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E76016">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00752111" w:rsidRDefault="00072886">
+  <w:p w:rsidR="00752111" w:rsidRDefault="00752111">
     <w:pPr>
-      <w:pStyle w:val="a4"/>
+      <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="04A9669B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="244CECD2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="⁻"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="06424EBF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B8AC439A"/>
+    <w:lvl w:ilvl="0" w:tplc="8676C6BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4620" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6060" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7500" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9660" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="071C5F15"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FB42BEAA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="1CDB350A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="02C2325E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="1F801EB6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4EC0A0D8"/>
+    <w:lvl w:ilvl="0" w:tplc="628E43EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2368" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3088" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3808" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4528" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5248" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5968" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6688" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="28A5708A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6F6E6E6"/>
+    <w:lvl w:ilvl="0" w:tplc="F8E4EF02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="30363AED"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C8EECB8A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="325E0A5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="067E8BCA"/>
     <w:lvl w:ilvl="0" w:tplc="6DFA8F64">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -24021,51 +33215,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="3A1164A6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3A1164A6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1058" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -24110,51 +33304,2028 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5378" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6098" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6818" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="3DFB0801"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3BDE1EA8"/>
+    <w:lvl w:ilvl="0" w:tplc="0666F060">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2205" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2925" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3645" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4365" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5085" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5805" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6525" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7245" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7965" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="3F0A33AD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FF505F66"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="3F0B4ABC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="26B08328"/>
+    <w:lvl w:ilvl="0" w:tplc="06F08D96">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="42E0507B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C40227C6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="49620125"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C81C98BE"/>
+    <w:lvl w:ilvl="0" w:tplc="A97C666C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="51422300"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C18EFBF8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="516F57F0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AEE28936"/>
+    <w:lvl w:ilvl="0" w:tplc="E3EEC602">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="51835516"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87901340"/>
+    <w:lvl w:ilvl="0" w:tplc="044E8F8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1170" w:hanging="465"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="5296023F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87901340"/>
+    <w:lvl w:ilvl="0" w:tplc="044E8F8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1316" w:hanging="465"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="5341245C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9BB2785A"/>
+    <w:lvl w:ilvl="0" w:tplc="0D221B5A">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1070" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="53786F1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="96FCE020"/>
+    <w:lvl w:ilvl="0" w:tplc="E76C9812">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="596012EF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2BFCA654"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="5A1D613D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6DA6DE80"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="676B37D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9C54AC9A"/>
+    <w:lvl w:ilvl="0" w:tplc="0E541B74">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="67D646D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="73CAA1E8"/>
+    <w:lvl w:ilvl="0" w:tplc="67A0D2EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24">
+    <w:nsid w:val="68D572D9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9F7494BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2368" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3088" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3808" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4528" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5248" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5968" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6688" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25">
+    <w:nsid w:val="6F376CF4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="45EE3428"/>
+    <w:lvl w:ilvl="0" w:tplc="0A0CD7D2">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26">
+    <w:nsid w:val="77D74022"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7B5ACA38"/>
+    <w:lvl w:ilvl="0" w:tplc="7500DD42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27">
+    <w:nsid w:val="79591783"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="68F28CA4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28">
+    <w:nsid w:val="7BC2046D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="805A8DE4"/>
+    <w:lvl w:ilvl="0" w:tplc="D1E6E73E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29">
     <w:nsid w:val="7E1E282C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7E1E282C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -24199,151 +35370,1838 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30">
+    <w:nsid w:val="7E5F5B9C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A61877B2"/>
+    <w:lvl w:ilvl="0" w:tplc="AD4EF79C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="930" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1650" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2370" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3090" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3810" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4530" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5250" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5970" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6690" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31">
+    <w:nsid w:val="7F397160"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="619E8986"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="148"/>
+  <w:zoom w:percent="100"/>
+  <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009774A0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009774A0"/>
+    <w:rsidRoot w:val="00252543"/>
+    <w:rsid w:val="00000FC3"/>
+    <w:rsid w:val="00003C94"/>
+    <w:rsid w:val="00005587"/>
+    <w:rsid w:val="000058E8"/>
+    <w:rsid w:val="000068D2"/>
+    <w:rsid w:val="00006E16"/>
+    <w:rsid w:val="00010330"/>
+    <w:rsid w:val="000113D8"/>
+    <w:rsid w:val="00011D22"/>
+    <w:rsid w:val="000127B8"/>
+    <w:rsid w:val="000137B9"/>
+    <w:rsid w:val="00020A9D"/>
+    <w:rsid w:val="00023E5E"/>
+    <w:rsid w:val="00023F39"/>
+    <w:rsid w:val="000244F5"/>
+    <w:rsid w:val="00025A5D"/>
+    <w:rsid w:val="00030222"/>
+    <w:rsid w:val="00032931"/>
+    <w:rsid w:val="00032A79"/>
+    <w:rsid w:val="00032AF1"/>
+    <w:rsid w:val="00034130"/>
+    <w:rsid w:val="00034547"/>
+    <w:rsid w:val="0003473F"/>
+    <w:rsid w:val="0003646E"/>
+    <w:rsid w:val="00036BF0"/>
+    <w:rsid w:val="00040D7A"/>
+    <w:rsid w:val="00050330"/>
+    <w:rsid w:val="00050436"/>
+    <w:rsid w:val="00053446"/>
+    <w:rsid w:val="00054656"/>
+    <w:rsid w:val="00054BD1"/>
+    <w:rsid w:val="00054C39"/>
+    <w:rsid w:val="0006069D"/>
+    <w:rsid w:val="000701DC"/>
+    <w:rsid w:val="0007222D"/>
+    <w:rsid w:val="00072C9D"/>
+    <w:rsid w:val="00073656"/>
+    <w:rsid w:val="00073FD1"/>
+    <w:rsid w:val="000741D4"/>
+    <w:rsid w:val="0007661E"/>
+    <w:rsid w:val="00076AEB"/>
+    <w:rsid w:val="0007759C"/>
+    <w:rsid w:val="0008675E"/>
+    <w:rsid w:val="00087D0B"/>
+    <w:rsid w:val="00093F86"/>
+    <w:rsid w:val="00094CA2"/>
+    <w:rsid w:val="0009686C"/>
+    <w:rsid w:val="000A32AF"/>
+    <w:rsid w:val="000A4CA4"/>
+    <w:rsid w:val="000A6D38"/>
+    <w:rsid w:val="000A7926"/>
+    <w:rsid w:val="000B0DC8"/>
+    <w:rsid w:val="000B1237"/>
+    <w:rsid w:val="000B233A"/>
+    <w:rsid w:val="000B52CC"/>
+    <w:rsid w:val="000B58B8"/>
+    <w:rsid w:val="000B6CDC"/>
+    <w:rsid w:val="000B7630"/>
+    <w:rsid w:val="000B76A8"/>
+    <w:rsid w:val="000C143A"/>
+    <w:rsid w:val="000C3DCB"/>
+    <w:rsid w:val="000C703B"/>
+    <w:rsid w:val="000D0643"/>
+    <w:rsid w:val="000D1625"/>
+    <w:rsid w:val="000D53D7"/>
+    <w:rsid w:val="000D5C81"/>
+    <w:rsid w:val="000E0511"/>
+    <w:rsid w:val="000E2914"/>
+    <w:rsid w:val="000E47A8"/>
+    <w:rsid w:val="000F11BF"/>
+    <w:rsid w:val="000F1A38"/>
+    <w:rsid w:val="000F23E0"/>
+    <w:rsid w:val="000F598E"/>
+    <w:rsid w:val="000F5E4E"/>
+    <w:rsid w:val="000F65E2"/>
+    <w:rsid w:val="000F693E"/>
+    <w:rsid w:val="001000AD"/>
+    <w:rsid w:val="001004B0"/>
+    <w:rsid w:val="00100D8A"/>
+    <w:rsid w:val="00102306"/>
+    <w:rsid w:val="00103153"/>
+    <w:rsid w:val="00104A3E"/>
+    <w:rsid w:val="00104DF7"/>
+    <w:rsid w:val="00105637"/>
+    <w:rsid w:val="00105B0E"/>
+    <w:rsid w:val="00110463"/>
+    <w:rsid w:val="00110EA3"/>
+    <w:rsid w:val="00112639"/>
+    <w:rsid w:val="00114FC8"/>
+    <w:rsid w:val="00116F30"/>
+    <w:rsid w:val="0011753C"/>
+    <w:rsid w:val="00122528"/>
+    <w:rsid w:val="00126A55"/>
+    <w:rsid w:val="00131DD9"/>
+    <w:rsid w:val="0014048F"/>
+    <w:rsid w:val="00141CF8"/>
+    <w:rsid w:val="00144611"/>
+    <w:rsid w:val="00146554"/>
+    <w:rsid w:val="001501D7"/>
+    <w:rsid w:val="00151A91"/>
+    <w:rsid w:val="0015203B"/>
+    <w:rsid w:val="001529D0"/>
+    <w:rsid w:val="00152B75"/>
+    <w:rsid w:val="00154A7C"/>
+    <w:rsid w:val="0015582B"/>
+    <w:rsid w:val="00155FF4"/>
+    <w:rsid w:val="0016070F"/>
+    <w:rsid w:val="00160C61"/>
+    <w:rsid w:val="00161358"/>
+    <w:rsid w:val="001638C4"/>
+    <w:rsid w:val="00166103"/>
+    <w:rsid w:val="001713D4"/>
+    <w:rsid w:val="0017522E"/>
+    <w:rsid w:val="00175543"/>
+    <w:rsid w:val="0018102A"/>
+    <w:rsid w:val="001814FB"/>
+    <w:rsid w:val="001820E7"/>
+    <w:rsid w:val="001866D2"/>
+    <w:rsid w:val="00190A0A"/>
+    <w:rsid w:val="00190E9D"/>
+    <w:rsid w:val="001911DD"/>
+    <w:rsid w:val="00191E81"/>
+    <w:rsid w:val="00192187"/>
+    <w:rsid w:val="001940DF"/>
+    <w:rsid w:val="00195E34"/>
+    <w:rsid w:val="00197E88"/>
+    <w:rsid w:val="001A0C99"/>
+    <w:rsid w:val="001A1DE6"/>
+    <w:rsid w:val="001A28EC"/>
+    <w:rsid w:val="001A499C"/>
+    <w:rsid w:val="001A6999"/>
+    <w:rsid w:val="001A6B00"/>
+    <w:rsid w:val="001A6FC0"/>
+    <w:rsid w:val="001A74D3"/>
+    <w:rsid w:val="001B1730"/>
+    <w:rsid w:val="001B44FE"/>
+    <w:rsid w:val="001C02BE"/>
+    <w:rsid w:val="001C095D"/>
+    <w:rsid w:val="001C0F07"/>
+    <w:rsid w:val="001C181F"/>
+    <w:rsid w:val="001C3E61"/>
+    <w:rsid w:val="001C448C"/>
+    <w:rsid w:val="001C48FC"/>
+    <w:rsid w:val="001D0DC5"/>
+    <w:rsid w:val="001D6736"/>
+    <w:rsid w:val="001D77FF"/>
+    <w:rsid w:val="001E0A4F"/>
+    <w:rsid w:val="001E1D3F"/>
+    <w:rsid w:val="001E2BFA"/>
+    <w:rsid w:val="001E5114"/>
+    <w:rsid w:val="001E6545"/>
+    <w:rsid w:val="001E6608"/>
+    <w:rsid w:val="001E7E18"/>
+    <w:rsid w:val="001F3B4A"/>
+    <w:rsid w:val="001F5072"/>
+    <w:rsid w:val="001F6038"/>
+    <w:rsid w:val="001F6576"/>
+    <w:rsid w:val="001F7908"/>
+    <w:rsid w:val="002007B7"/>
+    <w:rsid w:val="00200C67"/>
+    <w:rsid w:val="00202121"/>
+    <w:rsid w:val="002023E6"/>
+    <w:rsid w:val="00202959"/>
+    <w:rsid w:val="00204845"/>
+    <w:rsid w:val="002109A3"/>
+    <w:rsid w:val="00213502"/>
+    <w:rsid w:val="002149F9"/>
+    <w:rsid w:val="00215122"/>
+    <w:rsid w:val="0021763A"/>
+    <w:rsid w:val="00224845"/>
+    <w:rsid w:val="00226422"/>
+    <w:rsid w:val="0022797E"/>
+    <w:rsid w:val="00232BDA"/>
+    <w:rsid w:val="0024014A"/>
+    <w:rsid w:val="00240DF0"/>
+    <w:rsid w:val="0024464F"/>
+    <w:rsid w:val="0024528F"/>
+    <w:rsid w:val="00245598"/>
+    <w:rsid w:val="00245EB5"/>
+    <w:rsid w:val="0024651A"/>
+    <w:rsid w:val="00246A68"/>
+    <w:rsid w:val="00247BF0"/>
+    <w:rsid w:val="00247D04"/>
+    <w:rsid w:val="002515EE"/>
+    <w:rsid w:val="00252543"/>
+    <w:rsid w:val="00252906"/>
+    <w:rsid w:val="0025415F"/>
+    <w:rsid w:val="00254678"/>
+    <w:rsid w:val="00254D70"/>
+    <w:rsid w:val="00255088"/>
+    <w:rsid w:val="00260047"/>
+    <w:rsid w:val="00262B22"/>
+    <w:rsid w:val="0026396C"/>
+    <w:rsid w:val="00264CE8"/>
+    <w:rsid w:val="00264DFB"/>
+    <w:rsid w:val="00265124"/>
+    <w:rsid w:val="00265298"/>
+    <w:rsid w:val="00265A1D"/>
+    <w:rsid w:val="00266191"/>
+    <w:rsid w:val="00267BB4"/>
+    <w:rsid w:val="002704B3"/>
+    <w:rsid w:val="00271327"/>
+    <w:rsid w:val="0027152F"/>
+    <w:rsid w:val="00272DA7"/>
+    <w:rsid w:val="002732AD"/>
+    <w:rsid w:val="002749F6"/>
+    <w:rsid w:val="00274ECC"/>
+    <w:rsid w:val="00275FFD"/>
+    <w:rsid w:val="00276E8C"/>
+    <w:rsid w:val="0028127F"/>
+    <w:rsid w:val="00285395"/>
+    <w:rsid w:val="00285741"/>
+    <w:rsid w:val="00285980"/>
+    <w:rsid w:val="002864AA"/>
+    <w:rsid w:val="00291277"/>
+    <w:rsid w:val="0029174F"/>
+    <w:rsid w:val="00291BF6"/>
+    <w:rsid w:val="00291EE7"/>
+    <w:rsid w:val="0029257A"/>
+    <w:rsid w:val="00293FD5"/>
+    <w:rsid w:val="0029691E"/>
+    <w:rsid w:val="002A12D1"/>
+    <w:rsid w:val="002A1E91"/>
+    <w:rsid w:val="002A31C9"/>
+    <w:rsid w:val="002A3FD4"/>
+    <w:rsid w:val="002A5075"/>
+    <w:rsid w:val="002A5F7A"/>
+    <w:rsid w:val="002A751A"/>
+    <w:rsid w:val="002A7B49"/>
+    <w:rsid w:val="002B1968"/>
+    <w:rsid w:val="002B2FE7"/>
+    <w:rsid w:val="002B5D11"/>
+    <w:rsid w:val="002C45D0"/>
+    <w:rsid w:val="002C5258"/>
+    <w:rsid w:val="002C5359"/>
+    <w:rsid w:val="002C7719"/>
+    <w:rsid w:val="002C7A5D"/>
+    <w:rsid w:val="002D3336"/>
+    <w:rsid w:val="002D3B16"/>
+    <w:rsid w:val="002D3CE0"/>
+    <w:rsid w:val="002D52FF"/>
+    <w:rsid w:val="002E01FA"/>
+    <w:rsid w:val="002E06DF"/>
+    <w:rsid w:val="002E102A"/>
+    <w:rsid w:val="002E18A9"/>
+    <w:rsid w:val="002E4B33"/>
+    <w:rsid w:val="002E77CE"/>
+    <w:rsid w:val="002F07C6"/>
+    <w:rsid w:val="002F30FE"/>
+    <w:rsid w:val="002F477C"/>
+    <w:rsid w:val="002F58CE"/>
+    <w:rsid w:val="002F6800"/>
+    <w:rsid w:val="003000FC"/>
+    <w:rsid w:val="0030181B"/>
+    <w:rsid w:val="00301889"/>
+    <w:rsid w:val="00301B84"/>
+    <w:rsid w:val="0030206A"/>
+    <w:rsid w:val="0030267F"/>
+    <w:rsid w:val="003029CB"/>
+    <w:rsid w:val="00302F93"/>
+    <w:rsid w:val="0030409A"/>
+    <w:rsid w:val="003065D9"/>
+    <w:rsid w:val="00310F7E"/>
+    <w:rsid w:val="00311D2A"/>
+    <w:rsid w:val="003138C2"/>
+    <w:rsid w:val="00313D4D"/>
+    <w:rsid w:val="0032126F"/>
+    <w:rsid w:val="0032726E"/>
+    <w:rsid w:val="00334755"/>
+    <w:rsid w:val="00334D09"/>
+    <w:rsid w:val="003360F5"/>
+    <w:rsid w:val="00336232"/>
+    <w:rsid w:val="00336E9B"/>
+    <w:rsid w:val="003379A0"/>
+    <w:rsid w:val="0034037F"/>
+    <w:rsid w:val="00341419"/>
+    <w:rsid w:val="00341982"/>
+    <w:rsid w:val="00341AEF"/>
+    <w:rsid w:val="00344C32"/>
+    <w:rsid w:val="00344F20"/>
+    <w:rsid w:val="003455A8"/>
+    <w:rsid w:val="00351AB6"/>
+    <w:rsid w:val="0035419C"/>
+    <w:rsid w:val="00354CEB"/>
+    <w:rsid w:val="00356949"/>
+    <w:rsid w:val="003634C2"/>
+    <w:rsid w:val="0036440A"/>
+    <w:rsid w:val="00365DBE"/>
+    <w:rsid w:val="00366912"/>
+    <w:rsid w:val="00366F46"/>
+    <w:rsid w:val="00370D9B"/>
+    <w:rsid w:val="00371E28"/>
+    <w:rsid w:val="00371EAD"/>
+    <w:rsid w:val="003725CE"/>
+    <w:rsid w:val="00373063"/>
+    <w:rsid w:val="00377A7B"/>
+    <w:rsid w:val="00377BAE"/>
+    <w:rsid w:val="00382445"/>
+    <w:rsid w:val="00382D9A"/>
+    <w:rsid w:val="003836A1"/>
+    <w:rsid w:val="003878FB"/>
+    <w:rsid w:val="00387AAD"/>
+    <w:rsid w:val="00391810"/>
+    <w:rsid w:val="00392BAF"/>
+    <w:rsid w:val="00393CC2"/>
+    <w:rsid w:val="00394720"/>
+    <w:rsid w:val="003A1FA9"/>
+    <w:rsid w:val="003A41D7"/>
+    <w:rsid w:val="003A46E5"/>
+    <w:rsid w:val="003A4A14"/>
+    <w:rsid w:val="003A747F"/>
+    <w:rsid w:val="003B292F"/>
+    <w:rsid w:val="003B306A"/>
+    <w:rsid w:val="003B46EC"/>
+    <w:rsid w:val="003B49DD"/>
+    <w:rsid w:val="003B5A23"/>
+    <w:rsid w:val="003B5C27"/>
+    <w:rsid w:val="003C2B29"/>
+    <w:rsid w:val="003C3558"/>
+    <w:rsid w:val="003C3DD1"/>
+    <w:rsid w:val="003C4B27"/>
+    <w:rsid w:val="003C5D1B"/>
+    <w:rsid w:val="003C61C2"/>
+    <w:rsid w:val="003D00BE"/>
+    <w:rsid w:val="003D2074"/>
+    <w:rsid w:val="003D2B99"/>
+    <w:rsid w:val="003D48C9"/>
+    <w:rsid w:val="003D633A"/>
+    <w:rsid w:val="003D65D4"/>
+    <w:rsid w:val="003E11A0"/>
+    <w:rsid w:val="003E1B87"/>
+    <w:rsid w:val="003E3A2D"/>
+    <w:rsid w:val="003E5BAA"/>
+    <w:rsid w:val="003E5C00"/>
+    <w:rsid w:val="003E5FA1"/>
+    <w:rsid w:val="003E7061"/>
+    <w:rsid w:val="003F02D8"/>
+    <w:rsid w:val="003F0923"/>
+    <w:rsid w:val="003F15BA"/>
+    <w:rsid w:val="003F1632"/>
+    <w:rsid w:val="003F2020"/>
+    <w:rsid w:val="003F36DB"/>
+    <w:rsid w:val="003F41F9"/>
+    <w:rsid w:val="003F4330"/>
+    <w:rsid w:val="003F674E"/>
+    <w:rsid w:val="003F7255"/>
+    <w:rsid w:val="0040020C"/>
+    <w:rsid w:val="0040092A"/>
+    <w:rsid w:val="004026A4"/>
+    <w:rsid w:val="00403651"/>
+    <w:rsid w:val="00404BBB"/>
+    <w:rsid w:val="00407798"/>
+    <w:rsid w:val="004111F1"/>
+    <w:rsid w:val="00411DDF"/>
+    <w:rsid w:val="00411FC5"/>
+    <w:rsid w:val="00413D56"/>
+    <w:rsid w:val="004175B6"/>
+    <w:rsid w:val="00420F92"/>
+    <w:rsid w:val="0042183A"/>
+    <w:rsid w:val="00425619"/>
+    <w:rsid w:val="00427178"/>
+    <w:rsid w:val="004278DA"/>
+    <w:rsid w:val="00427C9F"/>
+    <w:rsid w:val="0043012E"/>
+    <w:rsid w:val="00430809"/>
+    <w:rsid w:val="00431706"/>
+    <w:rsid w:val="004323BD"/>
+    <w:rsid w:val="00437F54"/>
+    <w:rsid w:val="0044053C"/>
+    <w:rsid w:val="00442921"/>
+    <w:rsid w:val="004437A8"/>
+    <w:rsid w:val="004440C1"/>
+    <w:rsid w:val="00444109"/>
+    <w:rsid w:val="00445572"/>
+    <w:rsid w:val="004455A8"/>
+    <w:rsid w:val="00445B80"/>
+    <w:rsid w:val="00446543"/>
+    <w:rsid w:val="004508AF"/>
+    <w:rsid w:val="00451018"/>
+    <w:rsid w:val="00452ACF"/>
+    <w:rsid w:val="004546F8"/>
+    <w:rsid w:val="00456EA6"/>
+    <w:rsid w:val="004572C0"/>
+    <w:rsid w:val="004625A8"/>
+    <w:rsid w:val="0046369A"/>
+    <w:rsid w:val="00465785"/>
+    <w:rsid w:val="00470FFC"/>
+    <w:rsid w:val="004715B9"/>
+    <w:rsid w:val="00471676"/>
+    <w:rsid w:val="00474AD2"/>
+    <w:rsid w:val="00475659"/>
+    <w:rsid w:val="0048001C"/>
+    <w:rsid w:val="00480282"/>
+    <w:rsid w:val="00481CC5"/>
+    <w:rsid w:val="0048324B"/>
+    <w:rsid w:val="00485CF9"/>
+    <w:rsid w:val="00486174"/>
+    <w:rsid w:val="00487090"/>
+    <w:rsid w:val="00487E55"/>
+    <w:rsid w:val="004919F1"/>
+    <w:rsid w:val="00492A97"/>
+    <w:rsid w:val="00493158"/>
+    <w:rsid w:val="004944ED"/>
+    <w:rsid w:val="00497615"/>
+    <w:rsid w:val="004A0DE9"/>
+    <w:rsid w:val="004A1AE8"/>
+    <w:rsid w:val="004A6505"/>
+    <w:rsid w:val="004A6709"/>
+    <w:rsid w:val="004B0335"/>
+    <w:rsid w:val="004B03E9"/>
+    <w:rsid w:val="004B06D1"/>
+    <w:rsid w:val="004B2F18"/>
+    <w:rsid w:val="004B31AA"/>
+    <w:rsid w:val="004B354B"/>
+    <w:rsid w:val="004B39DD"/>
+    <w:rsid w:val="004B6755"/>
+    <w:rsid w:val="004B6A3D"/>
+    <w:rsid w:val="004B7395"/>
+    <w:rsid w:val="004B77F0"/>
+    <w:rsid w:val="004C0C64"/>
+    <w:rsid w:val="004C11C6"/>
+    <w:rsid w:val="004C1430"/>
+    <w:rsid w:val="004C171C"/>
+    <w:rsid w:val="004C4769"/>
+    <w:rsid w:val="004C4FCC"/>
+    <w:rsid w:val="004C6CCF"/>
+    <w:rsid w:val="004C7757"/>
+    <w:rsid w:val="004D141C"/>
+    <w:rsid w:val="004D1C7A"/>
+    <w:rsid w:val="004D1FA0"/>
+    <w:rsid w:val="004D4F05"/>
+    <w:rsid w:val="004D56F9"/>
+    <w:rsid w:val="004D7940"/>
+    <w:rsid w:val="004E000C"/>
+    <w:rsid w:val="004E3AB3"/>
+    <w:rsid w:val="004E61E3"/>
+    <w:rsid w:val="004E6EC5"/>
+    <w:rsid w:val="004F4BF4"/>
+    <w:rsid w:val="004F692D"/>
+    <w:rsid w:val="004F7AC7"/>
+    <w:rsid w:val="00502768"/>
+    <w:rsid w:val="00502A12"/>
+    <w:rsid w:val="00504A53"/>
+    <w:rsid w:val="00505628"/>
+    <w:rsid w:val="00506AA1"/>
+    <w:rsid w:val="00507A6B"/>
+    <w:rsid w:val="00511ACD"/>
+    <w:rsid w:val="00511CAD"/>
+    <w:rsid w:val="00511E48"/>
+    <w:rsid w:val="00511F4F"/>
+    <w:rsid w:val="00512793"/>
+    <w:rsid w:val="00512B1B"/>
+    <w:rsid w:val="005135F7"/>
+    <w:rsid w:val="00514090"/>
+    <w:rsid w:val="0051415A"/>
+    <w:rsid w:val="00514FC9"/>
+    <w:rsid w:val="00515C0D"/>
+    <w:rsid w:val="00516184"/>
+    <w:rsid w:val="0051673E"/>
+    <w:rsid w:val="005173F2"/>
+    <w:rsid w:val="0051765A"/>
+    <w:rsid w:val="005201D2"/>
+    <w:rsid w:val="005217D1"/>
+    <w:rsid w:val="005218A9"/>
+    <w:rsid w:val="00521C2F"/>
+    <w:rsid w:val="00521E22"/>
+    <w:rsid w:val="00522AB6"/>
+    <w:rsid w:val="00524F9E"/>
+    <w:rsid w:val="00527186"/>
+    <w:rsid w:val="00531476"/>
+    <w:rsid w:val="005335E6"/>
+    <w:rsid w:val="00533CC6"/>
+    <w:rsid w:val="005343A5"/>
+    <w:rsid w:val="00534419"/>
+    <w:rsid w:val="00535155"/>
+    <w:rsid w:val="005352B0"/>
+    <w:rsid w:val="00536A1B"/>
+    <w:rsid w:val="00541684"/>
+    <w:rsid w:val="005440FD"/>
+    <w:rsid w:val="0054545C"/>
+    <w:rsid w:val="00546AEA"/>
+    <w:rsid w:val="00546D83"/>
+    <w:rsid w:val="00547D34"/>
+    <w:rsid w:val="0055004C"/>
+    <w:rsid w:val="005542E2"/>
+    <w:rsid w:val="00554755"/>
+    <w:rsid w:val="005555DC"/>
+    <w:rsid w:val="00557A2F"/>
+    <w:rsid w:val="00557C8B"/>
+    <w:rsid w:val="00561370"/>
+    <w:rsid w:val="005625E0"/>
+    <w:rsid w:val="005662A0"/>
+    <w:rsid w:val="005717A8"/>
+    <w:rsid w:val="005720A4"/>
+    <w:rsid w:val="005724C8"/>
+    <w:rsid w:val="00573249"/>
+    <w:rsid w:val="00574F60"/>
+    <w:rsid w:val="00577235"/>
+    <w:rsid w:val="00580386"/>
+    <w:rsid w:val="00581E35"/>
+    <w:rsid w:val="005829E3"/>
+    <w:rsid w:val="0058451D"/>
+    <w:rsid w:val="00586991"/>
+    <w:rsid w:val="005875FD"/>
+    <w:rsid w:val="005905C4"/>
+    <w:rsid w:val="00591F18"/>
+    <w:rsid w:val="0059282A"/>
+    <w:rsid w:val="00592F74"/>
+    <w:rsid w:val="00592FD2"/>
+    <w:rsid w:val="0059496F"/>
+    <w:rsid w:val="005953AD"/>
+    <w:rsid w:val="00597760"/>
+    <w:rsid w:val="005A10A3"/>
+    <w:rsid w:val="005A36E4"/>
+    <w:rsid w:val="005A3791"/>
+    <w:rsid w:val="005A4A8A"/>
+    <w:rsid w:val="005A5FC1"/>
+    <w:rsid w:val="005A6E04"/>
+    <w:rsid w:val="005B1B09"/>
+    <w:rsid w:val="005B1DA8"/>
+    <w:rsid w:val="005B1DFC"/>
+    <w:rsid w:val="005B4544"/>
+    <w:rsid w:val="005B7E8C"/>
+    <w:rsid w:val="005C09D0"/>
+    <w:rsid w:val="005C1E51"/>
+    <w:rsid w:val="005C1EFF"/>
+    <w:rsid w:val="005C3570"/>
+    <w:rsid w:val="005C4220"/>
+    <w:rsid w:val="005C48CF"/>
+    <w:rsid w:val="005C4C6C"/>
+    <w:rsid w:val="005C51E4"/>
+    <w:rsid w:val="005C6566"/>
+    <w:rsid w:val="005C7F1E"/>
+    <w:rsid w:val="005D25F5"/>
+    <w:rsid w:val="005D4C67"/>
+    <w:rsid w:val="005D5724"/>
+    <w:rsid w:val="005D57AB"/>
+    <w:rsid w:val="005D7C47"/>
+    <w:rsid w:val="005D7D5D"/>
+    <w:rsid w:val="005E1E2F"/>
+    <w:rsid w:val="005E2A77"/>
+    <w:rsid w:val="005E6721"/>
+    <w:rsid w:val="005F0EB3"/>
+    <w:rsid w:val="005F3475"/>
+    <w:rsid w:val="005F3755"/>
+    <w:rsid w:val="00600176"/>
+    <w:rsid w:val="00600C56"/>
+    <w:rsid w:val="00600D9F"/>
+    <w:rsid w:val="00601C57"/>
+    <w:rsid w:val="00602084"/>
+    <w:rsid w:val="0060488A"/>
+    <w:rsid w:val="00605938"/>
+    <w:rsid w:val="00605BF7"/>
+    <w:rsid w:val="00607DEB"/>
+    <w:rsid w:val="00610DAF"/>
+    <w:rsid w:val="006125CF"/>
+    <w:rsid w:val="00617CAE"/>
+    <w:rsid w:val="00621865"/>
+    <w:rsid w:val="00622F44"/>
+    <w:rsid w:val="00624763"/>
+    <w:rsid w:val="006269D7"/>
+    <w:rsid w:val="00632134"/>
+    <w:rsid w:val="00633BC8"/>
+    <w:rsid w:val="00634BE1"/>
+    <w:rsid w:val="0063514F"/>
+    <w:rsid w:val="006356F8"/>
+    <w:rsid w:val="00635C2E"/>
+    <w:rsid w:val="00635E3A"/>
+    <w:rsid w:val="006369D7"/>
+    <w:rsid w:val="0063797E"/>
+    <w:rsid w:val="00640059"/>
+    <w:rsid w:val="00641020"/>
+    <w:rsid w:val="006425C1"/>
+    <w:rsid w:val="00642B35"/>
+    <w:rsid w:val="00643A40"/>
+    <w:rsid w:val="00651A4D"/>
+    <w:rsid w:val="00652E15"/>
+    <w:rsid w:val="00653BB6"/>
+    <w:rsid w:val="00654DCA"/>
+    <w:rsid w:val="0065569C"/>
+    <w:rsid w:val="00655767"/>
+    <w:rsid w:val="00656B84"/>
+    <w:rsid w:val="006575EE"/>
+    <w:rsid w:val="00660BAE"/>
+    <w:rsid w:val="00663158"/>
+    <w:rsid w:val="00667427"/>
+    <w:rsid w:val="00667D02"/>
+    <w:rsid w:val="00671DF9"/>
+    <w:rsid w:val="00681073"/>
+    <w:rsid w:val="00681692"/>
+    <w:rsid w:val="006878EE"/>
+    <w:rsid w:val="00687F5F"/>
+    <w:rsid w:val="0069413F"/>
+    <w:rsid w:val="00694C1D"/>
+    <w:rsid w:val="00696C3F"/>
+    <w:rsid w:val="006A0256"/>
+    <w:rsid w:val="006A298D"/>
+    <w:rsid w:val="006A3B61"/>
+    <w:rsid w:val="006A3BE5"/>
+    <w:rsid w:val="006A4891"/>
+    <w:rsid w:val="006A4C84"/>
+    <w:rsid w:val="006A6793"/>
+    <w:rsid w:val="006A6B51"/>
+    <w:rsid w:val="006A72E4"/>
+    <w:rsid w:val="006B04B2"/>
+    <w:rsid w:val="006B3CC8"/>
+    <w:rsid w:val="006B4663"/>
+    <w:rsid w:val="006B4C2D"/>
+    <w:rsid w:val="006B4F98"/>
+    <w:rsid w:val="006B7E16"/>
+    <w:rsid w:val="006C27E1"/>
+    <w:rsid w:val="006C6CE7"/>
+    <w:rsid w:val="006C6E76"/>
+    <w:rsid w:val="006D36FA"/>
+    <w:rsid w:val="006D45C4"/>
+    <w:rsid w:val="006D732C"/>
+    <w:rsid w:val="006E027C"/>
+    <w:rsid w:val="006E10BA"/>
+    <w:rsid w:val="006E16B7"/>
+    <w:rsid w:val="006E1EA8"/>
+    <w:rsid w:val="006E2933"/>
+    <w:rsid w:val="006E69D2"/>
+    <w:rsid w:val="006E6DA8"/>
+    <w:rsid w:val="006E7527"/>
+    <w:rsid w:val="006E7B3E"/>
+    <w:rsid w:val="006F1DB4"/>
+    <w:rsid w:val="006F1EDE"/>
+    <w:rsid w:val="006F3D02"/>
+    <w:rsid w:val="006F3EE1"/>
+    <w:rsid w:val="006F3F92"/>
+    <w:rsid w:val="006F5E99"/>
+    <w:rsid w:val="006F7A8C"/>
+    <w:rsid w:val="00701553"/>
+    <w:rsid w:val="007027C2"/>
+    <w:rsid w:val="00703501"/>
+    <w:rsid w:val="00703BDD"/>
+    <w:rsid w:val="00704B95"/>
+    <w:rsid w:val="00706C51"/>
+    <w:rsid w:val="00707132"/>
+    <w:rsid w:val="007076BD"/>
+    <w:rsid w:val="0070779A"/>
+    <w:rsid w:val="00711CF0"/>
+    <w:rsid w:val="007125D7"/>
+    <w:rsid w:val="0071326B"/>
+    <w:rsid w:val="00717CC4"/>
+    <w:rsid w:val="00720128"/>
+    <w:rsid w:val="00721877"/>
+    <w:rsid w:val="00721ADA"/>
+    <w:rsid w:val="00721E36"/>
+    <w:rsid w:val="00721E3E"/>
+    <w:rsid w:val="00721FCC"/>
+    <w:rsid w:val="00722C2A"/>
+    <w:rsid w:val="007258DA"/>
+    <w:rsid w:val="00725F06"/>
+    <w:rsid w:val="007266E9"/>
+    <w:rsid w:val="00727A5A"/>
+    <w:rsid w:val="007307EC"/>
+    <w:rsid w:val="0073094D"/>
+    <w:rsid w:val="00732656"/>
+    <w:rsid w:val="00734712"/>
+    <w:rsid w:val="00736AA2"/>
+    <w:rsid w:val="00740396"/>
+    <w:rsid w:val="00740A0F"/>
+    <w:rsid w:val="00740D42"/>
+    <w:rsid w:val="00742580"/>
+    <w:rsid w:val="00743315"/>
+    <w:rsid w:val="00744D74"/>
+    <w:rsid w:val="00745168"/>
+    <w:rsid w:val="00745EE6"/>
+    <w:rsid w:val="0074725F"/>
+    <w:rsid w:val="00751216"/>
+    <w:rsid w:val="00751CBE"/>
+    <w:rsid w:val="00752111"/>
+    <w:rsid w:val="00755720"/>
+    <w:rsid w:val="0076075A"/>
+    <w:rsid w:val="00760BA5"/>
+    <w:rsid w:val="00766985"/>
+    <w:rsid w:val="007679A0"/>
+    <w:rsid w:val="0077026A"/>
+    <w:rsid w:val="00772E76"/>
+    <w:rsid w:val="00773E8B"/>
+    <w:rsid w:val="00775E29"/>
+    <w:rsid w:val="0077789E"/>
+    <w:rsid w:val="0078075E"/>
+    <w:rsid w:val="00780C1D"/>
+    <w:rsid w:val="00786EA4"/>
+    <w:rsid w:val="00790951"/>
+    <w:rsid w:val="0079199F"/>
+    <w:rsid w:val="007938CC"/>
+    <w:rsid w:val="0079415F"/>
+    <w:rsid w:val="007956C9"/>
+    <w:rsid w:val="007A0C09"/>
+    <w:rsid w:val="007A109D"/>
+    <w:rsid w:val="007A714D"/>
+    <w:rsid w:val="007B048A"/>
+    <w:rsid w:val="007B0BBD"/>
+    <w:rsid w:val="007B1078"/>
+    <w:rsid w:val="007B4080"/>
+    <w:rsid w:val="007B546D"/>
+    <w:rsid w:val="007B6A78"/>
+    <w:rsid w:val="007B7B53"/>
+    <w:rsid w:val="007C03B6"/>
+    <w:rsid w:val="007C0C37"/>
+    <w:rsid w:val="007D1798"/>
+    <w:rsid w:val="007D24B2"/>
+    <w:rsid w:val="007D34E6"/>
+    <w:rsid w:val="007D75B5"/>
+    <w:rsid w:val="007E1D4E"/>
+    <w:rsid w:val="007E2C2F"/>
+    <w:rsid w:val="007E35FC"/>
+    <w:rsid w:val="007E5AFC"/>
+    <w:rsid w:val="007E6AE8"/>
+    <w:rsid w:val="007E6C64"/>
+    <w:rsid w:val="007E71D6"/>
+    <w:rsid w:val="007F34BB"/>
+    <w:rsid w:val="007F4B91"/>
+    <w:rsid w:val="007F5D5B"/>
+    <w:rsid w:val="00802863"/>
+    <w:rsid w:val="00802F7F"/>
+    <w:rsid w:val="008062CB"/>
+    <w:rsid w:val="008063D8"/>
+    <w:rsid w:val="00806DC9"/>
+    <w:rsid w:val="00810187"/>
+    <w:rsid w:val="008111A2"/>
+    <w:rsid w:val="00811E74"/>
+    <w:rsid w:val="00815032"/>
+    <w:rsid w:val="00816C7C"/>
+    <w:rsid w:val="00816C81"/>
+    <w:rsid w:val="008171F1"/>
+    <w:rsid w:val="00821CF3"/>
+    <w:rsid w:val="00822264"/>
+    <w:rsid w:val="008233C1"/>
+    <w:rsid w:val="0082388D"/>
+    <w:rsid w:val="00824D73"/>
+    <w:rsid w:val="00825260"/>
+    <w:rsid w:val="008258B5"/>
+    <w:rsid w:val="00826E91"/>
+    <w:rsid w:val="008271B4"/>
+    <w:rsid w:val="00827E98"/>
+    <w:rsid w:val="00827EDF"/>
+    <w:rsid w:val="00837188"/>
+    <w:rsid w:val="008376E2"/>
+    <w:rsid w:val="0084193B"/>
+    <w:rsid w:val="00842386"/>
+    <w:rsid w:val="0084432B"/>
+    <w:rsid w:val="008453B3"/>
+    <w:rsid w:val="0084568B"/>
+    <w:rsid w:val="00845E63"/>
+    <w:rsid w:val="00846364"/>
+    <w:rsid w:val="008502CC"/>
+    <w:rsid w:val="008504BC"/>
+    <w:rsid w:val="0085113E"/>
+    <w:rsid w:val="00852C4D"/>
+    <w:rsid w:val="008538B3"/>
+    <w:rsid w:val="00855A6B"/>
+    <w:rsid w:val="00856C2D"/>
+    <w:rsid w:val="008579E8"/>
+    <w:rsid w:val="008601D5"/>
+    <w:rsid w:val="00860B3C"/>
+    <w:rsid w:val="00861E83"/>
+    <w:rsid w:val="00862200"/>
+    <w:rsid w:val="00862589"/>
+    <w:rsid w:val="008640A9"/>
+    <w:rsid w:val="0086544E"/>
+    <w:rsid w:val="00865713"/>
+    <w:rsid w:val="00870D2E"/>
+    <w:rsid w:val="00870F26"/>
+    <w:rsid w:val="00871802"/>
+    <w:rsid w:val="00872AD6"/>
+    <w:rsid w:val="00873010"/>
+    <w:rsid w:val="0087496A"/>
+    <w:rsid w:val="00881777"/>
+    <w:rsid w:val="00882EB5"/>
+    <w:rsid w:val="00886725"/>
+    <w:rsid w:val="00887F1A"/>
+    <w:rsid w:val="00892B0C"/>
+    <w:rsid w:val="00893101"/>
+    <w:rsid w:val="00894507"/>
+    <w:rsid w:val="008A14F0"/>
+    <w:rsid w:val="008A14FC"/>
+    <w:rsid w:val="008A2C73"/>
+    <w:rsid w:val="008A59F3"/>
+    <w:rsid w:val="008A7901"/>
+    <w:rsid w:val="008A7A8D"/>
+    <w:rsid w:val="008A7DE8"/>
+    <w:rsid w:val="008B1E37"/>
+    <w:rsid w:val="008C11E8"/>
+    <w:rsid w:val="008C1BB3"/>
+    <w:rsid w:val="008C2A07"/>
+    <w:rsid w:val="008C3C4E"/>
+    <w:rsid w:val="008C4E98"/>
+    <w:rsid w:val="008C4FB5"/>
+    <w:rsid w:val="008C54E5"/>
+    <w:rsid w:val="008C6FAE"/>
+    <w:rsid w:val="008D0AC3"/>
+    <w:rsid w:val="008D3108"/>
+    <w:rsid w:val="008D5941"/>
+    <w:rsid w:val="008D5EEC"/>
+    <w:rsid w:val="008D611B"/>
+    <w:rsid w:val="008E2AC7"/>
+    <w:rsid w:val="008E3D87"/>
+    <w:rsid w:val="008E475F"/>
+    <w:rsid w:val="008E7868"/>
+    <w:rsid w:val="008F0644"/>
+    <w:rsid w:val="008F16B8"/>
+    <w:rsid w:val="008F48F2"/>
+    <w:rsid w:val="008F5886"/>
+    <w:rsid w:val="008F5971"/>
+    <w:rsid w:val="008F6B54"/>
+    <w:rsid w:val="00901E6E"/>
+    <w:rsid w:val="009026CE"/>
+    <w:rsid w:val="00902B4B"/>
+    <w:rsid w:val="00902FD8"/>
+    <w:rsid w:val="0090517A"/>
+    <w:rsid w:val="00905469"/>
+    <w:rsid w:val="00905756"/>
+    <w:rsid w:val="009057B6"/>
+    <w:rsid w:val="009100F5"/>
+    <w:rsid w:val="0091174C"/>
+    <w:rsid w:val="00911B7A"/>
+    <w:rsid w:val="00911D23"/>
+    <w:rsid w:val="00916C62"/>
+    <w:rsid w:val="00917806"/>
+    <w:rsid w:val="0092436C"/>
+    <w:rsid w:val="009267A9"/>
+    <w:rsid w:val="009348FC"/>
+    <w:rsid w:val="00940BEC"/>
+    <w:rsid w:val="00942144"/>
+    <w:rsid w:val="0094226D"/>
+    <w:rsid w:val="00943C17"/>
+    <w:rsid w:val="00945BAD"/>
+    <w:rsid w:val="00946395"/>
+    <w:rsid w:val="009511FE"/>
+    <w:rsid w:val="00952A75"/>
+    <w:rsid w:val="00953AD3"/>
+    <w:rsid w:val="009566AD"/>
+    <w:rsid w:val="00963A98"/>
+    <w:rsid w:val="00964BB9"/>
+    <w:rsid w:val="009671E6"/>
+    <w:rsid w:val="00967B55"/>
+    <w:rsid w:val="00972443"/>
+    <w:rsid w:val="00975075"/>
+    <w:rsid w:val="009775C8"/>
+    <w:rsid w:val="009778C2"/>
+    <w:rsid w:val="0098058A"/>
+    <w:rsid w:val="00980806"/>
+    <w:rsid w:val="009808EC"/>
+    <w:rsid w:val="00993764"/>
+    <w:rsid w:val="0099419D"/>
+    <w:rsid w:val="00995DD8"/>
+    <w:rsid w:val="009A002F"/>
+    <w:rsid w:val="009A0629"/>
+    <w:rsid w:val="009A1781"/>
+    <w:rsid w:val="009A350C"/>
+    <w:rsid w:val="009A40E0"/>
+    <w:rsid w:val="009A4417"/>
+    <w:rsid w:val="009A5FA1"/>
+    <w:rsid w:val="009A6316"/>
+    <w:rsid w:val="009A752D"/>
+    <w:rsid w:val="009B0D1F"/>
+    <w:rsid w:val="009B164E"/>
+    <w:rsid w:val="009B35BB"/>
+    <w:rsid w:val="009B4441"/>
+    <w:rsid w:val="009B5BAF"/>
+    <w:rsid w:val="009C21E5"/>
+    <w:rsid w:val="009C2458"/>
+    <w:rsid w:val="009C4202"/>
+    <w:rsid w:val="009C4D60"/>
+    <w:rsid w:val="009D0188"/>
+    <w:rsid w:val="009D17DB"/>
+    <w:rsid w:val="009D1B5B"/>
+    <w:rsid w:val="009D1D77"/>
+    <w:rsid w:val="009D2EDD"/>
+    <w:rsid w:val="009D3D62"/>
+    <w:rsid w:val="009E0ADF"/>
+    <w:rsid w:val="009E0F45"/>
+    <w:rsid w:val="009E1369"/>
+    <w:rsid w:val="009E45B7"/>
+    <w:rsid w:val="009F22E2"/>
+    <w:rsid w:val="009F2B9D"/>
+    <w:rsid w:val="009F3BB5"/>
+    <w:rsid w:val="009F6422"/>
+    <w:rsid w:val="009F7A60"/>
+    <w:rsid w:val="00A00D3C"/>
+    <w:rsid w:val="00A00F0B"/>
+    <w:rsid w:val="00A0225F"/>
+    <w:rsid w:val="00A02496"/>
+    <w:rsid w:val="00A042BE"/>
+    <w:rsid w:val="00A06D5E"/>
+    <w:rsid w:val="00A07AB7"/>
+    <w:rsid w:val="00A11A95"/>
+    <w:rsid w:val="00A11F75"/>
+    <w:rsid w:val="00A14229"/>
+    <w:rsid w:val="00A164D4"/>
+    <w:rsid w:val="00A16945"/>
+    <w:rsid w:val="00A17991"/>
+    <w:rsid w:val="00A21C47"/>
+    <w:rsid w:val="00A26713"/>
+    <w:rsid w:val="00A27D8E"/>
+    <w:rsid w:val="00A329F3"/>
+    <w:rsid w:val="00A33C37"/>
+    <w:rsid w:val="00A35866"/>
+    <w:rsid w:val="00A3624B"/>
+    <w:rsid w:val="00A366BD"/>
+    <w:rsid w:val="00A40109"/>
+    <w:rsid w:val="00A41D75"/>
+    <w:rsid w:val="00A41D9A"/>
+    <w:rsid w:val="00A462FA"/>
+    <w:rsid w:val="00A46943"/>
+    <w:rsid w:val="00A548FF"/>
+    <w:rsid w:val="00A549AB"/>
+    <w:rsid w:val="00A558E0"/>
+    <w:rsid w:val="00A55F4F"/>
+    <w:rsid w:val="00A600DB"/>
+    <w:rsid w:val="00A6097F"/>
+    <w:rsid w:val="00A6490A"/>
+    <w:rsid w:val="00A65CD5"/>
+    <w:rsid w:val="00A66786"/>
+    <w:rsid w:val="00A731DF"/>
+    <w:rsid w:val="00A738CE"/>
+    <w:rsid w:val="00A758E9"/>
+    <w:rsid w:val="00A7735D"/>
+    <w:rsid w:val="00A7763E"/>
+    <w:rsid w:val="00A77A9F"/>
+    <w:rsid w:val="00A77D27"/>
+    <w:rsid w:val="00A8085C"/>
+    <w:rsid w:val="00A816FB"/>
+    <w:rsid w:val="00A81D26"/>
+    <w:rsid w:val="00A82A6F"/>
+    <w:rsid w:val="00A83541"/>
+    <w:rsid w:val="00A863D4"/>
+    <w:rsid w:val="00A86842"/>
+    <w:rsid w:val="00A87246"/>
+    <w:rsid w:val="00A90CE6"/>
+    <w:rsid w:val="00A90FFE"/>
+    <w:rsid w:val="00A91340"/>
+    <w:rsid w:val="00A915A2"/>
+    <w:rsid w:val="00A918C0"/>
+    <w:rsid w:val="00A92AC7"/>
+    <w:rsid w:val="00A9403B"/>
+    <w:rsid w:val="00A97CE3"/>
+    <w:rsid w:val="00AA27B6"/>
+    <w:rsid w:val="00AA47A0"/>
+    <w:rsid w:val="00AA4F90"/>
+    <w:rsid w:val="00AA7027"/>
+    <w:rsid w:val="00AB0B4B"/>
+    <w:rsid w:val="00AB1D59"/>
+    <w:rsid w:val="00AB3446"/>
+    <w:rsid w:val="00AB389A"/>
+    <w:rsid w:val="00AB50A7"/>
+    <w:rsid w:val="00AB69BB"/>
+    <w:rsid w:val="00AC0730"/>
+    <w:rsid w:val="00AC207C"/>
+    <w:rsid w:val="00AC2764"/>
+    <w:rsid w:val="00AC3CCD"/>
+    <w:rsid w:val="00AC6F2D"/>
+    <w:rsid w:val="00AC75C2"/>
+    <w:rsid w:val="00AD0307"/>
+    <w:rsid w:val="00AD11BB"/>
+    <w:rsid w:val="00AD2E5C"/>
+    <w:rsid w:val="00AD51DA"/>
+    <w:rsid w:val="00AD741D"/>
+    <w:rsid w:val="00AE023A"/>
+    <w:rsid w:val="00AE13E5"/>
+    <w:rsid w:val="00AE2418"/>
+    <w:rsid w:val="00AE3E2A"/>
+    <w:rsid w:val="00AF2699"/>
+    <w:rsid w:val="00B00098"/>
+    <w:rsid w:val="00B01AFD"/>
+    <w:rsid w:val="00B04126"/>
+    <w:rsid w:val="00B05AD7"/>
+    <w:rsid w:val="00B06AB8"/>
+    <w:rsid w:val="00B103F8"/>
+    <w:rsid w:val="00B115BB"/>
+    <w:rsid w:val="00B15923"/>
+    <w:rsid w:val="00B15BD9"/>
+    <w:rsid w:val="00B167A8"/>
+    <w:rsid w:val="00B17024"/>
+    <w:rsid w:val="00B17309"/>
+    <w:rsid w:val="00B20836"/>
+    <w:rsid w:val="00B226DC"/>
+    <w:rsid w:val="00B23007"/>
+    <w:rsid w:val="00B26259"/>
+    <w:rsid w:val="00B27DBD"/>
+    <w:rsid w:val="00B3143E"/>
+    <w:rsid w:val="00B327AC"/>
+    <w:rsid w:val="00B33311"/>
+    <w:rsid w:val="00B34AC3"/>
+    <w:rsid w:val="00B407E1"/>
+    <w:rsid w:val="00B427B0"/>
+    <w:rsid w:val="00B43F5D"/>
+    <w:rsid w:val="00B44A13"/>
+    <w:rsid w:val="00B44ECA"/>
+    <w:rsid w:val="00B455C1"/>
+    <w:rsid w:val="00B45961"/>
+    <w:rsid w:val="00B46167"/>
+    <w:rsid w:val="00B50539"/>
+    <w:rsid w:val="00B50EA9"/>
+    <w:rsid w:val="00B51317"/>
+    <w:rsid w:val="00B577D7"/>
+    <w:rsid w:val="00B57F34"/>
+    <w:rsid w:val="00B60A7F"/>
+    <w:rsid w:val="00B62127"/>
+    <w:rsid w:val="00B6226A"/>
+    <w:rsid w:val="00B67BA6"/>
+    <w:rsid w:val="00B72849"/>
+    <w:rsid w:val="00B739E8"/>
+    <w:rsid w:val="00B73DE7"/>
+    <w:rsid w:val="00B757F5"/>
+    <w:rsid w:val="00B8051A"/>
+    <w:rsid w:val="00B82E4C"/>
+    <w:rsid w:val="00B86616"/>
+    <w:rsid w:val="00B914CB"/>
+    <w:rsid w:val="00B91529"/>
+    <w:rsid w:val="00B931C6"/>
+    <w:rsid w:val="00B93DE3"/>
+    <w:rsid w:val="00B968EA"/>
+    <w:rsid w:val="00B976EF"/>
+    <w:rsid w:val="00B97F87"/>
+    <w:rsid w:val="00BA0EE2"/>
+    <w:rsid w:val="00BA45B1"/>
+    <w:rsid w:val="00BA5568"/>
+    <w:rsid w:val="00BA59D7"/>
+    <w:rsid w:val="00BA5ABD"/>
+    <w:rsid w:val="00BA6335"/>
+    <w:rsid w:val="00BA6C13"/>
+    <w:rsid w:val="00BB6525"/>
+    <w:rsid w:val="00BC1EC3"/>
+    <w:rsid w:val="00BC5097"/>
+    <w:rsid w:val="00BC5DFB"/>
+    <w:rsid w:val="00BC78BC"/>
+    <w:rsid w:val="00BD252D"/>
+    <w:rsid w:val="00BD4AB3"/>
+    <w:rsid w:val="00BD523F"/>
+    <w:rsid w:val="00BD67D8"/>
+    <w:rsid w:val="00BD6A95"/>
+    <w:rsid w:val="00BD78F7"/>
+    <w:rsid w:val="00BE0E15"/>
+    <w:rsid w:val="00BE2220"/>
+    <w:rsid w:val="00BE256B"/>
+    <w:rsid w:val="00BE38AB"/>
+    <w:rsid w:val="00BE45A5"/>
+    <w:rsid w:val="00BE4F69"/>
+    <w:rsid w:val="00BE7620"/>
+    <w:rsid w:val="00BF751E"/>
+    <w:rsid w:val="00BF754B"/>
+    <w:rsid w:val="00C00B9B"/>
+    <w:rsid w:val="00C01CB1"/>
+    <w:rsid w:val="00C02861"/>
+    <w:rsid w:val="00C04013"/>
+    <w:rsid w:val="00C051EF"/>
+    <w:rsid w:val="00C06447"/>
+    <w:rsid w:val="00C074A3"/>
+    <w:rsid w:val="00C07CB9"/>
+    <w:rsid w:val="00C07D7B"/>
+    <w:rsid w:val="00C10257"/>
+    <w:rsid w:val="00C11259"/>
+    <w:rsid w:val="00C17FCE"/>
+    <w:rsid w:val="00C22E74"/>
+    <w:rsid w:val="00C2307D"/>
+    <w:rsid w:val="00C23539"/>
+    <w:rsid w:val="00C24215"/>
+    <w:rsid w:val="00C256D7"/>
+    <w:rsid w:val="00C26A47"/>
+    <w:rsid w:val="00C30795"/>
+    <w:rsid w:val="00C32C7F"/>
+    <w:rsid w:val="00C36CCA"/>
+    <w:rsid w:val="00C37522"/>
+    <w:rsid w:val="00C417CE"/>
+    <w:rsid w:val="00C41803"/>
+    <w:rsid w:val="00C42E09"/>
+    <w:rsid w:val="00C4549E"/>
+    <w:rsid w:val="00C46AC8"/>
+    <w:rsid w:val="00C51C20"/>
+    <w:rsid w:val="00C54F5A"/>
+    <w:rsid w:val="00C55FB4"/>
+    <w:rsid w:val="00C56A96"/>
+    <w:rsid w:val="00C56F32"/>
+    <w:rsid w:val="00C57AD6"/>
+    <w:rsid w:val="00C601D1"/>
+    <w:rsid w:val="00C64FAE"/>
+    <w:rsid w:val="00C6555A"/>
+    <w:rsid w:val="00C65936"/>
+    <w:rsid w:val="00C664EE"/>
+    <w:rsid w:val="00C670C1"/>
+    <w:rsid w:val="00C67398"/>
+    <w:rsid w:val="00C67A07"/>
+    <w:rsid w:val="00C70CBD"/>
+    <w:rsid w:val="00C7349A"/>
+    <w:rsid w:val="00C81D30"/>
+    <w:rsid w:val="00C82726"/>
+    <w:rsid w:val="00C835A3"/>
+    <w:rsid w:val="00C8364B"/>
+    <w:rsid w:val="00C843C0"/>
+    <w:rsid w:val="00C8561B"/>
+    <w:rsid w:val="00C86E40"/>
+    <w:rsid w:val="00C87C66"/>
+    <w:rsid w:val="00C946F0"/>
+    <w:rsid w:val="00C950AA"/>
+    <w:rsid w:val="00CA0764"/>
+    <w:rsid w:val="00CA1B5B"/>
+    <w:rsid w:val="00CA1F54"/>
+    <w:rsid w:val="00CA473E"/>
+    <w:rsid w:val="00CA5A14"/>
+    <w:rsid w:val="00CB5049"/>
+    <w:rsid w:val="00CB65A0"/>
+    <w:rsid w:val="00CB7136"/>
+    <w:rsid w:val="00CC0454"/>
+    <w:rsid w:val="00CC0BF0"/>
+    <w:rsid w:val="00CC333B"/>
+    <w:rsid w:val="00CC54E7"/>
+    <w:rsid w:val="00CC5FC1"/>
+    <w:rsid w:val="00CD1C0A"/>
+    <w:rsid w:val="00CD4979"/>
+    <w:rsid w:val="00CD5C77"/>
+    <w:rsid w:val="00CD64D7"/>
+    <w:rsid w:val="00CE0ADE"/>
+    <w:rsid w:val="00CE0B71"/>
+    <w:rsid w:val="00CE1BCC"/>
+    <w:rsid w:val="00CE2056"/>
+    <w:rsid w:val="00CE29BD"/>
+    <w:rsid w:val="00CE38AF"/>
+    <w:rsid w:val="00CE42AE"/>
+    <w:rsid w:val="00CE5150"/>
+    <w:rsid w:val="00CE5980"/>
+    <w:rsid w:val="00CE5A07"/>
+    <w:rsid w:val="00CE6F7E"/>
+    <w:rsid w:val="00CE78C9"/>
+    <w:rsid w:val="00CF0CFD"/>
+    <w:rsid w:val="00CF23EB"/>
+    <w:rsid w:val="00CF37DF"/>
+    <w:rsid w:val="00CF3958"/>
+    <w:rsid w:val="00CF6450"/>
+    <w:rsid w:val="00CF6F9D"/>
+    <w:rsid w:val="00CF7FF3"/>
+    <w:rsid w:val="00D025F1"/>
+    <w:rsid w:val="00D02B12"/>
+    <w:rsid w:val="00D05014"/>
+    <w:rsid w:val="00D11589"/>
+    <w:rsid w:val="00D1251B"/>
+    <w:rsid w:val="00D1404D"/>
+    <w:rsid w:val="00D1781A"/>
+    <w:rsid w:val="00D231D8"/>
+    <w:rsid w:val="00D234F4"/>
+    <w:rsid w:val="00D24B80"/>
+    <w:rsid w:val="00D24D32"/>
+    <w:rsid w:val="00D27349"/>
+    <w:rsid w:val="00D30A8A"/>
+    <w:rsid w:val="00D310A7"/>
+    <w:rsid w:val="00D317B9"/>
+    <w:rsid w:val="00D33C86"/>
+    <w:rsid w:val="00D3571A"/>
+    <w:rsid w:val="00D35816"/>
+    <w:rsid w:val="00D40596"/>
+    <w:rsid w:val="00D418D0"/>
+    <w:rsid w:val="00D41E70"/>
+    <w:rsid w:val="00D453E6"/>
+    <w:rsid w:val="00D465F7"/>
+    <w:rsid w:val="00D46A20"/>
+    <w:rsid w:val="00D47217"/>
+    <w:rsid w:val="00D51767"/>
+    <w:rsid w:val="00D51CF3"/>
+    <w:rsid w:val="00D558B3"/>
+    <w:rsid w:val="00D60150"/>
+    <w:rsid w:val="00D60D33"/>
+    <w:rsid w:val="00D60D38"/>
+    <w:rsid w:val="00D6115C"/>
+    <w:rsid w:val="00D62634"/>
+    <w:rsid w:val="00D629F6"/>
+    <w:rsid w:val="00D62AB3"/>
+    <w:rsid w:val="00D6332F"/>
+    <w:rsid w:val="00D652C9"/>
+    <w:rsid w:val="00D65BA5"/>
+    <w:rsid w:val="00D70290"/>
+    <w:rsid w:val="00D71B6E"/>
+    <w:rsid w:val="00D728D4"/>
+    <w:rsid w:val="00D73FBC"/>
+    <w:rsid w:val="00D809ED"/>
+    <w:rsid w:val="00D81A18"/>
+    <w:rsid w:val="00D836A5"/>
+    <w:rsid w:val="00D85237"/>
+    <w:rsid w:val="00D873B9"/>
+    <w:rsid w:val="00D940F1"/>
+    <w:rsid w:val="00D94F46"/>
+    <w:rsid w:val="00D95784"/>
+    <w:rsid w:val="00D95FC0"/>
+    <w:rsid w:val="00D967CB"/>
+    <w:rsid w:val="00DA04D9"/>
+    <w:rsid w:val="00DA21AB"/>
+    <w:rsid w:val="00DA4DEB"/>
+    <w:rsid w:val="00DA78AA"/>
+    <w:rsid w:val="00DB20ED"/>
+    <w:rsid w:val="00DB41A4"/>
+    <w:rsid w:val="00DB48CD"/>
+    <w:rsid w:val="00DB678F"/>
+    <w:rsid w:val="00DB6ED2"/>
+    <w:rsid w:val="00DB77B9"/>
+    <w:rsid w:val="00DC13FA"/>
+    <w:rsid w:val="00DC169A"/>
+    <w:rsid w:val="00DC1A27"/>
+    <w:rsid w:val="00DC34C6"/>
+    <w:rsid w:val="00DC7C24"/>
+    <w:rsid w:val="00DC7F3E"/>
+    <w:rsid w:val="00DD3847"/>
+    <w:rsid w:val="00DD48E6"/>
+    <w:rsid w:val="00DD4BB5"/>
+    <w:rsid w:val="00DD5753"/>
+    <w:rsid w:val="00DD5F9B"/>
+    <w:rsid w:val="00DD6915"/>
+    <w:rsid w:val="00DD6AA5"/>
+    <w:rsid w:val="00DD7B74"/>
+    <w:rsid w:val="00DE0539"/>
+    <w:rsid w:val="00DE0B3B"/>
+    <w:rsid w:val="00DE1F72"/>
+    <w:rsid w:val="00DE3D5F"/>
+    <w:rsid w:val="00DE4757"/>
+    <w:rsid w:val="00DE53C7"/>
+    <w:rsid w:val="00DE715E"/>
+    <w:rsid w:val="00DF4173"/>
+    <w:rsid w:val="00DF4B00"/>
+    <w:rsid w:val="00DF6B72"/>
+    <w:rsid w:val="00E00315"/>
+    <w:rsid w:val="00E01206"/>
+    <w:rsid w:val="00E01A5D"/>
+    <w:rsid w:val="00E05F7A"/>
+    <w:rsid w:val="00E07CE5"/>
+    <w:rsid w:val="00E13671"/>
+    <w:rsid w:val="00E137C0"/>
+    <w:rsid w:val="00E137F5"/>
+    <w:rsid w:val="00E13A35"/>
+    <w:rsid w:val="00E13C97"/>
+    <w:rsid w:val="00E157AE"/>
+    <w:rsid w:val="00E15870"/>
+    <w:rsid w:val="00E177E8"/>
+    <w:rsid w:val="00E203A7"/>
+    <w:rsid w:val="00E22E71"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rsid w:val="00E24D6A"/>
+    <w:rsid w:val="00E25FCB"/>
+    <w:rsid w:val="00E268D8"/>
+    <w:rsid w:val="00E32C4A"/>
+    <w:rsid w:val="00E362A9"/>
+    <w:rsid w:val="00E36E01"/>
+    <w:rsid w:val="00E408BE"/>
+    <w:rsid w:val="00E44DB4"/>
+    <w:rsid w:val="00E46F4D"/>
+    <w:rsid w:val="00E4721E"/>
+    <w:rsid w:val="00E5236D"/>
+    <w:rsid w:val="00E54361"/>
+    <w:rsid w:val="00E56C06"/>
+    <w:rsid w:val="00E6277B"/>
+    <w:rsid w:val="00E63755"/>
+    <w:rsid w:val="00E63C92"/>
+    <w:rsid w:val="00E6402C"/>
+    <w:rsid w:val="00E64FC2"/>
+    <w:rsid w:val="00E67134"/>
+    <w:rsid w:val="00E70891"/>
+    <w:rsid w:val="00E71873"/>
+    <w:rsid w:val="00E76016"/>
+    <w:rsid w:val="00E81892"/>
+    <w:rsid w:val="00E84B05"/>
+    <w:rsid w:val="00E864D8"/>
+    <w:rsid w:val="00E8697C"/>
+    <w:rsid w:val="00E90147"/>
+    <w:rsid w:val="00E91D9F"/>
+    <w:rsid w:val="00E93501"/>
+    <w:rsid w:val="00E96540"/>
+    <w:rsid w:val="00EA1F4A"/>
+    <w:rsid w:val="00EA210B"/>
+    <w:rsid w:val="00EA329E"/>
+    <w:rsid w:val="00EA340E"/>
+    <w:rsid w:val="00EA4F1B"/>
+    <w:rsid w:val="00EA4F5D"/>
+    <w:rsid w:val="00EA5C4F"/>
+    <w:rsid w:val="00EA6AAB"/>
+    <w:rsid w:val="00EB0718"/>
+    <w:rsid w:val="00EB4A6F"/>
+    <w:rsid w:val="00EB56E0"/>
+    <w:rsid w:val="00EB5A1F"/>
+    <w:rsid w:val="00EC4A41"/>
+    <w:rsid w:val="00EC4B6E"/>
+    <w:rsid w:val="00EC4C44"/>
+    <w:rsid w:val="00EC5EBB"/>
+    <w:rsid w:val="00ED1296"/>
+    <w:rsid w:val="00ED13BC"/>
+    <w:rsid w:val="00ED17FE"/>
+    <w:rsid w:val="00ED19E6"/>
+    <w:rsid w:val="00ED48E8"/>
+    <w:rsid w:val="00ED50A9"/>
+    <w:rsid w:val="00EE163C"/>
+    <w:rsid w:val="00EE196E"/>
+    <w:rsid w:val="00EE2525"/>
+    <w:rsid w:val="00EE42A6"/>
+    <w:rsid w:val="00EE4FA1"/>
+    <w:rsid w:val="00EE629B"/>
+    <w:rsid w:val="00EF03FA"/>
+    <w:rsid w:val="00EF1535"/>
+    <w:rsid w:val="00EF2BAE"/>
+    <w:rsid w:val="00EF3592"/>
+    <w:rsid w:val="00EF4AC9"/>
+    <w:rsid w:val="00EF6B51"/>
+    <w:rsid w:val="00EF725B"/>
+    <w:rsid w:val="00EF7DBA"/>
+    <w:rsid w:val="00F005DD"/>
+    <w:rsid w:val="00F02034"/>
+    <w:rsid w:val="00F021D5"/>
+    <w:rsid w:val="00F0267D"/>
+    <w:rsid w:val="00F03712"/>
+    <w:rsid w:val="00F076D1"/>
+    <w:rsid w:val="00F10AF0"/>
+    <w:rsid w:val="00F11146"/>
+    <w:rsid w:val="00F125C6"/>
+    <w:rsid w:val="00F12684"/>
+    <w:rsid w:val="00F12BBF"/>
+    <w:rsid w:val="00F1413E"/>
+    <w:rsid w:val="00F15C40"/>
+    <w:rsid w:val="00F1662E"/>
+    <w:rsid w:val="00F2027E"/>
+    <w:rsid w:val="00F22A64"/>
+    <w:rsid w:val="00F22FF9"/>
+    <w:rsid w:val="00F2492C"/>
+    <w:rsid w:val="00F25774"/>
+    <w:rsid w:val="00F2661F"/>
+    <w:rsid w:val="00F31517"/>
+    <w:rsid w:val="00F33997"/>
+    <w:rsid w:val="00F35121"/>
+    <w:rsid w:val="00F378B8"/>
+    <w:rsid w:val="00F4028C"/>
+    <w:rsid w:val="00F40EEE"/>
+    <w:rsid w:val="00F43468"/>
+    <w:rsid w:val="00F43E2F"/>
+    <w:rsid w:val="00F447BE"/>
+    <w:rsid w:val="00F44A6E"/>
+    <w:rsid w:val="00F44E71"/>
+    <w:rsid w:val="00F458E7"/>
+    <w:rsid w:val="00F45C0B"/>
+    <w:rsid w:val="00F46AED"/>
+    <w:rsid w:val="00F46F5A"/>
+    <w:rsid w:val="00F5000F"/>
+    <w:rsid w:val="00F503EF"/>
+    <w:rsid w:val="00F50A65"/>
+    <w:rsid w:val="00F524A9"/>
+    <w:rsid w:val="00F54802"/>
+    <w:rsid w:val="00F5661E"/>
+    <w:rsid w:val="00F56E55"/>
+    <w:rsid w:val="00F62590"/>
+    <w:rsid w:val="00F63842"/>
+    <w:rsid w:val="00F638E8"/>
+    <w:rsid w:val="00F63CD4"/>
+    <w:rsid w:val="00F66580"/>
+    <w:rsid w:val="00F66A85"/>
+    <w:rsid w:val="00F708A7"/>
+    <w:rsid w:val="00F72741"/>
+    <w:rsid w:val="00F76A70"/>
+    <w:rsid w:val="00F771E2"/>
+    <w:rsid w:val="00F8102F"/>
+    <w:rsid w:val="00F82E5A"/>
+    <w:rsid w:val="00F83456"/>
+    <w:rsid w:val="00F84332"/>
+    <w:rsid w:val="00F84D8A"/>
+    <w:rsid w:val="00F930D4"/>
+    <w:rsid w:val="00F95CCD"/>
+    <w:rsid w:val="00F95F7D"/>
+    <w:rsid w:val="00F971DF"/>
+    <w:rsid w:val="00F97277"/>
+    <w:rsid w:val="00FA0499"/>
+    <w:rsid w:val="00FA1095"/>
+    <w:rsid w:val="00FA16BB"/>
+    <w:rsid w:val="00FA45F8"/>
+    <w:rsid w:val="00FA7321"/>
+    <w:rsid w:val="00FB0B91"/>
+    <w:rsid w:val="00FB1C72"/>
+    <w:rsid w:val="00FB2D5A"/>
+    <w:rsid w:val="00FB2DF8"/>
+    <w:rsid w:val="00FB42E1"/>
+    <w:rsid w:val="00FB48D1"/>
+    <w:rsid w:val="00FB4DAD"/>
+    <w:rsid w:val="00FB54ED"/>
+    <w:rsid w:val="00FB712C"/>
+    <w:rsid w:val="00FC07B9"/>
+    <w:rsid w:val="00FC6014"/>
+    <w:rsid w:val="00FC783E"/>
+    <w:rsid w:val="00FD106D"/>
+    <w:rsid w:val="00FD1445"/>
+    <w:rsid w:val="00FD2985"/>
+    <w:rsid w:val="00FD2CE8"/>
+    <w:rsid w:val="00FD6808"/>
+    <w:rsid w:val="00FE3A7D"/>
+    <w:rsid w:val="00FE4686"/>
+    <w:rsid w:val="00FE4D4E"/>
+    <w:rsid w:val="00FE7E21"/>
+    <w:rsid w:val="00FF0B21"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -24415,185 +37273,747 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00072886"/>
+    <w:rsid w:val="00732656"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:rsid w:val="00452ACF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="80"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="666666"/>
+      <w:lang w:val="ru" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:rsid w:val="00452ACF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="80"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:lang w:val="ru" w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF6B72"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF6B72"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:locked/>
+    <w:rsid w:val="00DF6B72"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF6B72"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00DF6B72"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00BC1EC3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web)1,Знак Знак31,Обычный (Web),Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Знак,Знак4 Зна,Обычный (веб)1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00072886"/>
+    <w:rsid w:val="00BC1EC3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00072886"/>
+    <w:rsid w:val="00BC1EC3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00072886"/>
+    <w:rsid w:val="00BC1EC3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC1EC3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BC1EC3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004B77F0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004B77F0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="af2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af5">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00DF4B00"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:rsid w:val="00452ACF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:rsid w:val="00452ACF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:rsid w:val="00452ACF"/>
+    <w:pPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru" w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af7">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F5661E"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af8">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F5661E"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F5661E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j15">
+    <w:name w:val="j15"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A17991"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF725B"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
     <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00072886"/>
+    <w:rsid w:val="00752111"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -24665,149 +38085,1734 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00072886"/>
+    <w:rsid w:val="00732656"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:rsid w:val="00452ACF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="80"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="666666"/>
+      <w:lang w:val="ru" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:rsid w:val="00452ACF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="80"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:lang w:val="ru" w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF6B72"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF6B72"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:locked/>
+    <w:rsid w:val="00DF6B72"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF6B72"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00DF6B72"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00BC1EC3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web)1,Знак Знак31,Обычный (Web),Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Знак,Знак4 Зна,Обычный (веб)1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00072886"/>
+    <w:rsid w:val="00BC1EC3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00072886"/>
+    <w:rsid w:val="00BC1EC3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00072886"/>
+    <w:rsid w:val="00BC1EC3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC1EC3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BC1EC3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004B77F0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004B77F0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="af2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af5">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="00E2389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00DF4B00"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:rsid w:val="00452ACF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:rsid w:val="00452ACF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:rsid w:val="00452ACF"/>
+    <w:pPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru" w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af7">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F5661E"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af8">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F5661E"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F5661E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j15">
+    <w:name w:val="j15"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A17991"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF725B"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
     <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00072886"/>
+    <w:rsid w:val="00752111"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="18044958">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="28341589">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="94520084">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="153958554">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="173422749">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="197817234">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="199167267">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="283922341">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="286013420">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="288325141">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="288556525">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="292175593">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="393167986">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="397828356">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="427429640">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="458884879">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="470172544">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="470514375">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="497497903">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="522091575">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="527564805">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="541526881">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="570042588">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="593518541">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="599605480">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="669598659">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="669716494">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="673070877">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="673924515">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="718700239">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="739717024">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="779495715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="792865598">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="844133828">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="848104016">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="869032594">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="871108680">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="889608654">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="890773670">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="954825942">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1053426034">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1101609291">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1112898991">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1116875172">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1133668798">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1153836367">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199245846">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1277711313">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1403333359">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1404141412">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1492867685">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1506555656">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1511799510">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1514105272">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1518735624">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1566525856">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1589148602">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1599630538">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1613127299">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1620183831">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1638366511">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1639728712">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1641230542">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1695694892">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1757901657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1761029257">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1761607833">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1771969944">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1782260468">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1793936618">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1794862991">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1859193264">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1873035090">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1930657498">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2058510739">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2083142914">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2092658545">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2130587685">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kzref.org/sanitariya-i-gigiena-ribopererabativayushih-predpriyatij-vladi.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kzref.org/jestkoste-vodi.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kzref.org/sanitariya-i-gigiena-ribopererabativayushih-predpriyatij-vladi.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -25051,70 +40056,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0FF879B-A5CF-4C95-A46D-EC942BFD191D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>12500</Characters>
+  <Pages>10</Pages>
+  <Words>2124</Words>
+  <Characters>12108</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>100</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14663</CharactersWithSpaces>
+  <CharactersWithSpaces>14204</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Алия Абельдинова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>