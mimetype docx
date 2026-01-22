--- v0 (2025-11-30)
+++ v1 (2026-01-22)
@@ -1,3189 +1,4191 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00882C3D" w:rsidRPr="008D5E59" w:rsidRDefault="006265B6" w:rsidP="009369C3">
-      <w:pPr>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="00BC50CF" w:rsidRDefault="00580591" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЖОБА</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>ПРОЕКТ</w:t>
+      </w:r>
+      <w:r w:rsidR="0059734D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00217982" w:rsidRDefault="00217982" w:rsidP="00217982">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="00F561E5" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="00F561E5" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="00F561E5" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="00F561E5" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="00F561E5" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="00F561E5" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="00F561E5" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00217982" w:rsidRDefault="00217982" w:rsidP="00217982">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00297700" w:rsidRPr="00297700" w:rsidRDefault="00297700" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00217982" w:rsidRDefault="00217982" w:rsidP="00217982">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="001E6CEC" w:rsidRDefault="00436280" w:rsidP="00760B1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3686"/>
+          <w:tab w:val="left" w:pos="4678"/>
+          <w:tab w:val="left" w:pos="4962"/>
+        </w:tabs>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об утверждении </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00436280" w:rsidP="00760B1D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3686"/>
+          <w:tab w:val="left" w:pos="4678"/>
+          <w:tab w:val="left" w:pos="4962"/>
+        </w:tabs>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480DE7" w:rsidRDefault="00436280" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образовательного заказа</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD490C" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00011A7D" w:rsidRPr="00340277" w:rsidRDefault="00CD490C" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на среднее образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F25294" w:rsidRPr="00340277" w:rsidRDefault="00F25294" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00436280" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD490C" w:rsidRPr="00340277" w:rsidRDefault="00436280" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии со статьей 37 Закона Республики Казахстан от 23 января 2001 года «О местном государственном управлении и самоуправлении                         в Республике Казахстан», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>подпунктом 7-</w:t>
+      </w:r>
+      <w:r w:rsidR="00545B26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>) пункта  3 статьи 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, пункт</w:t>
+      </w:r>
+      <w:r w:rsidR="00D123EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-2,                            6-1 статьи 62 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 27 июл</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я 2007 года                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Об образовании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00340277" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00340277" w:rsidRPr="00340277">
         <w:rPr>
           <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B0D40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD64CA" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>главой 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD64CA">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00340277" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00340277" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 29 января 2016 года № 122 «Об утверждении Правил размещения государственного образовательного заказа на подгот</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2ECA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овку специалистов с техническим</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14C8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00340277" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и профессиональным, послесредним, высшим и послевузовским образованием с учетом потребностей рынка труда, на подготовительные отделения высших учебных заведений, а также на дошкольное воспитание и обучение» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13418)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F62D8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC580B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC580B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Караганды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00635C99" w:rsidRPr="00AD64CA" w:rsidRDefault="00635C99" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить государственный образовательный заказ на </w:t>
+      </w:r>
+      <w:r w:rsidR="00011A7D" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>средне</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD490C" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00011A7D" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовани</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD490C" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00AD64CA">
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>приложению</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00472DB8" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F355A3" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidR="00472DB8" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>настояще</w:t>
+      </w:r>
+      <w:r w:rsidR="00F355A3" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>му</w:t>
+      </w:r>
+      <w:r w:rsidR="00472DB8" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постановлени</w:t>
+      </w:r>
+      <w:r w:rsidR="00F355A3" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00CD490C" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00635C99" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E7F44" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C37731">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Руководителю г</w:t>
+      </w:r>
+      <w:r w:rsidR="00436280" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственного учреждения «</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37731">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отдел</w:t>
+      </w:r>
+      <w:r w:rsidR="00436280" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования города </w:t>
+      </w:r>
+      <w:r w:rsidR="00C37731">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Караганды</w:t>
+      </w:r>
+      <w:r w:rsidR="00436280" w:rsidRPr="00AD64CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» в установленном законодательством Республики</w:t>
+      </w:r>
+      <w:r w:rsidR="00436280" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00436280" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего постановления в территориальном органе юстиции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00970F55" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00436280" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) в течение десяти календарных дней после государственной регистрации настоящего пост</w:t>
+      </w:r>
+      <w:r w:rsidR="00D639C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ановления направление его на официальное опубликование</w:t>
+      </w:r>
+      <w:r w:rsidR="00436280" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00F46A88" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00436280" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) размещение настоящего постановления на интерн</w:t>
+      </w:r>
+      <w:r w:rsidR="0027551C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ет-ресурсе акимата города Караганды</w:t>
+      </w:r>
+      <w:r w:rsidR="00436280" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00F46A88" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00436280" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принятие иных мер вытекающих из настоящего постановления</w:t>
+      </w:r>
+      <w:r w:rsidR="00436280" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00436280" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005F0B8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Контроль за исполнением настоящего постановления возложить на заместителя акима города </w:t>
+      </w:r>
+      <w:r w:rsidR="0027551C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Караганды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0027551C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Любарскую И.Ю.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="005F0B8B" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00436280" w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00436280" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00436280" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00436280" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">Аким города </w:t>
+      </w:r>
+      <w:r w:rsidR="0027551C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Караганды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="0027551C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">                        Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00924EE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0027551C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Аубакиров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00436280" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00436280" w:rsidRPr="00340277" w:rsidRDefault="00436280" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="00340277" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...711 lines deleted...]
-        <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRPr="0069151A" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0069151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRPr="00E932B1" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E932B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к постановлению акимата      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRPr="00E932B1" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E932B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>Караганды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E932B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRPr="00E932B1" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «__» ________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E932B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E932B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRPr="00E932B1" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E932B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRPr="00E932B1" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5910"/>
+          <w:tab w:val="left" w:pos="5985"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E932B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5910"/>
+          <w:tab w:val="left" w:pos="5985"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRPr="000B76C7" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қарағанды</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B76C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B76C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осударственный образовательный заказ на среднее образование </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRPr="00E932B1" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...571 lines deleted...]
-        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4971" w:type="pct"/>
-        <w:tblInd w:w="62" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="577"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="587"/>
+        <w:gridCol w:w="3946"/>
+        <w:gridCol w:w="2098"/>
+        <w:gridCol w:w="1010"/>
+        <w:gridCol w:w="1155"/>
+        <w:gridCol w:w="1006"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00517E90" w:rsidRPr="00CD52F8" w:rsidTr="00CE2D81">
+      <w:tr w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidTr="0001199E">
         <w:trPr>
           <w:trHeight w:val="1965"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="296" w:type="pct"/>
+            <w:tcW w:w="300" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00340277" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8055"/>
               </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008453E4">
+            <w:r w:rsidRPr="00340277">
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Р/с №</w:t>
+              <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="pct"/>
+            <w:tcW w:w="2013" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00175F8C" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="8055"/>
+              </w:tabs>
+              <w:ind w:firstLine="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Орта білім беру ұйымының </w:t>
+              <w:t>Вид</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00340277">
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>түрі</w:t>
+              <w:t xml:space="preserve"> организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00340277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="pct"/>
+            <w:tcW w:w="1070" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00CD52F8" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="8055"/>
+              </w:tabs>
+              <w:ind w:hanging="73"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD52F8">
+            <w:r w:rsidRPr="00340277">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру тапсырысы (орындар саны)</w:t>
+              <w:t>Государ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ственный образовательный заказ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="8055"/>
+              </w:tabs>
+              <w:ind w:hanging="73"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00340277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>количество мест</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00340277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1999" w:type="pct"/>
+            <w:tcW w:w="1617" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00CD52F8" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="8055"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00340277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя стоимость </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">расходов на  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00340277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">одного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00340277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00CD52F8">
+              <w:t>уч</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бір оқушыға жұмсалатын шығыстардың орташа құнының бір айдағы мөлшері (теңге)</w:t>
+              <w:t>ащегося</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00340277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в месяц </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00340277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517E90" w:rsidRPr="00340277" w:rsidTr="00CE2D81">
+      <w:tr w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidTr="0001199E">
         <w:trPr>
           <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="296" w:type="pct"/>
+            <w:tcW w:w="300" w:type="pct"/>
             <w:vMerge/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00CD52F8" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8055"/>
               </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2013" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="8055"/>
+              </w:tabs>
+              <w:ind w:firstLine="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="8055"/>
+              </w:tabs>
+              <w:ind w:hanging="73"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="pct"/>
-            <w:vMerge/>
+            <w:tcW w:w="515" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00CD52F8" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8055"/>
               </w:tabs>
-              <w:ind w:firstLine="32"/>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E16FD4">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">1-4 </w:t>
-[...5 lines deleted...]
-              <w:t>сыныптар</w:t>
+              <w:t>1-4 классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="667" w:type="pct"/>
+            <w:tcW w:w="589" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00340277" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8055"/>
               </w:tabs>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E16FD4">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">5-9 </w:t>
-[...5 lines deleted...]
-              <w:t>сыныптар</w:t>
+              <w:t>5-9 классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="pct"/>
+            <w:tcW w:w="512" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00340277" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8055"/>
               </w:tabs>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E16FD4">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">10-11 </w:t>
-[...5 lines deleted...]
-              <w:t>сыныптар</w:t>
+              <w:t>10-11 классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517E90" w:rsidRPr="00340277" w:rsidTr="00CE2D81">
+      <w:tr w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidTr="0001199E">
         <w:trPr>
           <w:trHeight w:val="835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="296" w:type="pct"/>
+            <w:tcW w:w="300" w:type="pct"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00340277" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8055"/>
               </w:tabs>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00340277">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1891" w:type="pct"/>
+            <w:tcW w:w="2013" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00677B4B" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00B85ACA" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
-              <w:pStyle w:val="a8"/>
+              <w:pStyle w:val="af0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жеке меншік бастауыш, негізгі орта, жалпы орта білім беру ұйымдары</w:t>
+              <w:t>Частные организации начального, основного среднего и общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="814" w:type="pct"/>
+            <w:tcW w:w="1070" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00340277" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="a5"/>
+              <w:ind w:firstLine="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1283</w:t>
+              <w:t xml:space="preserve">           1283</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="pct"/>
+            <w:tcW w:w="515" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00924EE8" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00924EE8" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8055"/>
               </w:tabs>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15510</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="667" w:type="pct"/>
+            <w:tcW w:w="589" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00924EE8" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00924EE8" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8055"/>
               </w:tabs>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20555</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="pct"/>
+            <w:tcW w:w="512" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00517E90" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>23359</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517E90" w:rsidRPr="00924EE8" w:rsidRDefault="00517E90" w:rsidP="00CE2D81">
+          <w:p w:rsidR="00432EBC" w:rsidRPr="00924EE8" w:rsidRDefault="00432EBC" w:rsidP="0001199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8055"/>
               </w:tabs>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00517E90" w:rsidRDefault="00517E90" w:rsidP="00517E90">
-      <w:pPr>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="2977"/>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRPr="00340277" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="2977"/>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00432EBC" w:rsidRPr="003F75E0" w:rsidRDefault="00432EBC" w:rsidP="00432EBC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="2977"/>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00517E90" w:rsidRDefault="00517E90" w:rsidP="00517E90"/>
-[...6 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w:rsidR="00432EBC" w:rsidRDefault="00432EBC" w:rsidP="00432EBC"/>
+    <w:p w:rsidR="00D72E58" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="007F541B" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="007F541B" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="007F541B" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRPr="007F541B" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D72E58" w:rsidRDefault="00D72E58" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000048B5" w:rsidRDefault="000048B5" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C71E2E" w:rsidRDefault="00C71E2E" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...8 lines deleted...]
-          <w:szCs w:val="32"/>
+    </w:p>
+    <w:p w:rsidR="00635C99" w:rsidRDefault="00635C99" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B876FE" w:rsidRPr="00606BD6" w:rsidRDefault="00B876FE" w:rsidP="00A416DB">
-[...5 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w:rsidR="00635C99" w:rsidRDefault="00635C99" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B876FE" w:rsidRDefault="00B876FE" w:rsidP="00A416DB">
-[...5 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w:rsidR="00635C99" w:rsidRDefault="00635C99" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B876FE" w:rsidRDefault="00B876FE" w:rsidP="00A416DB">
-[...5 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w:rsidR="00635C99" w:rsidRDefault="00635C99" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B876FE" w:rsidRDefault="00B876FE" w:rsidP="00A416DB">
-[...5 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w:rsidR="00635C99" w:rsidRDefault="00635C99" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B876FE" w:rsidRDefault="00B876FE" w:rsidP="00A416DB">
-[...5 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w:rsidR="00635C99" w:rsidRDefault="00635C99" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B876FE" w:rsidRDefault="00B876FE" w:rsidP="00A416DB">
-[...5 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w:rsidR="00635C99" w:rsidRDefault="00635C99" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00293FF7" w:rsidRDefault="00293FF7" w:rsidP="00A416DB">
-[...5 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w:rsidR="00635C99" w:rsidRDefault="00635C99" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00293FF7" w:rsidRDefault="00293FF7" w:rsidP="00A416DB">
-[...5 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w:rsidR="00635C99" w:rsidRDefault="00635C99" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00293FF7" w:rsidRDefault="00293FF7" w:rsidP="00A416DB">
-[...5 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w:rsidR="00CD490C" w:rsidRDefault="00CD490C" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00293FF7" w:rsidRDefault="00293FF7" w:rsidP="00A416DB">
-[...130 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+    <w:p w:rsidR="00340277" w:rsidRDefault="00340277" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD64CA" w:rsidRDefault="00AD64CA" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD64CA" w:rsidRDefault="00AD64CA" w:rsidP="005F2ECA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD64CA" w:rsidRDefault="00AD64CA" w:rsidP="00121210">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD64CA" w:rsidRDefault="00AD64CA" w:rsidP="00121210">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8055"/>
+        </w:tabs>
+        <w:ind w:firstLine="5954"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AD64CA" w:rsidSect="00D123EC">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BE227F" w:rsidRDefault="00BE227F">
+    <w:p w:rsidR="008A6954" w:rsidRDefault="008A6954" w:rsidP="00082167">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BE227F" w:rsidRDefault="00BE227F">
+    <w:p w:rsidR="008A6954" w:rsidRDefault="008A6954" w:rsidP="00082167">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="KZ Times New Roman">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BE227F" w:rsidRDefault="00BE227F">
+    <w:p w:rsidR="008A6954" w:rsidRDefault="008A6954" w:rsidP="00082167">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BE227F" w:rsidRDefault="00BE227F">
+    <w:p w:rsidR="008A6954" w:rsidRDefault="008A6954" w:rsidP="00082167">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00AC3E04" w:rsidRDefault="00AC3E04">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="30647766"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w:rsidR="003136FD" w:rsidRPr="00C56E26" w:rsidRDefault="003136FD" w:rsidP="00C56E26">
+        <w:pPr>
+          <w:pStyle w:val="a3"/>
+          <w:ind w:firstLine="0"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00C56E26">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00C56E26">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00C56E26">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00432EBC">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C56E26">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="003136FD" w:rsidRDefault="003136FD">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
-[...23 lines deleted...]
-      <w:pStyle w:val="a6"/>
+      <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</w:hdr>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33AF0B5C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4EA4E24"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1449" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2169" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2889" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3609" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4329" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5049" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5769" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6489" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7209" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34F423AE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1F9AB5C6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1449" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2169" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2889" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3609" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4329" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5049" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5769" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6489" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7209" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7730421A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3FE8F90C"/>
+    <w:lvl w:ilvl="0" w:tplc="4B08E8CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1495" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2935" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3655" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4375" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5095" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5815" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6535" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7255" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...3 lines deleted...]
-  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:defaultTabStop w:val="0"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00172429"/>
-[...581 lines deleted...]
-    <w:rsid w:val="00FF76C9"/>
+    <w:rsidRoot w:val="00CC346A"/>
+    <w:rsid w:val="000018DC"/>
+    <w:rsid w:val="000048B5"/>
+    <w:rsid w:val="00005A24"/>
+    <w:rsid w:val="000071FF"/>
+    <w:rsid w:val="00011A7D"/>
+    <w:rsid w:val="00021254"/>
+    <w:rsid w:val="00024678"/>
+    <w:rsid w:val="0002529B"/>
+    <w:rsid w:val="00026BA2"/>
+    <w:rsid w:val="00027F94"/>
+    <w:rsid w:val="00035FBF"/>
+    <w:rsid w:val="00041B6F"/>
+    <w:rsid w:val="00044FD9"/>
+    <w:rsid w:val="00056CB2"/>
+    <w:rsid w:val="00057395"/>
+    <w:rsid w:val="00060DAA"/>
+    <w:rsid w:val="000611A0"/>
+    <w:rsid w:val="00063D9B"/>
+    <w:rsid w:val="00075298"/>
+    <w:rsid w:val="000802D2"/>
+    <w:rsid w:val="00082167"/>
+    <w:rsid w:val="0008231F"/>
+    <w:rsid w:val="00086A11"/>
+    <w:rsid w:val="00086D03"/>
+    <w:rsid w:val="00087DF5"/>
+    <w:rsid w:val="00096D40"/>
+    <w:rsid w:val="000A03EE"/>
+    <w:rsid w:val="000B0D40"/>
+    <w:rsid w:val="000C5FF5"/>
+    <w:rsid w:val="000C61BE"/>
+    <w:rsid w:val="000C72DB"/>
+    <w:rsid w:val="000D4C62"/>
+    <w:rsid w:val="000D72DA"/>
+    <w:rsid w:val="000D7DE5"/>
+    <w:rsid w:val="000E0490"/>
+    <w:rsid w:val="000E0EEB"/>
+    <w:rsid w:val="000E285B"/>
+    <w:rsid w:val="000E4301"/>
+    <w:rsid w:val="000E6F2A"/>
+    <w:rsid w:val="000E7B7E"/>
+    <w:rsid w:val="000F3E45"/>
+    <w:rsid w:val="000F517D"/>
+    <w:rsid w:val="000F5305"/>
+    <w:rsid w:val="000F5C89"/>
+    <w:rsid w:val="00101EE2"/>
+    <w:rsid w:val="00103342"/>
+    <w:rsid w:val="00105CB0"/>
+    <w:rsid w:val="00110860"/>
+    <w:rsid w:val="001131A2"/>
+    <w:rsid w:val="001204BB"/>
+    <w:rsid w:val="00121210"/>
+    <w:rsid w:val="00127E32"/>
+    <w:rsid w:val="00140886"/>
+    <w:rsid w:val="00141873"/>
+    <w:rsid w:val="00141ED8"/>
+    <w:rsid w:val="00146EC6"/>
+    <w:rsid w:val="00154C67"/>
+    <w:rsid w:val="00155079"/>
+    <w:rsid w:val="0015608A"/>
+    <w:rsid w:val="00165BDA"/>
+    <w:rsid w:val="00166819"/>
+    <w:rsid w:val="00167D9B"/>
+    <w:rsid w:val="00172CAF"/>
+    <w:rsid w:val="00173663"/>
+    <w:rsid w:val="001841D3"/>
+    <w:rsid w:val="00193382"/>
+    <w:rsid w:val="001A128B"/>
+    <w:rsid w:val="001A303C"/>
+    <w:rsid w:val="001A6E52"/>
+    <w:rsid w:val="001B006E"/>
+    <w:rsid w:val="001B056C"/>
+    <w:rsid w:val="001B505A"/>
+    <w:rsid w:val="001B77B3"/>
+    <w:rsid w:val="001B7D72"/>
+    <w:rsid w:val="001C0594"/>
+    <w:rsid w:val="001C0F73"/>
+    <w:rsid w:val="001D3D38"/>
+    <w:rsid w:val="001D569F"/>
+    <w:rsid w:val="001D5F53"/>
+    <w:rsid w:val="001D6C63"/>
+    <w:rsid w:val="001D706B"/>
+    <w:rsid w:val="001E40DA"/>
+    <w:rsid w:val="001E6CEC"/>
+    <w:rsid w:val="001E7A1D"/>
+    <w:rsid w:val="001F2A48"/>
+    <w:rsid w:val="001F4FA0"/>
+    <w:rsid w:val="001F527D"/>
+    <w:rsid w:val="001F528E"/>
+    <w:rsid w:val="00201D65"/>
+    <w:rsid w:val="00216804"/>
+    <w:rsid w:val="00217265"/>
+    <w:rsid w:val="00221136"/>
+    <w:rsid w:val="0022511F"/>
+    <w:rsid w:val="0022624F"/>
+    <w:rsid w:val="00246E40"/>
+    <w:rsid w:val="002556E6"/>
+    <w:rsid w:val="002579FF"/>
+    <w:rsid w:val="002644F9"/>
+    <w:rsid w:val="00274C4C"/>
+    <w:rsid w:val="0027551C"/>
+    <w:rsid w:val="002915F8"/>
+    <w:rsid w:val="00291682"/>
+    <w:rsid w:val="00293FA5"/>
+    <w:rsid w:val="002951F3"/>
+    <w:rsid w:val="00297700"/>
+    <w:rsid w:val="002A753D"/>
+    <w:rsid w:val="002B07A6"/>
+    <w:rsid w:val="002B1FA1"/>
+    <w:rsid w:val="002C327C"/>
+    <w:rsid w:val="002C7AD4"/>
+    <w:rsid w:val="002D1BDA"/>
+    <w:rsid w:val="002D2E34"/>
+    <w:rsid w:val="002D2EAE"/>
+    <w:rsid w:val="002E31EE"/>
+    <w:rsid w:val="002E466E"/>
+    <w:rsid w:val="002E4775"/>
+    <w:rsid w:val="002E523D"/>
+    <w:rsid w:val="002F021B"/>
+    <w:rsid w:val="002F6840"/>
+    <w:rsid w:val="002F7C9A"/>
+    <w:rsid w:val="003006C3"/>
+    <w:rsid w:val="00304076"/>
+    <w:rsid w:val="00304B2D"/>
+    <w:rsid w:val="00304B61"/>
+    <w:rsid w:val="003114F2"/>
+    <w:rsid w:val="003136FD"/>
+    <w:rsid w:val="00314B2A"/>
+    <w:rsid w:val="003219E4"/>
+    <w:rsid w:val="00322272"/>
+    <w:rsid w:val="0032285B"/>
+    <w:rsid w:val="00326B93"/>
+    <w:rsid w:val="0033154B"/>
+    <w:rsid w:val="003327FE"/>
+    <w:rsid w:val="00336496"/>
+    <w:rsid w:val="00340277"/>
+    <w:rsid w:val="00354F26"/>
+    <w:rsid w:val="00355A90"/>
+    <w:rsid w:val="003577F5"/>
+    <w:rsid w:val="003646D5"/>
+    <w:rsid w:val="00370598"/>
+    <w:rsid w:val="003757C9"/>
+    <w:rsid w:val="003936BF"/>
+    <w:rsid w:val="00395FEB"/>
+    <w:rsid w:val="003B398E"/>
+    <w:rsid w:val="003B576A"/>
+    <w:rsid w:val="003C437E"/>
+    <w:rsid w:val="003C45A4"/>
+    <w:rsid w:val="003D5FF0"/>
+    <w:rsid w:val="003E1203"/>
+    <w:rsid w:val="003E23FD"/>
+    <w:rsid w:val="003E2E73"/>
+    <w:rsid w:val="003E4F62"/>
+    <w:rsid w:val="003E6E17"/>
+    <w:rsid w:val="003F106D"/>
+    <w:rsid w:val="003F3882"/>
+    <w:rsid w:val="003F6CA3"/>
+    <w:rsid w:val="003F7550"/>
+    <w:rsid w:val="003F75E0"/>
+    <w:rsid w:val="004016D7"/>
+    <w:rsid w:val="00412FF7"/>
+    <w:rsid w:val="0041422B"/>
+    <w:rsid w:val="00415BDC"/>
+    <w:rsid w:val="00425027"/>
+    <w:rsid w:val="00426860"/>
+    <w:rsid w:val="00430635"/>
+    <w:rsid w:val="00430936"/>
+    <w:rsid w:val="00432EBC"/>
+    <w:rsid w:val="00433301"/>
+    <w:rsid w:val="00436280"/>
+    <w:rsid w:val="00450DC5"/>
+    <w:rsid w:val="00454D92"/>
+    <w:rsid w:val="004610D9"/>
+    <w:rsid w:val="00461198"/>
+    <w:rsid w:val="00461B60"/>
+    <w:rsid w:val="00465DA8"/>
+    <w:rsid w:val="00470E1D"/>
+    <w:rsid w:val="00472DB8"/>
+    <w:rsid w:val="00473B09"/>
+    <w:rsid w:val="004743F2"/>
+    <w:rsid w:val="004758D5"/>
+    <w:rsid w:val="00475EEC"/>
+    <w:rsid w:val="00480DE7"/>
+    <w:rsid w:val="0048272A"/>
+    <w:rsid w:val="004873B5"/>
+    <w:rsid w:val="00491597"/>
+    <w:rsid w:val="004926E3"/>
+    <w:rsid w:val="004A04F2"/>
+    <w:rsid w:val="004B0617"/>
+    <w:rsid w:val="004B1E2A"/>
+    <w:rsid w:val="004B1F04"/>
+    <w:rsid w:val="004B6FEB"/>
+    <w:rsid w:val="004C0ADC"/>
+    <w:rsid w:val="004D079F"/>
+    <w:rsid w:val="004E0D1D"/>
+    <w:rsid w:val="004E65A6"/>
+    <w:rsid w:val="004F4A1F"/>
+    <w:rsid w:val="004F4DC6"/>
+    <w:rsid w:val="005078FC"/>
+    <w:rsid w:val="00511484"/>
+    <w:rsid w:val="0051310D"/>
+    <w:rsid w:val="0053095C"/>
+    <w:rsid w:val="00532BF6"/>
+    <w:rsid w:val="00536285"/>
+    <w:rsid w:val="00536367"/>
+    <w:rsid w:val="00537832"/>
+    <w:rsid w:val="00545B26"/>
+    <w:rsid w:val="00546005"/>
+    <w:rsid w:val="00551319"/>
+    <w:rsid w:val="00555F3D"/>
+    <w:rsid w:val="00557BB9"/>
+    <w:rsid w:val="00560ED8"/>
+    <w:rsid w:val="00562A52"/>
+    <w:rsid w:val="00563704"/>
+    <w:rsid w:val="00572652"/>
+    <w:rsid w:val="005757DD"/>
+    <w:rsid w:val="00576C14"/>
+    <w:rsid w:val="00580591"/>
+    <w:rsid w:val="00581EEE"/>
+    <w:rsid w:val="005831E6"/>
+    <w:rsid w:val="00593C1F"/>
+    <w:rsid w:val="0059734D"/>
+    <w:rsid w:val="005A0A09"/>
+    <w:rsid w:val="005A636E"/>
+    <w:rsid w:val="005B1207"/>
+    <w:rsid w:val="005B3014"/>
+    <w:rsid w:val="005C24D6"/>
+    <w:rsid w:val="005C2E26"/>
+    <w:rsid w:val="005C5BD5"/>
+    <w:rsid w:val="005D0105"/>
+    <w:rsid w:val="005D328F"/>
+    <w:rsid w:val="005D3924"/>
+    <w:rsid w:val="005D4F24"/>
+    <w:rsid w:val="005E2528"/>
+    <w:rsid w:val="005E6C90"/>
+    <w:rsid w:val="005F0B8B"/>
+    <w:rsid w:val="005F1092"/>
+    <w:rsid w:val="005F1206"/>
+    <w:rsid w:val="005F2ECA"/>
+    <w:rsid w:val="005F353A"/>
+    <w:rsid w:val="005F7F65"/>
+    <w:rsid w:val="00603977"/>
+    <w:rsid w:val="00607743"/>
+    <w:rsid w:val="0061661F"/>
+    <w:rsid w:val="00616F13"/>
+    <w:rsid w:val="006260F9"/>
+    <w:rsid w:val="006279D6"/>
+    <w:rsid w:val="0063475C"/>
+    <w:rsid w:val="00635080"/>
+    <w:rsid w:val="00635C99"/>
+    <w:rsid w:val="00641FC1"/>
+    <w:rsid w:val="00643DA6"/>
+    <w:rsid w:val="006464EF"/>
+    <w:rsid w:val="006511B5"/>
+    <w:rsid w:val="00652003"/>
+    <w:rsid w:val="006520EC"/>
+    <w:rsid w:val="00665080"/>
+    <w:rsid w:val="006656C9"/>
+    <w:rsid w:val="00674D0C"/>
+    <w:rsid w:val="0068202E"/>
+    <w:rsid w:val="006824D9"/>
+    <w:rsid w:val="006835FD"/>
+    <w:rsid w:val="006842F7"/>
+    <w:rsid w:val="006851C4"/>
+    <w:rsid w:val="00685F94"/>
+    <w:rsid w:val="006867C9"/>
+    <w:rsid w:val="006972A2"/>
+    <w:rsid w:val="006973C4"/>
+    <w:rsid w:val="006A4804"/>
+    <w:rsid w:val="006B0688"/>
+    <w:rsid w:val="006B0AC7"/>
+    <w:rsid w:val="006B26E5"/>
+    <w:rsid w:val="006C04C7"/>
+    <w:rsid w:val="006C0EB6"/>
+    <w:rsid w:val="006C61E0"/>
+    <w:rsid w:val="006D47E2"/>
+    <w:rsid w:val="006D7C65"/>
+    <w:rsid w:val="006E704C"/>
+    <w:rsid w:val="006F0D79"/>
+    <w:rsid w:val="006F2285"/>
+    <w:rsid w:val="006F2854"/>
+    <w:rsid w:val="006F3CCB"/>
+    <w:rsid w:val="006F666C"/>
+    <w:rsid w:val="0070302F"/>
+    <w:rsid w:val="00704C17"/>
+    <w:rsid w:val="00715084"/>
+    <w:rsid w:val="00722A34"/>
+    <w:rsid w:val="007234B2"/>
+    <w:rsid w:val="007314D1"/>
+    <w:rsid w:val="0073215B"/>
+    <w:rsid w:val="007342BB"/>
+    <w:rsid w:val="00735304"/>
+    <w:rsid w:val="007359AE"/>
+    <w:rsid w:val="0073620C"/>
+    <w:rsid w:val="00737D5B"/>
+    <w:rsid w:val="007469B5"/>
+    <w:rsid w:val="00751D2C"/>
+    <w:rsid w:val="00752AD2"/>
+    <w:rsid w:val="00753ABD"/>
+    <w:rsid w:val="007556EC"/>
+    <w:rsid w:val="00757FD8"/>
+    <w:rsid w:val="00760B1D"/>
+    <w:rsid w:val="00762C53"/>
+    <w:rsid w:val="00763CBD"/>
+    <w:rsid w:val="0076760F"/>
+    <w:rsid w:val="007728EB"/>
+    <w:rsid w:val="00776601"/>
+    <w:rsid w:val="00784407"/>
+    <w:rsid w:val="00786F61"/>
+    <w:rsid w:val="0079665E"/>
+    <w:rsid w:val="007A0B69"/>
+    <w:rsid w:val="007A20F3"/>
+    <w:rsid w:val="007A6EBF"/>
+    <w:rsid w:val="007B05A5"/>
+    <w:rsid w:val="007B28AA"/>
+    <w:rsid w:val="007B3B2B"/>
+    <w:rsid w:val="007B71ED"/>
+    <w:rsid w:val="007C0E2C"/>
+    <w:rsid w:val="007C1D69"/>
+    <w:rsid w:val="007C2B57"/>
+    <w:rsid w:val="007C59A5"/>
+    <w:rsid w:val="007D0388"/>
+    <w:rsid w:val="007D07BA"/>
+    <w:rsid w:val="007D67AB"/>
+    <w:rsid w:val="007D68B7"/>
+    <w:rsid w:val="007E4C1A"/>
+    <w:rsid w:val="007F4CF4"/>
+    <w:rsid w:val="007F541B"/>
+    <w:rsid w:val="008013FB"/>
+    <w:rsid w:val="008069AB"/>
+    <w:rsid w:val="00806EE2"/>
+    <w:rsid w:val="008107B4"/>
+    <w:rsid w:val="00811683"/>
+    <w:rsid w:val="00816496"/>
+    <w:rsid w:val="00816644"/>
+    <w:rsid w:val="00823B18"/>
+    <w:rsid w:val="00824031"/>
+    <w:rsid w:val="00827997"/>
+    <w:rsid w:val="00836862"/>
+    <w:rsid w:val="008373A0"/>
+    <w:rsid w:val="00840107"/>
+    <w:rsid w:val="00841542"/>
+    <w:rsid w:val="00842095"/>
+    <w:rsid w:val="008467D6"/>
+    <w:rsid w:val="0085010B"/>
+    <w:rsid w:val="00850742"/>
+    <w:rsid w:val="0085155B"/>
+    <w:rsid w:val="0085629C"/>
+    <w:rsid w:val="00856D95"/>
+    <w:rsid w:val="00857B0E"/>
+    <w:rsid w:val="008641B7"/>
+    <w:rsid w:val="008651BD"/>
+    <w:rsid w:val="00867769"/>
+    <w:rsid w:val="0087409C"/>
+    <w:rsid w:val="00875D51"/>
+    <w:rsid w:val="008760E7"/>
+    <w:rsid w:val="00881390"/>
+    <w:rsid w:val="008862A1"/>
+    <w:rsid w:val="00886AF2"/>
+    <w:rsid w:val="00892DEF"/>
+    <w:rsid w:val="00893DD1"/>
+    <w:rsid w:val="008950E8"/>
+    <w:rsid w:val="00895F40"/>
+    <w:rsid w:val="008A44FE"/>
+    <w:rsid w:val="008A55B2"/>
+    <w:rsid w:val="008A59ED"/>
+    <w:rsid w:val="008A6954"/>
+    <w:rsid w:val="008B07DC"/>
+    <w:rsid w:val="008B58A1"/>
+    <w:rsid w:val="008B68A8"/>
+    <w:rsid w:val="008C2DA3"/>
+    <w:rsid w:val="008C2FF0"/>
+    <w:rsid w:val="008D1AAB"/>
+    <w:rsid w:val="008D5FEE"/>
+    <w:rsid w:val="008D73BC"/>
+    <w:rsid w:val="008E1A50"/>
+    <w:rsid w:val="008E3F46"/>
+    <w:rsid w:val="008E4633"/>
+    <w:rsid w:val="008E5A7D"/>
+    <w:rsid w:val="008F0DF6"/>
+    <w:rsid w:val="008F10F6"/>
+    <w:rsid w:val="009026FD"/>
+    <w:rsid w:val="00907804"/>
+    <w:rsid w:val="00910194"/>
+    <w:rsid w:val="00912369"/>
+    <w:rsid w:val="00915796"/>
+    <w:rsid w:val="00915B28"/>
+    <w:rsid w:val="00920E98"/>
+    <w:rsid w:val="00922401"/>
+    <w:rsid w:val="00923006"/>
+    <w:rsid w:val="0092343F"/>
+    <w:rsid w:val="00924EE8"/>
+    <w:rsid w:val="0092602C"/>
+    <w:rsid w:val="00926A44"/>
+    <w:rsid w:val="009357F9"/>
+    <w:rsid w:val="00941C2F"/>
+    <w:rsid w:val="00947011"/>
+    <w:rsid w:val="00954D60"/>
+    <w:rsid w:val="0095617E"/>
+    <w:rsid w:val="00956B06"/>
+    <w:rsid w:val="00960BE1"/>
+    <w:rsid w:val="00970F55"/>
+    <w:rsid w:val="009774E7"/>
+    <w:rsid w:val="00986497"/>
+    <w:rsid w:val="0099398F"/>
+    <w:rsid w:val="00994E34"/>
+    <w:rsid w:val="009A0BD6"/>
+    <w:rsid w:val="009A3AC6"/>
+    <w:rsid w:val="009A5808"/>
+    <w:rsid w:val="009A6713"/>
+    <w:rsid w:val="009B1CE4"/>
+    <w:rsid w:val="009B4671"/>
+    <w:rsid w:val="009B60D8"/>
+    <w:rsid w:val="009C0A03"/>
+    <w:rsid w:val="009C2AF0"/>
+    <w:rsid w:val="009C2DC8"/>
+    <w:rsid w:val="009C62D0"/>
+    <w:rsid w:val="009E5B70"/>
+    <w:rsid w:val="009E7F44"/>
+    <w:rsid w:val="009F08F1"/>
+    <w:rsid w:val="009F2666"/>
+    <w:rsid w:val="009F39C3"/>
+    <w:rsid w:val="009F600F"/>
+    <w:rsid w:val="00A1053D"/>
+    <w:rsid w:val="00A113D9"/>
+    <w:rsid w:val="00A135C1"/>
+    <w:rsid w:val="00A25D19"/>
+    <w:rsid w:val="00A42C38"/>
+    <w:rsid w:val="00A4632E"/>
+    <w:rsid w:val="00A6377C"/>
+    <w:rsid w:val="00A72015"/>
+    <w:rsid w:val="00A81A11"/>
+    <w:rsid w:val="00A82A8E"/>
+    <w:rsid w:val="00A86BBE"/>
+    <w:rsid w:val="00A90381"/>
+    <w:rsid w:val="00A94DBD"/>
+    <w:rsid w:val="00AA4561"/>
+    <w:rsid w:val="00AB5315"/>
+    <w:rsid w:val="00AB604E"/>
+    <w:rsid w:val="00AB7A0A"/>
+    <w:rsid w:val="00AC282F"/>
+    <w:rsid w:val="00AC46B2"/>
+    <w:rsid w:val="00AC580B"/>
+    <w:rsid w:val="00AC5873"/>
+    <w:rsid w:val="00AC5CFB"/>
+    <w:rsid w:val="00AD0D49"/>
+    <w:rsid w:val="00AD46DE"/>
+    <w:rsid w:val="00AD64CA"/>
+    <w:rsid w:val="00AE31BF"/>
+    <w:rsid w:val="00AE751B"/>
+    <w:rsid w:val="00AE7FEB"/>
+    <w:rsid w:val="00AF21C7"/>
+    <w:rsid w:val="00AF2861"/>
+    <w:rsid w:val="00B0002F"/>
+    <w:rsid w:val="00B02186"/>
+    <w:rsid w:val="00B02754"/>
+    <w:rsid w:val="00B06A2A"/>
+    <w:rsid w:val="00B101B6"/>
+    <w:rsid w:val="00B12C99"/>
+    <w:rsid w:val="00B13D58"/>
+    <w:rsid w:val="00B22496"/>
+    <w:rsid w:val="00B227AC"/>
+    <w:rsid w:val="00B30527"/>
+    <w:rsid w:val="00B30CCD"/>
+    <w:rsid w:val="00B36525"/>
+    <w:rsid w:val="00B40B43"/>
+    <w:rsid w:val="00B40DE3"/>
+    <w:rsid w:val="00B464C4"/>
+    <w:rsid w:val="00B5213D"/>
+    <w:rsid w:val="00B56F84"/>
+    <w:rsid w:val="00B63B51"/>
+    <w:rsid w:val="00B648C0"/>
+    <w:rsid w:val="00B70C10"/>
+    <w:rsid w:val="00B71C2C"/>
+    <w:rsid w:val="00B741BC"/>
+    <w:rsid w:val="00B819C0"/>
+    <w:rsid w:val="00B8691B"/>
+    <w:rsid w:val="00B91C64"/>
+    <w:rsid w:val="00BA4B5A"/>
+    <w:rsid w:val="00BA7B57"/>
+    <w:rsid w:val="00BB1B0D"/>
+    <w:rsid w:val="00BB2E9F"/>
+    <w:rsid w:val="00BB4871"/>
+    <w:rsid w:val="00BB7637"/>
+    <w:rsid w:val="00BC1267"/>
+    <w:rsid w:val="00BC2A62"/>
+    <w:rsid w:val="00BC50CF"/>
+    <w:rsid w:val="00BD5E66"/>
+    <w:rsid w:val="00BE043D"/>
+    <w:rsid w:val="00BE2489"/>
+    <w:rsid w:val="00BF6ED5"/>
+    <w:rsid w:val="00C07ED8"/>
+    <w:rsid w:val="00C24DA1"/>
+    <w:rsid w:val="00C31758"/>
+    <w:rsid w:val="00C31D7E"/>
+    <w:rsid w:val="00C3408D"/>
+    <w:rsid w:val="00C3415A"/>
+    <w:rsid w:val="00C34828"/>
+    <w:rsid w:val="00C36ED4"/>
+    <w:rsid w:val="00C3738F"/>
+    <w:rsid w:val="00C37731"/>
+    <w:rsid w:val="00C43042"/>
+    <w:rsid w:val="00C46E44"/>
+    <w:rsid w:val="00C47022"/>
+    <w:rsid w:val="00C47725"/>
+    <w:rsid w:val="00C5383F"/>
+    <w:rsid w:val="00C5389B"/>
+    <w:rsid w:val="00C55BA8"/>
+    <w:rsid w:val="00C56E26"/>
+    <w:rsid w:val="00C60567"/>
+    <w:rsid w:val="00C613C9"/>
+    <w:rsid w:val="00C66364"/>
+    <w:rsid w:val="00C703E1"/>
+    <w:rsid w:val="00C71E2E"/>
+    <w:rsid w:val="00C85DB4"/>
+    <w:rsid w:val="00C93F4D"/>
+    <w:rsid w:val="00CB6ED7"/>
+    <w:rsid w:val="00CC346A"/>
+    <w:rsid w:val="00CC4097"/>
+    <w:rsid w:val="00CC7FCC"/>
+    <w:rsid w:val="00CD490C"/>
+    <w:rsid w:val="00CE2D1E"/>
+    <w:rsid w:val="00CE6468"/>
+    <w:rsid w:val="00CE7443"/>
+    <w:rsid w:val="00D00C59"/>
+    <w:rsid w:val="00D0751A"/>
+    <w:rsid w:val="00D1031C"/>
+    <w:rsid w:val="00D1235D"/>
+    <w:rsid w:val="00D123EC"/>
+    <w:rsid w:val="00D14A93"/>
+    <w:rsid w:val="00D14BA6"/>
+    <w:rsid w:val="00D14C8A"/>
+    <w:rsid w:val="00D16A42"/>
+    <w:rsid w:val="00D22D44"/>
+    <w:rsid w:val="00D24C57"/>
+    <w:rsid w:val="00D25438"/>
+    <w:rsid w:val="00D25917"/>
+    <w:rsid w:val="00D27BC5"/>
+    <w:rsid w:val="00D3265E"/>
+    <w:rsid w:val="00D51A85"/>
+    <w:rsid w:val="00D53BCB"/>
+    <w:rsid w:val="00D6100F"/>
+    <w:rsid w:val="00D61F5F"/>
+    <w:rsid w:val="00D639C7"/>
+    <w:rsid w:val="00D64F4C"/>
+    <w:rsid w:val="00D72E58"/>
+    <w:rsid w:val="00D76B18"/>
+    <w:rsid w:val="00D80D07"/>
+    <w:rsid w:val="00D8770E"/>
+    <w:rsid w:val="00D929C3"/>
+    <w:rsid w:val="00D9339E"/>
+    <w:rsid w:val="00D96913"/>
+    <w:rsid w:val="00DA324F"/>
+    <w:rsid w:val="00DA32F7"/>
+    <w:rsid w:val="00DA500F"/>
+    <w:rsid w:val="00DB1E73"/>
+    <w:rsid w:val="00DB3F55"/>
+    <w:rsid w:val="00DC33E1"/>
+    <w:rsid w:val="00DD727F"/>
+    <w:rsid w:val="00DE1161"/>
+    <w:rsid w:val="00DE248B"/>
+    <w:rsid w:val="00DE2764"/>
+    <w:rsid w:val="00DF2DC7"/>
+    <w:rsid w:val="00DF35C7"/>
+    <w:rsid w:val="00DF4A40"/>
+    <w:rsid w:val="00DF59AB"/>
+    <w:rsid w:val="00DF7568"/>
+    <w:rsid w:val="00E00648"/>
+    <w:rsid w:val="00E041D4"/>
+    <w:rsid w:val="00E06D83"/>
+    <w:rsid w:val="00E07AA3"/>
+    <w:rsid w:val="00E16FD4"/>
+    <w:rsid w:val="00E27EF8"/>
+    <w:rsid w:val="00E341F5"/>
+    <w:rsid w:val="00E4058B"/>
+    <w:rsid w:val="00E42804"/>
+    <w:rsid w:val="00E52E6A"/>
+    <w:rsid w:val="00E54158"/>
+    <w:rsid w:val="00E63A70"/>
+    <w:rsid w:val="00E65DEA"/>
+    <w:rsid w:val="00E66BDD"/>
+    <w:rsid w:val="00E709E0"/>
+    <w:rsid w:val="00E85D24"/>
+    <w:rsid w:val="00E87496"/>
+    <w:rsid w:val="00E91F99"/>
+    <w:rsid w:val="00E932B1"/>
+    <w:rsid w:val="00E9394B"/>
+    <w:rsid w:val="00E95F42"/>
+    <w:rsid w:val="00EA218E"/>
+    <w:rsid w:val="00EA239E"/>
+    <w:rsid w:val="00EB2EB5"/>
+    <w:rsid w:val="00EB6BE9"/>
+    <w:rsid w:val="00EB7860"/>
+    <w:rsid w:val="00EC2700"/>
+    <w:rsid w:val="00ED7A9D"/>
+    <w:rsid w:val="00EE0245"/>
+    <w:rsid w:val="00EE6666"/>
+    <w:rsid w:val="00EF2644"/>
+    <w:rsid w:val="00F0163A"/>
+    <w:rsid w:val="00F017FF"/>
+    <w:rsid w:val="00F01E22"/>
+    <w:rsid w:val="00F07F5B"/>
+    <w:rsid w:val="00F109C8"/>
+    <w:rsid w:val="00F12AFB"/>
+    <w:rsid w:val="00F13717"/>
+    <w:rsid w:val="00F16628"/>
+    <w:rsid w:val="00F16B36"/>
+    <w:rsid w:val="00F2181B"/>
+    <w:rsid w:val="00F2342D"/>
+    <w:rsid w:val="00F23849"/>
+    <w:rsid w:val="00F25294"/>
+    <w:rsid w:val="00F30F2B"/>
+    <w:rsid w:val="00F355A3"/>
+    <w:rsid w:val="00F3581B"/>
+    <w:rsid w:val="00F3747D"/>
+    <w:rsid w:val="00F379FB"/>
+    <w:rsid w:val="00F40750"/>
+    <w:rsid w:val="00F448AA"/>
+    <w:rsid w:val="00F46A88"/>
+    <w:rsid w:val="00F52FFC"/>
+    <w:rsid w:val="00F55F74"/>
+    <w:rsid w:val="00F561E5"/>
+    <w:rsid w:val="00F62D8A"/>
+    <w:rsid w:val="00F64072"/>
+    <w:rsid w:val="00F649CC"/>
+    <w:rsid w:val="00F674C1"/>
+    <w:rsid w:val="00F73157"/>
+    <w:rsid w:val="00F73317"/>
+    <w:rsid w:val="00F74384"/>
+    <w:rsid w:val="00F778C5"/>
+    <w:rsid w:val="00F858F1"/>
+    <w:rsid w:val="00F86C12"/>
+    <w:rsid w:val="00F93F40"/>
+    <w:rsid w:val="00F97DEB"/>
+    <w:rsid w:val="00FA63FA"/>
+    <w:rsid w:val="00FB2529"/>
+    <w:rsid w:val="00FB44E8"/>
+    <w:rsid w:val="00FB597D"/>
+    <w:rsid w:val="00FB6BE1"/>
+    <w:rsid w:val="00FC1BA5"/>
+    <w:rsid w:val="00FC2916"/>
+    <w:rsid w:val="00FC55F2"/>
+    <w:rsid w:val="00FD5431"/>
+    <w:rsid w:val="00FE34ED"/>
+    <w:rsid w:val="00FE7B1A"/>
+    <w:rsid w:val="00FF225F"/>
+    <w:rsid w:val="00FF48A4"/>
+    <w:rsid w:val="00FF72B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{2E21BB4D-366F-4FA0-9A15-2A4B8911F829}"/>
+  <w15:docId w15:val="{A2AB5FBC-5763-4DD3-B0A3-CD1520AC3911}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -3336,410 +4338,415 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="003E23FD"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-    <w:name w:val="heading 2"/>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="20"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="007C0E2C"/>
     <w:pPr>
       <w:keepNext/>
-      <w:ind w:firstLine="720"/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:ind w:firstLine="0"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
+      <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="007C0E2C"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="26"/>
-      <w:szCs w:val="26"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="footer"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00082167"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
-    <w:name w:val="page number"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00082167"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00082167"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00082167"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D72E58"/>
     <w:rPr>
-      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
-[...1 lines deleted...]
-    <w:link w:val="a6"/>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00522D90"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00060DAA"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...25 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ab"/>
-[...10 lines deleted...]
-    <w:name w:val="Текст выноски Знак"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00787C3F"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00060DAA"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00060DAA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-style-span">
+    <w:name w:val="apple-style-span"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00C85DB4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007C0E2C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007C0E2C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Текст сноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007C0E2C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
-    <w:name w:val="Normal (Web)"/>
+    <w:name w:val="footnote text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F6235C"/>
+    <w:rsid w:val="007C0E2C"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="00B876FE"/>
+    <w:rsid w:val="007C0E2C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...3 lines deleted...]
-    <w:rsid w:val="00B876FE"/>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007C0E2C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ad">
-[...7 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00026BA2"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="ae">
+  <w:style w:type="table" w:styleId="af">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00293FF7"/>
-[...8 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="004610D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...3 lines deleted...]
-    <w:rsid w:val="00092B1B"/>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003136FD"/>
+    <w:pPr>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="112405638">
+    <w:div w:id="661542876">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="208224244">
+    <w:div w:id="1002047222">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="503395520">
-[...51 lines deleted...]
-    <w:div w:id="1685129700">
+    <w:div w:id="1090782289">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/A12BW002949" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3773,86 +4780,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3988,83 +4993,86 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D11938AF-9BCF-4F51-B930-5FE055BDCDBF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90FE2FC5-38BD-4448-859D-E96189B2740F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2074</Characters>
+  <Pages>1</Pages>
+  <Words>406</Words>
+  <Characters>2320</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>О создании Государственного</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Krokoz™</Company>
+  <Company>NOVOSOFT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2433</CharactersWithSpaces>
+  <CharactersWithSpaces>2721</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>О создании Государственного</dc:title>
-  <dc:creator>Мойша</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>14041966</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>