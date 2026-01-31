--- v0 (2026-01-29)
+++ v1 (2026-01-31)
@@ -347,54 +347,54 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
-          <a:sx n="75" d="100"/>
-          <a:sy n="75" d="100"/>
+          <a:sx n="90" d="100"/>
+          <a:sy n="90" d="100"/>
         </p:scale>
-        <p:origin x="-2580" y="-774"/>
+        <p:origin x="-2160" y="-462"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -461,50 +461,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4081182A-CB4B-49D0-903F-0F23BDA34AB0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="685800"/>
             <a:ext cx="4572000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -620,50 +621,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{733ADD34-4F8C-4EFF-9B82-69AE15851034}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1646122565"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
@@ -798,50 +800,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{733ADD34-4F8C-4EFF-9B82-69AE15851034}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2653540307"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -1283,92 +1286,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="817581" y="3132290"/>
             <a:ext cx="7175351" cy="1793167"/>
           </a:xfrm>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
@@ -1495,92 +1500,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
@@ -1682,92 +1689,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
@@ -1779,92 +1788,94 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Title 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
@@ -2375,92 +2386,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
@@ -2472,92 +2485,94 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Title 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
@@ -3077,92 +3092,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Title 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
@@ -3220,92 +3237,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
@@ -3317,92 +3336,94 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
@@ -3601,92 +3622,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
@@ -4123,92 +4146,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="727268" y="4464421"/>
             <a:ext cx="6383538" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
@@ -4647,50 +4672,51 @@
           <a:xfrm>
             <a:off x="6172200" y="6172200"/>
             <a:ext cx="2514600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1100" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>21.02.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457199" y="6172200"/>
             <a:ext cx="3352801" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
@@ -4727,50 +4753,51 @@
           <a:xfrm>
             <a:off x="3810000" y="6172200"/>
             <a:ext cx="1828800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483685" r:id="rId1"/>
     <p:sldLayoutId id="2147483686" r:id="rId2"/>
     <p:sldLayoutId id="2147483687" r:id="rId3"/>
     <p:sldLayoutId id="2147483688" r:id="rId4"/>
     <p:sldLayoutId id="2147483689" r:id="rId5"/>
     <p:sldLayoutId id="2147483690" r:id="rId6"/>
     <p:sldLayoutId id="2147483691" r:id="rId7"/>
     <p:sldLayoutId id="2147483692" r:id="rId8"/>
     <p:sldLayoutId id="2147483693" r:id="rId9"/>
     <p:sldLayoutId id="2147483694" r:id="rId10"/>
     <p:sldLayoutId id="2147483695" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -5204,518 +5231,382 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 3" descr="C:\Users\Broteko\Desktop\сайт\line-background-bright-convex-685888.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="-46831" y="-11113"/>
+            <a:off x="0" y="-22225"/>
             <a:ext cx="9237663" cy="6880225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="323528" y="606748"/>
+            <a:off x="467545" y="116632"/>
             <a:ext cx="8208912" cy="6264696"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="182880" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4400" dirty="0" smtClean="0">
-[...78 lines deleted...]
-                  <a:schemeClr val="tx1"/>
+              <a:rPr lang="ru-RU" sz="5300" b="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="4400" dirty="0" smtClean="0">
-[...1 lines deleted...]
-                  <a:schemeClr val="tx1"/>
+              <a:rPr lang="ru-RU" sz="5300" b="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4800" b="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2018-2019 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4800" b="0" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>уч.г</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4800" b="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4800" b="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4900" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>басты</a:t>
-[...46 lines deleted...]
-              <a:rPr lang="ru-RU" sz="4400" dirty="0" smtClean="0">
+              <a:t>МО учителей казахского языка и литературы. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5300" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="4400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="5300" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="3100" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2018-2019 оқу ж. </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0" smtClean="0">
+              <a:t>Тема: «Язык-главный духовный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-            </a:br>
-[...1 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0" smtClean="0">
+              <a:t>знак народа»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...21 lines deleted...]
-                <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="3100" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0">
-[...32 lines deleted...]
-              <a:rPr lang="ru-RU" sz="4400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="3100" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="4400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="3100" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4400" dirty="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3100" b="0" dirty="0">
+                <a:effectLst/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="4400" dirty="0">
-[...4 lines deleted...]
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:rPr lang="ru-RU" sz="3100" b="0" dirty="0">
+                <a:effectLst/>
               </a:rPr>
             </a:br>
-            <a:r>
-[...26 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU" sz="3100" b="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="918998830"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -5728,873 +5619,781 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 3" descr="C:\Users\Broteko\Desktop\сайт\line-background-bright-convex-685888.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="-11113"/>
+            <a:off x="0" y="-22225"/>
             <a:ext cx="9237663" cy="6880225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="251520" y="116632"/>
-            <a:ext cx="8712968" cy="1944216"/>
+            <a:off x="305943" y="260647"/>
+            <a:ext cx="8424936" cy="2097565"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit lnSpcReduction="10000"/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="45720" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0">
+              <a:rPr lang="kk-KZ" sz="4800" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Тулеева Айгуль </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0" smtClean="0">
+              <a:t>Тулеева Айгуль Закарияновна </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Закариановна</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0">
+              <a:t>акция среди учащихся и молодых специалистов </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t/>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0">
+              <a:t>“</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-            </a:br>
-[...21 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2800" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Латынша караоке флешмоб» </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" dirty="0">
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t/>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2800" dirty="0">
+              <a:t>(“Караоке флешмоб по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3000" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-            </a:br>
-[...1 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
+              <a:t>латынски</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3000" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>атты </a:t>
-[...40 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:t>”)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="ru-RU" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="3000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI22.016\image-18-12-18-13-20-8.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="251520" y="2224187"/>
-            <a:ext cx="2880320" cy="2214751"/>
+            <a:off x="179512" y="2418523"/>
+            <a:ext cx="2880320" cy="1998727"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI04.392\image-18-12-18-13-20-11.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6079144" y="2239398"/>
-            <a:ext cx="2813336" cy="2281579"/>
+            <a:off x="6007136" y="2358213"/>
+            <a:ext cx="2813336" cy="2059037"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI29.703\image-18-12-18-13-20-19.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="323528" y="4562662"/>
-            <a:ext cx="2880320" cy="2106697"/>
+            <a:off x="179512" y="4709187"/>
+            <a:ext cx="2880320" cy="1901212"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI31.509\image-18-12-18-13-20-10.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3384704" y="2224188"/>
-            <a:ext cx="2411431" cy="2214750"/>
+            <a:off x="3312696" y="2422887"/>
+            <a:ext cx="2411431" cy="1998726"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI22.109\image-18-12-18-13-20-18.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3456712" y="4504209"/>
-            <a:ext cx="2411431" cy="2165150"/>
+            <a:off x="3312696" y="4656435"/>
+            <a:ext cx="2411431" cy="1953964"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Рисунок 10" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI18.393\image-18-12-18-13-20-17.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6151152" y="4562662"/>
-            <a:ext cx="2813336" cy="2106698"/>
+            <a:off x="6007136" y="4709186"/>
+            <a:ext cx="2813336" cy="1901213"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="769123734"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 3" descr="C:\Users\Broteko\Desktop\сайт\line-background-bright-convex-685888.jpg"/>
+          <p:cNvPr id="14" name="Picture 3" descr="C:\Users\Broteko\Desktop\сайт\line-background-bright-convex-685888.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="-108583" y="3696"/>
+            <a:off x="0" y="-22225"/>
             <a:ext cx="9237663" cy="6880225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="183344" y="188640"/>
-            <a:ext cx="8709136" cy="2103040"/>
+            <a:off x="395536" y="188640"/>
+            <a:ext cx="8496944" cy="1386160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="55000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="45720" indent="0" algn="ctr">
               <a:lnSpc>
-                <a:spcPct val="110000"/>
+                <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="7000" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="5200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Жумабекова </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="7000" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="5200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Гулбахит </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="7000" dirty="0" smtClean="0">
+              <a:t>Гульбахыт </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="5200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Амановна</a:t>
             </a:r>
-            <a:r>
-[...37 lines deleted...]
-            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="45720" indent="0" algn="ctr">
               <a:lnSpc>
-                <a:spcPct val="110000"/>
+                <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="4500" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="4500" dirty="0">
+              <a:rPr lang="kk-KZ" sz="3300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4500" dirty="0" smtClean="0">
+              <a:t>Открытый </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3300" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Қазақстан мұражайлары»  </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4500" dirty="0">
+              <a:t>урок по казахскому языку в 9 “Б” классе:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3300" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t/>
-[...20 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="4500" dirty="0">
+              <a:t> «Музеи Казахстана»</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3300" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI11.582\image-18-12-18-13-26.jpeg"/>
+          <p:cNvPr id="9" name="Рисунок 8" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI11.582\image-18-12-18-13-26.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="183344" y="2291680"/>
-            <a:ext cx="2494409" cy="2304256"/>
+            <a:off x="395536" y="2060848"/>
+            <a:ext cx="2342105" cy="2088232"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Рисунок 4" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI52.927\image-18-12-18-13-26-4.jpeg"/>
+          <p:cNvPr id="10" name="Рисунок 9" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI52.927\image-18-12-18-13-26-4.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2944642" y="2291680"/>
-            <a:ext cx="2927333" cy="2304256"/>
+            <a:off x="3183268" y="2060848"/>
+            <a:ext cx="2748596" cy="2088232"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Рисунок 5" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI20.632\image-18-12-18-13-27-1.jpeg"/>
+          <p:cNvPr id="11" name="Рисунок 10" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI20.632\image-18-12-18-13-27-1.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6173212" y="2291680"/>
-            <a:ext cx="2723100" cy="2304256"/>
+            <a:off x="6399366" y="2060848"/>
+            <a:ext cx="2556833" cy="2088232"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI41.536\image-18-12-18-13-27-7.jpeg"/>
+          <p:cNvPr id="12" name="Рисунок 11" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI41.536\image-18-12-18-13-27-7.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1102680" y="4653136"/>
-            <a:ext cx="3289300" cy="2025972"/>
+            <a:off x="1463811" y="4760192"/>
+            <a:ext cx="2919880" cy="1918916"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Рисунок 7" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI28.174\image-18-12-18-13-27-2.jpeg"/>
+          <p:cNvPr id="13" name="Рисунок 12" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI28.174\image-18-12-18-13-27-2.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4716016" y="4653136"/>
-            <a:ext cx="3528392" cy="2025972"/>
+            <a:off x="5104000" y="4760192"/>
+            <a:ext cx="3132120" cy="1918916"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2266304583"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -6614,222 +6413,178 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 3" descr="C:\Users\Broteko\Desktop\сайт\line-background-bright-convex-685888.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="-46830" y="-11113"/>
+            <a:off x="0" y="-22225"/>
             <a:ext cx="9237663" cy="6880225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="307975" y="7937"/>
-            <a:ext cx="8512497" cy="2484959"/>
+            <a:off x="1" y="7937"/>
+            <a:ext cx="9144000" cy="1332831"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="182880" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="4400" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Қалиева </a:t>
-[...32 lines deleted...]
-              <a:t/>
+              <a:t>Калиева Жумажан Капановна</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="kk-KZ" sz="4400" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>9 «А» сыныбында </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0" smtClean="0">
+              <a:t>Открытый урок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>қазақ әдебиетінен  Ахмет </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0">
+              <a:t>по казахской </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Йасауи «Даналық кітабы» </a:t>
-[...10 lines deleted...]
-              <a:t> </a:t>
+              <a:t>литературе в 9 “А” классе: </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тақырыбында ашық сабақ өткізді</a:t>
+              <a:t>“Даналық кітабы” («Книга мудрости»)  </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="AutoShape 2" descr="https://apf.mail.ru/cgi-bin/readmsg?id=15443704280000000790;0;1&amp;af_preview=1&amp;exif=1"/>
           <p:cNvSpPr>
             <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="155575" y="-144463"/>
             <a:ext cx="304800" cy="304801"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -6890,172 +6645,172 @@
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5" descr="C:\Users\Айдос\Documents\Desktop\Downloads\IMG-20181128-WA0019.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="276399" y="2780928"/>
-            <a:ext cx="2530625" cy="1800200"/>
+            <a:off x="307974" y="2060848"/>
+            <a:ext cx="2530625" cy="2016224"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\Айдос\Documents\Desktop\Downloads\IMG-20181128-WA0020.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3131877" y="2780928"/>
-            <a:ext cx="2694009" cy="1800200"/>
+            <a:off x="3163452" y="2060848"/>
+            <a:ext cx="2694009" cy="2016224"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7" descr="C:\Users\Айдос\Documents\Desktop\Downloads\IMG-20181128-WA0022.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6144671" y="2780928"/>
-            <a:ext cx="2860249" cy="1800200"/>
+            <a:off x="6176246" y="2060848"/>
+            <a:ext cx="2860249" cy="2016224"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8" descr="C:\Users\Айдос\Documents\Desktop\Downloads\IMG-20181128-WA0023.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1449134" y="5080759"/>
-            <a:ext cx="2906841" cy="1660609"/>
+            <a:off x="1449134" y="4881486"/>
+            <a:ext cx="2906841" cy="1859882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Рисунок 9" descr="C:\Users\Айдос\Documents\Desktop\Downloads\IMG-20181128-WA0021.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5125950" y="5080759"/>
-            <a:ext cx="2974442" cy="1660609"/>
+            <a:off x="5125950" y="4881486"/>
+            <a:ext cx="2974442" cy="1859882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1722624557"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
@@ -7078,370 +6833,304 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 3" descr="C:\Users\Broteko\Desktop\сайт\line-background-bright-convex-685888.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="-11113"/>
+            <a:off x="0" y="-22225"/>
             <a:ext cx="9237663" cy="6880225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="116632"/>
-            <a:ext cx="9324527" cy="2808312"/>
+            <a:off x="30493" y="259508"/>
+            <a:ext cx="9371043" cy="1597856"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="182880" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="4400" b="0" dirty="0">
+              <a:rPr lang="kk-KZ" sz="4400" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Жарманова Сандуғаш </a:t>
-[...1 lines deleted...]
-            <a:r>
+              <a:t>Жарманова Сандугаш Рамазановна</a:t>
+            </a:r>
+            <a:br>
               <a:rPr lang="kk-KZ" sz="4400" b="0" dirty="0" smtClean="0">
-                <a:solidFill>
-[...20 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4400" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2 «В» сыныбында </a:t>
-[...1 lines deleted...]
-            <a:r>
+              <a:t>Открытый урок по казахскому языку во 2 “В” классе: </a:t>
+            </a:r>
+            <a:br>
               <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0" smtClean="0">
-                <a:solidFill>
-[...42 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2800" b="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тақырыбында ашық сабақ өткізді</a:t>
+              <a:t>“Учебные принадлежности, итоговый урок”</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\TRANSL~1\AppData\Local\Temp\Rar$DI05.312\IMG-20181204-WA0015.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="179512" y="2348880"/>
-            <a:ext cx="2512650" cy="1800199"/>
+            <a:off x="251519" y="1857364"/>
+            <a:ext cx="2534711" cy="2219708"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="C:\Users\TRANSL~1\AppData\Local\Temp\Rar$DI02.203\IMG-20181204-WA0016.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2989611" y="2374280"/>
-            <a:ext cx="2784583" cy="1774800"/>
+            <a:off x="2915816" y="1857364"/>
+            <a:ext cx="2952328" cy="2219708"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5" descr="C:\Users\TRANSL~1\AppData\Local\Temp\Rar$DI10.515\IMG-20181204-WA0013.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6151417" y="2374279"/>
-            <a:ext cx="2716666" cy="1774799"/>
+            <a:off x="6084168" y="1857364"/>
+            <a:ext cx="2880320" cy="2219708"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\TRANSL~1\AppData\Local\Temp\Rar$DI13.047\IMG-20181204-WA0011.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1187625" y="4437112"/>
-            <a:ext cx="2979030" cy="1800200"/>
+            <a:off x="1331640" y="4144425"/>
+            <a:ext cx="2909183" cy="2524935"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7" descr="C:\Users\TRANSL~1\AppData\Local\Temp\Rar$DI17.343\IMG-20181204-WA0008.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4859027" y="4440692"/>
-            <a:ext cx="2920417" cy="1796620"/>
+            <a:off x="4716015" y="4150920"/>
+            <a:ext cx="3096345" cy="2518440"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="548519712"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
@@ -7464,405 +7153,307 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 3" descr="C:\Users\Broteko\Desktop\сайт\line-background-bright-convex-685888.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="-46831" y="-11113"/>
+            <a:off x="0" y="-22225"/>
             <a:ext cx="9237663" cy="6880225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="323529" y="188640"/>
-            <a:ext cx="8867303" cy="2232248"/>
+            <a:ext cx="8914134" cy="1296144"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="45720" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0">
+              <a:rPr lang="kk-KZ" sz="4400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Абдикаримова Назгүл </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0" smtClean="0">
+              <a:t>Абдикаримова Назгуль Капашовна</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Қапашевна</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0">
+              <a:t>Открытый по казахскому языку в 3 “В” классе:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t/>
-[...107 lines deleted...]
-              <a:t>сабақ өткізді</a:t>
+              <a:t> «Осень. Осенний труд”.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Объект 6" descr="C:\Users\admin\Downloads\IMG_20181126_154330.jpg"/>
           <p:cNvPicPr>
             <a:picLocks/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="323529" y="3050451"/>
-            <a:ext cx="2376264" cy="2160239"/>
+            <a:off x="323528" y="2852936"/>
+            <a:ext cx="2376264" cy="2467542"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 8594"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF">
               <a:shade val="85000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:reflection blurRad="12700" stA="38000" endPos="28000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2985782" y="2780928"/>
-            <a:ext cx="3190983" cy="1795077"/>
+            <a:off x="2897300" y="2337349"/>
+            <a:ext cx="3190983" cy="1751254"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 8594"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF">
               <a:shade val="85000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:reflection blurRad="12700" stA="38000" endPos="28000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6320767" y="3033084"/>
-            <a:ext cx="2715730" cy="2243998"/>
+            <a:off x="6320766" y="2996952"/>
+            <a:ext cx="2715730" cy="2389917"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 8594"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF">
               <a:shade val="85000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:reflection blurRad="12700" stA="38000" endPos="28000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2897301" y="4984832"/>
-            <a:ext cx="3258876" cy="1738027"/>
+            <a:off x="2829407" y="4405125"/>
+            <a:ext cx="3258876" cy="1963487"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 8594"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF">
               <a:shade val="85000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:reflection blurRad="12700" stA="38000" endPos="28000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
           </a:effectLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3100412197"/>
       </p:ext>
     </p:extLst>
@@ -7870,1322 +7461,1032 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="Picture 3" descr="C:\Users\Broteko\Desktop\сайт\line-background-bright-convex-685888.jpg"/>
+          <p:cNvPr id="10" name="Picture 3" descr="C:\Users\Broteko\Desktop\сайт\line-background-bright-convex-685888.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="-11113"/>
+            <a:off x="0" y="-22225"/>
             <a:ext cx="9237663" cy="6880225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="323528" y="188640"/>
-            <a:ext cx="8712968" cy="2376264"/>
+            <a:off x="0" y="188640"/>
+            <a:ext cx="8892480" cy="1210610"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="45720" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0">
+              <a:rPr lang="kk-KZ" sz="17600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Баймухамедова Бахыт </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0" smtClean="0">
+              <a:t>Баймхамедова Бахыт Газизовна</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="9300" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="11200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Газизовна</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0">
+              <a:t>Открытый урок по казахскому языку в 3 “б” классе: «Весна»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="11200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0">
+              <a:rPr lang="kk-KZ" sz="11200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
-            <a:r>
-[...98 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="11200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI26.552\IMG_20181126_163840.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="429877" y="2708920"/>
-            <a:ext cx="2376264" cy="1728192"/>
+            <a:off x="251520" y="1988840"/>
+            <a:ext cx="2520280" cy="2160240"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI05.655\IMG_20181126_163055.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3163825" y="2708920"/>
-            <a:ext cx="2568934" cy="1734280"/>
+            <a:off x="3071508" y="1985940"/>
+            <a:ext cx="2724627" cy="2149614"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI15.184\IMG_20181126_163808.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6149045" y="2715008"/>
-            <a:ext cx="2679196" cy="1728192"/>
+            <a:off x="6042180" y="1988840"/>
+            <a:ext cx="2994316" cy="2160240"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI01.239\IMG_20181126_170236.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1321908" y="5157192"/>
-            <a:ext cx="2890051" cy="1512167"/>
+            <a:off x="1146754" y="4746020"/>
+            <a:ext cx="3065205" cy="1923339"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI09.104\IMG_20181126_163722.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4745208" y="5157192"/>
-            <a:ext cx="2807674" cy="1512167"/>
+            <a:off x="4550592" y="4746020"/>
+            <a:ext cx="3405784" cy="1923339"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4253544464"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="1026" name="Picture 2"/>
+          <p:cNvPr id="8" name="Picture 3" descr="C:\Users\Broteko\Desktop\сайт\line-background-bright-convex-685888.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="-46038" y="-12700"/>
-            <a:ext cx="9236076" cy="6883400"/>
+            <a:off x="0" y="-22225"/>
+            <a:ext cx="9237663" cy="6880225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
-            </a:ext>
-[...7 lines deleted...]
-              </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="467545" y="116632"/>
-            <a:ext cx="8568950" cy="2088232"/>
+            <a:off x="827584" y="116632"/>
+            <a:ext cx="8208912" cy="1512168"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+            <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="45720" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="5200" dirty="0">
+              <a:rPr lang="kk-KZ" sz="17600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Рауандина Назым </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="5200" dirty="0" smtClean="0">
+              <a:t>Рауандина Назым Калкеновна</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="11200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Калкеновна</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="5200" dirty="0">
+              <a:t>Открытый урок по казахскому языку в 7 “В” классе: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="11200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t/>
-[...79 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3300" dirty="0">
+              <a:t>«Играем футбол»</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="11200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr>
-[...4 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="4000" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="11200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI00.089\image-18-12-18-13-10.jpeg"/>
+          <p:cNvPr id="9" name="Рисунок 8" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI00.089\image-18-12-18-13-10.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="467544" y="2636912"/>
-            <a:ext cx="2592288" cy="1808335"/>
+            <a:off x="251520" y="2204864"/>
+            <a:ext cx="2808312" cy="1781678"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Рисунок 4" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI00.089\image-18-12-18-13-10.jpeg"/>
+          <p:cNvPr id="11" name="Рисунок 10" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI00.089\image-18-12-18-13-10.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4677240" y="4653136"/>
-            <a:ext cx="3069759" cy="1741998"/>
+            <a:off x="4211960" y="4764101"/>
+            <a:ext cx="3535040" cy="1716319"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Рисунок 5" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI05.979\image-18-12-18-13-10-4.jpeg"/>
+          <p:cNvPr id="12" name="Рисунок 11" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI05.979\image-18-12-18-13-10-4.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6377738" y="2636912"/>
-            <a:ext cx="2658757" cy="1808335"/>
+            <a:off x="6156176" y="2204864"/>
+            <a:ext cx="2880320" cy="1781678"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI08.978\image-18-12-18-13-10-5.jpeg"/>
+          <p:cNvPr id="13" name="Рисунок 12" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI08.978\image-18-12-18-13-10-5.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1259632" y="4653136"/>
-            <a:ext cx="2858164" cy="1741998"/>
+            <a:off x="827584" y="4764101"/>
+            <a:ext cx="3096344" cy="1716319"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Рисунок 9" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI28.189\image-18-12-18-13-10-2.jpeg"/>
+          <p:cNvPr id="14" name="Рисунок 13" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI28.189\image-18-12-18-13-10-2.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3414332" y="2636911"/>
-            <a:ext cx="2525819" cy="1808336"/>
+            <a:off x="3203848" y="2204862"/>
+            <a:ext cx="2736304" cy="1781679"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1813380245"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2050" name="Picture 2"/>
+          <p:cNvPr id="10" name="Picture 3" descr="C:\Users\Broteko\Desktop\сайт\line-background-bright-convex-685888.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="-92076" y="0"/>
-            <a:ext cx="9236076" cy="6883400"/>
+            <a:off x="0" y="-22225"/>
+            <a:ext cx="9237663" cy="6880225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
-            </a:ext>
-[...7 lines deleted...]
-              </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="251520" y="188640"/>
-            <a:ext cx="8496944" cy="2304256"/>
+            <a:off x="323528" y="188640"/>
+            <a:ext cx="9289032" cy="1296144"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="45720" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="17600" dirty="0">
+              <a:rPr lang="kk-KZ" sz="4400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Мейрамова Шынар </a:t>
-[...166 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Мейрамова Шынар Бахтияровна</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI12.581\image-18-12-18-13-10-6.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="395536" y="2780928"/>
-            <a:ext cx="2664296" cy="1656184"/>
+            <a:off x="179512" y="2409775"/>
+            <a:ext cx="2808312" cy="2016224"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI21.901\image-18-12-18-13-10-8.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3498904" y="2780928"/>
-            <a:ext cx="2729279" cy="1656184"/>
+            <a:off x="3322337" y="2328129"/>
+            <a:ext cx="2876807" cy="2016224"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI21.116\image-18-12-18-13-11.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6632130" y="2780928"/>
-            <a:ext cx="2404365" cy="1656184"/>
+            <a:off x="6586642" y="2409775"/>
+            <a:ext cx="2534330" cy="2016224"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI30.300\image-18-12-18-13-11-1.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="976868" y="4923570"/>
-            <a:ext cx="3379107" cy="1745789"/>
+            <a:off x="794214" y="4544052"/>
+            <a:ext cx="3561762" cy="2125308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI09.866\image-18-12-18-13-10-10.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5009316" y="4914174"/>
-            <a:ext cx="3379107" cy="1727926"/>
+            <a:off x="4826662" y="4538536"/>
+            <a:ext cx="3561762" cy="2103563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="956486" y="1268760"/>
+            <a:ext cx="7740352" cy="954107"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Открытый по казахскому языку в 5 “Г” классе: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«Золотой человек»</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1963633340"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -9195,362 +8496,353 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 3" descr="C:\Users\Broteko\Desktop\сайт\line-background-bright-convex-685888.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="-11113"/>
+            <a:off x="0" y="-22225"/>
             <a:ext cx="9237663" cy="6880225"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="107504" y="116632"/>
-            <a:ext cx="9036496" cy="2664296"/>
+            <a:ext cx="8784976" cy="1368152"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="45720" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0">
+              <a:rPr lang="kk-KZ" sz="17600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Балгабекова Гүлжанат </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="4400" dirty="0" smtClean="0">
+              <a:t>Балгабекова Гулжанато Торгаевна</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="11200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Торгайевна </a:t>
+              <a:t>Открытый по казахскому языку в 4 “Б” классе: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="45720" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="11200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>4 «</a:t>
-[...69 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:t>“Моя Родина”</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="11200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="45720" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI35.753\image-18-12-18-13-11-2.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="301574" y="2924944"/>
-            <a:ext cx="2664296" cy="1872208"/>
+            <a:off x="449276" y="2204864"/>
+            <a:ext cx="2689899" cy="2174256"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI40.363\image-18-12-18-13-11-4.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3414017" y="2924944"/>
-            <a:ext cx="2720205" cy="1872208"/>
+            <a:off x="3589632" y="2215534"/>
+            <a:ext cx="2746345" cy="2174256"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI03.473\image-18-12-18-13-20-4.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1503757" y="4991448"/>
-            <a:ext cx="2924226" cy="1650651"/>
+            <a:off x="1475656" y="4509120"/>
+            <a:ext cx="2952327" cy="2132980"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI17.849\image-18-12-18-13-20-7.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5057761" y="4999552"/>
-            <a:ext cx="3114639" cy="1669807"/>
+            <a:off x="5148064" y="4509120"/>
+            <a:ext cx="3024336" cy="2160240"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI40.815\image-18-12-18-13-19-3.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6466160" y="2924944"/>
-            <a:ext cx="2404365" cy="1872208"/>
+            <a:off x="6624862" y="2204864"/>
+            <a:ext cx="2427470" cy="2174256"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2903037016"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Воздушный поток">
@@ -10121,82 +9413,82 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Slipstream</Template>
   <TotalTime></TotalTime>
-  <Words>57</Words>
+  <Words>142</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>16</Paragraphs>
+  <Paragraphs>28</Paragraphs>
   <Slides>10</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>Воздушный поток</vt:lpstr>
-      <vt:lpstr>  «Тіл – халықтың рухани басты белгісі» атты 2018-2019 оқу ж.  қазақ  тілі  мен  әдебиет  пән  әдістемелік   бірлестігінің   пән декадасы   </vt:lpstr>
+      <vt:lpstr>  2018-2019 уч.г.  МО учителей казахского языка и литературы.  Тема: «Язык-главный духовный знак народа»   </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Қалиева Жұмажан Қапановна 9 «А» сыныбында қазақ әдебиетінен  Ахмет Йасауи «Даналық кітабы»   тақырыбында ашық сабақ өткізді</vt:lpstr>
-      <vt:lpstr>Жарманова Сандуғаш Рамазановна 2 «В» сыныбында қазақ тілінен оқу құралдары модулі «Нәтиже сабақ» тақырыбында ашық сабақ өткізді</vt:lpstr>
+      <vt:lpstr>Калиева Жумажан Капановна Открытый урок по казахской литературе в 9 “А” классе:  “Даналық кітабы” («Книга мудрости»)  </vt:lpstr>
+      <vt:lpstr>Жарманова Сандугаш Рамазановна Открытый урок по казахскому языку во 2 “В” классе:  “Учебные принадлежности, итоговый урок”</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>Гульбахыт</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>