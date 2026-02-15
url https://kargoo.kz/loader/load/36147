--- v0 (2026-01-12)
+++ v1 (2026-02-15)
@@ -2,71 +2,71 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="7C45D726" w14:textId="77777777" w:rsidR="00317B1C" w:rsidRPr="00645816" w:rsidRDefault="00317B1C" w:rsidP="00317B1C">
+    <w:p w:rsidR="00317B1C" w:rsidRPr="00645816" w:rsidRDefault="00317B1C" w:rsidP="00317B1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645816">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A344320" wp14:editId="31FFEA8F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>13335</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2876550" cy="333375"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="5" name="Рисунок 1" descr="003.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Рисунок 1" descr="003.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
@@ -75,118 +75,243 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2876550" cy="333375"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00F014C4" w:rsidRPr="00645816">
+      <w:r w:rsidR="003378C1" w:rsidRPr="00645816">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00645816">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.enpf.kz/upload/iblock/530/530fc2935ab932e01a02840ea97d3bdd.pdf" \l "page=1" \o "Страница 1" </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F014C4" w:rsidRPr="00645816">
+      <w:r w:rsidR="003378C1" w:rsidRPr="00645816">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5BC66A" w14:textId="77777777" w:rsidR="00317B1C" w:rsidRPr="00645816" w:rsidRDefault="00F014C4" w:rsidP="00317B1C">
+    <w:p w:rsidR="00317B1C" w:rsidRPr="00645816" w:rsidRDefault="003378C1" w:rsidP="00317B1C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645816">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D7A2DB" w14:textId="4EED1A2E" w:rsidR="00317B1C" w:rsidRPr="00645816" w:rsidRDefault="00DB33D9" w:rsidP="00317B1C">
+    <w:p w:rsidR="00317B1C" w:rsidRPr="00645816" w:rsidRDefault="00A8542C" w:rsidP="00317B1C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00645816">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="4294967291" distB="4294967291" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5141C570" wp14:editId="7912374A">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-1061085</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>124460</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7515225" cy="639445"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7515225" cy="639445"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00645816" w:rsidRPr="000C3214" w:rsidRDefault="00645816" w:rsidP="00317B1C">
+                            <w:pPr>
+                              <w:spacing w:after="120"/>
+                              <w:ind w:left="142"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-83.55pt;margin-top:9.8pt;width:591.75pt;height:50.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeYRxVtQIAALkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLTRJQSdWGME3q&#10;XqR2P8ABE6yBzWwn0E377zubJE1bTZq28QHZvvNz99w9vqvrsWvRninNpchweBFgxEQpKy62Gf7y&#10;UHgLjLShoqKtFCzDj0zj6+XbN1dDn7JINrKtmEIAInQ69BlujOlT39dlwzqqL2TPBBhrqTpqYKu2&#10;fqXoAOhd60dBMPMHqapeyZJpDaf5ZMRLh1/XrDSf6lozg9oMQ27G/ZX7b+zfX17RdKto3/DykAb9&#10;iyw6ygUEPUHl1FC0U/wVVMdLJbWszUUpO1/WNS+Z4wBswuAFm/uG9sxxgeLo/lQm/f9gy4/7zwrx&#10;KsOXGAnaQYse2GjQrRxRZKsz9DoFp/se3MwIx9Blx1T3d7L8qpGQq4aKLbtRSg4NoxVkF9qb/tnV&#10;CUdbkM3wQVYQhu6MdEBjrTpbOigGAnTo0uOpMzaVEg7ncRhHUYxRCbbZZUJI7ELQ9Hi7V9q8Y7JD&#10;dpFhBZ136HR/p43NhqZHFxtMyIK3ret+K54dgON0ArHhqrXZLFwzfyRBsl6sF8Qj0WztkSDPvZti&#10;RbxZEc7j/DJfrfLwp40bkrThVcWEDXMUVkj+rHEHiU+SOElLy5ZXFs6mpNV2s2oV2lMQduG+Q0HO&#10;3PznabgiAJcXlMKIBLdR4hWzxdwjBYm9ZB4svCBMbpNZQBKSF88p3XHB/p0SGjKcxNBTR+e33AL3&#10;veZG044bGB0t7zK8ODnR1EpwLSrXWkN5O63PSmHTfyoFtPvYaCdYq9FJrWbcjIBiVbyR1SNIV0lQ&#10;FugT5h0sGqm+YzTA7Miw/rajimHUvhcg/yQkxA4btyHxPIKNOrdszi1UlACVYYPRtFyZaUDtesW3&#10;DUSaHpyQN/Bkau7U/JTV4aHBfHCkDrPMDqDzvfN6mrjLXwAAAP//AwBQSwMEFAAGAAgAAAAhACSx&#10;rkvfAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfISNy2pGN0rGs6IRBXEPtA&#10;2i1rvLaicaomW8u/xzvBzdb76PXjfD26VlywD40nDclUgUAqvW2o0rDbvk2eQIRoyJrWE2r4wQDr&#10;4vYmN5n1A33iZRMrwSUUMqOhjrHLpAxljc6Eqe+QODv53pnIa19J25uBy10rZ0ql0pmG+EJtOnyp&#10;sfzenJ2G/fvp8DVXH9Wre+wGPypJbim1vr8bn1cgIo7xD4arPqtDwU5HfyYbRKthkqSLhFlOlimI&#10;K6GSdA7iyNNMPYAscvn/ieIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHmEcVbUCAAC5&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJLGuS98A&#10;AAAMAQAADwAAAAAAAAAAAAAAAAAPBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABsG&#10;AAAAAA==&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00645816" w:rsidRPr="000C3214" w:rsidRDefault="00645816" w:rsidP="00317B1C">
+                      <w:pPr>
+                        <w:spacing w:after="120"/>
+                        <w:ind w:left="142"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="4294967291" distB="4294967291" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-434340</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>41274</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6438900" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Line 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6438900" cy="0"/>
                         </a:xfrm>
@@ -203,646 +328,604 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="07F42C98" id="Line 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-1e-4mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-1e-4mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-34.2pt,3.25pt" to="472.8pt,3.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCT9zVLEgIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxH6zc2yTd0G2jpiuUtFwW&#10;qLTLD3Btp7FwPJbtNq0Q/52x+wGFC0Lk4Iw9M89v5o0XT8dekYOwToKuknycJURoBlzqXZV8eV2P&#10;ZglxnmpOFWhRJSfhkqfl2zeLwZRiAh0oLixBEO3KwVRJ570p09SxTvTUjcEIjc4WbE89bu0u5ZYO&#10;iN6rdJJl03QAy40FJpzD0+bsTJYRv20F85/b1glPVJUgNx9XG9dtWNPlgpY7S00n2YUG/QcWPZUa&#10;L71BNdRTsrfyD6heMgsOWj9m0KfQtpKJWANWk2e/VfPSUSNiLdgcZ25tcv8Pln06bCyRHLVLiKY9&#10;SvQstSB56MxgXIkBtd7YUBs76hfzDOyrIxrqjuqdiAxfTwbTYkZ6lxI2ziD+dvgIHGPo3kNs07G1&#10;fYDEBpBjVON0U0McPWF4OC0eZvMMRWNXX0rLa6Kxzn8Q0JNgVIlCzhGYHp6dR+oYeg0J92hYS6Wi&#10;2EqTAdlOHhE6uBwoyYM3buxuWytLDjTMS/xCIxDtLszCXvOI1gnKVxfbU6nONsYrHfCwFuRzsc4D&#10;8W2ezVez1awYFZPpalRkTTN6v66L0XSdP75rHpq6bvLvgVpelJ3kXOjA7jqcefF34l+eyXmsbuN5&#10;60N6jx5LRLLXfyQdxQz6nSdhC/y0saEbQVecxxh8eTth4H/dx6ifL3z5AwAA//8DAFBLAwQUAAYA&#10;CAAAACEAWe4BZ90AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7CQBRF9yb+w+SZuIOpBGqp&#10;nRKjIUTDBjBh++g8O9XOm9IZoP69oxtd3tybc0+xGGwrztT7xrGCu3ECgrhyuuFawdtuOcpA+ICs&#10;sXVMCr7Iw6K8viow1+7CGzpvQy0ihH2OCkwIXS6lrwxZ9GPXEcfu3fUWQ4x9LXWPlwi3rZwkSSot&#10;NhwfDHb0ZKj63J6sAnxebcI+m7zeNy9m/bFbHlcmOyp1ezM8PoAINIS/MfzoR3Uoo9PBnVh70SoY&#10;pdk0ThWkMxCxn09nKYjDb5ZlIf/7l98AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAk/c1&#10;SxICAAApBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;We4BZ90AAAAHAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" strokeweight="1pt"/>
+              <v:line w14:anchorId="6DCF8D8D" id="Line 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-1e-4mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-1e-4mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-34.2pt,3.25pt" to="472.8pt,3.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCT9zVLEgIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxH6zc2yTd0G2jpiuUtFwW&#10;qLTLD3Btp7FwPJbtNq0Q/52x+wGFC0Lk4Iw9M89v5o0XT8dekYOwToKuknycJURoBlzqXZV8eV2P&#10;ZglxnmpOFWhRJSfhkqfl2zeLwZRiAh0oLixBEO3KwVRJ570p09SxTvTUjcEIjc4WbE89bu0u5ZYO&#10;iN6rdJJl03QAy40FJpzD0+bsTJYRv20F85/b1glPVJUgNx9XG9dtWNPlgpY7S00n2YUG/QcWPZUa&#10;L71BNdRTsrfyD6heMgsOWj9m0KfQtpKJWANWk2e/VfPSUSNiLdgcZ25tcv8Pln06bCyRHLVLiKY9&#10;SvQstSB56MxgXIkBtd7YUBs76hfzDOyrIxrqjuqdiAxfTwbTYkZ6lxI2ziD+dvgIHGPo3kNs07G1&#10;fYDEBpBjVON0U0McPWF4OC0eZvMMRWNXX0rLa6Kxzn8Q0JNgVIlCzhGYHp6dR+oYeg0J92hYS6Wi&#10;2EqTAdlOHhE6uBwoyYM3buxuWytLDjTMS/xCIxDtLszCXvOI1gnKVxfbU6nONsYrHfCwFuRzsc4D&#10;8W2ezVez1awYFZPpalRkTTN6v66L0XSdP75rHpq6bvLvgVpelJ3kXOjA7jqcefF34l+eyXmsbuN5&#10;60N6jx5LRLLXfyQdxQz6nSdhC/y0saEbQVecxxh8eTth4H/dx6ifL3z5AwAA//8DAFBLAwQUAAYA&#10;CAAAACEAWe4BZ90AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7CQBRF9yb+w+SZuIOpBGqp&#10;nRKjIUTDBjBh++g8O9XOm9IZoP69oxtd3tybc0+xGGwrztT7xrGCu3ECgrhyuuFawdtuOcpA+ICs&#10;sXVMCr7Iw6K8viow1+7CGzpvQy0ihH2OCkwIXS6lrwxZ9GPXEcfu3fUWQ4x9LXWPlwi3rZwkSSot&#10;NhwfDHb0ZKj63J6sAnxebcI+m7zeNy9m/bFbHlcmOyp1ezM8PoAINIS/MfzoR3Uoo9PBnVh70SoY&#10;pdk0ThWkMxCxn09nKYjDb5ZlIf/7l98AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAk/c1&#10;SxICAAApBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;We4BZ90AAAAHAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" strokeweight="1pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C3E835" w14:textId="69DA2D00" w:rsidR="00645816" w:rsidRPr="00645816" w:rsidRDefault="001F34F2" w:rsidP="00645816">
+    <w:p w:rsidR="00317B1C" w:rsidRPr="00645816" w:rsidRDefault="00317B1C" w:rsidP="00317B1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00317B1C" w:rsidRPr="00645816" w:rsidRDefault="00317B1C" w:rsidP="00317B1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00645816" w:rsidRPr="00645816" w:rsidRDefault="00645816" w:rsidP="00645816">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00645816">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>АҚПАРАТТЫҚ ХАБАРЛАМА</w:t>
+        </w:rPr>
+        <w:t>ИНФОРМАЦИОННОЕ СООБЩЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56EAA916" w14:textId="6189EAE5" w:rsidR="00645816" w:rsidRPr="00645816" w:rsidRDefault="001F34F2" w:rsidP="00645816">
+    <w:p w:rsidR="00645816" w:rsidRPr="00645816" w:rsidRDefault="00645816" w:rsidP="00645816">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00645816">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-        <w:t>қаңтар</w:t>
+        </w:rPr>
+        <w:t>«___» января 2019 года</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A064DFB" w14:textId="77777777" w:rsidR="00EA776A" w:rsidRDefault="00EA776A" w:rsidP="00EA776A">
+    <w:p w:rsidR="005B0EB3" w:rsidRPr="005B0EB3" w:rsidRDefault="005B0EB3" w:rsidP="005B0EB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0EB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">Упрощается процедура уплаты взносов для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>фрилансеров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="6EEA7DF5" w14:textId="77777777" w:rsidR="00EA776A" w:rsidRPr="00AB1CEA" w:rsidRDefault="00EA776A" w:rsidP="00EA776A">
+    <w:p w:rsidR="005B0EB3" w:rsidRPr="005B0EB3" w:rsidRDefault="005B0EB3" w:rsidP="005B0EB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34EF0FCC" w14:textId="77777777" w:rsidR="00EA776A" w:rsidRPr="00A61006" w:rsidRDefault="00EA776A" w:rsidP="00EA776A">
+    <w:p w:rsidR="005B0EB3" w:rsidRPr="005B0EB3" w:rsidRDefault="005B0EB3" w:rsidP="005B0EB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">2018 жылдың 26 желтоқсанында «Қазақстан Республикасында зейнетақымен қамсыздандыру туралы» ҚР Заңына тиісті өзгерістер енгізілді. Ол азаматтық-құқықтық сипаттағы (АҚС) шарттар бойынша жұмыстар орындайтын және қызметтер көрсететін жеке тұлғалар үшін міндетті зейнетақы жарналарын (МЗЖ) төлеу рәсімін оңайлатуға бағытталған.     </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26 декабря 2018 года в Закон РК «О пенсионном обеспечении в РК» внесены изменения, направленные на упрощение процедуры уплаты обязательных пенсионных взносов (ОПВ) физическими лицами,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выполняющими работы и услуги по договорам гражданско-правового характера (ГПХ). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523DDF3F" w14:textId="77777777" w:rsidR="00EA776A" w:rsidRPr="00A61006" w:rsidRDefault="00EA776A" w:rsidP="00EA776A">
+    <w:p w:rsidR="005B0EB3" w:rsidRPr="005B0EB3" w:rsidRDefault="005B0EB3" w:rsidP="005B0EB3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Напомним, с июля 2018 года уплата ОПВ данной категорией лиц стала носить обязательный характер. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B0EB3" w:rsidRPr="005B0EB3" w:rsidRDefault="005B0EB3" w:rsidP="005B0EB3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Внесенные же изменения вступят в силу с января 2019 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B0EB3" w:rsidRPr="005B0EB3" w:rsidRDefault="005B0EB3" w:rsidP="005B0EB3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прежде всего, если одной из сторон договора ГПХ является налоговый агент, к которым относятся юридические лица, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальные предприниматели и лица, занимающиеся частной практикой (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>частный нотариус, частный судебный исполнитель, адвокат, профессиональный медиатор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">то именно они становятся агентами по уплате ОПВ с доходов, выплачиваемых физическим лицам, в том числе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>фрилансерам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. При этом размер взноса должен составлять 10% от получаемого дохода, но не менее 10% от минимального размера заработной платы (МРЗП) и не выше 10% от 50-кратного МРЗП, установленного на соответствующий финансовый год законом о республиканском бюджете.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B0EB3" w:rsidRPr="005B0EB3" w:rsidRDefault="005B0EB3" w:rsidP="005B0EB3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В свою очередь, если договор ГПХ заключен с физическим лицом, не являющимся налоговым агентом, то уплата ОПВ становится правом, а не обязанностью </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>фрилансеров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Иными словами, в этом случае физическое лицо может по своему усмотрению осуществлять ОПВ в свою пользу через банки второго уровня или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Казпочту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на реквизиты Государственной корпорации «Правительство для граждан», для их дальнейшего перевода на индивидуальный пенсионный счет в ЕНПФ. Следует отметить, что если </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>фрилансер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспользуется этим правом, то это положительно скажется на формировании его личного пенсионного капитала. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B0EB3" w:rsidRPr="005B0EB3" w:rsidRDefault="005B0EB3" w:rsidP="005B0EB3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кроме того, от уплаты ОПВ с доходов по договорам ГПХ освобождаются граждане, совмещающие трудовую деятельность в качестве наемного работника по заключенному трудовому договору и выполняющие работы или услуги по договорам ГПХ, заключенным с физическими лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B0EB3" w:rsidRPr="005B0EB3" w:rsidRDefault="005B0EB3" w:rsidP="005B0EB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Еске сала кетелік, азаматтардың бұл санаты 2018 жылдың шілде айынан бастап МЗЖ төлеуге міндеттелген болатын.   </w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При этом максимальный совокупный годовой доход, принимаемый для исчисления ОПВ, не должен превышать двенадцати размеров 50-кратного МРЗП, установленного на соответствующий финансовый год законом о республиканском бюджете. То есть, если совокупный годовой доход в 2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>году превышает сумму 25 500 000 тенге, то доход, получаемый выше этой суммы освобождается от уплаты ОПВ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AAA616F" w14:textId="77777777" w:rsidR="00EA776A" w:rsidRDefault="00EA776A" w:rsidP="00EA776A">
-[...2 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="00F84EB9" w:rsidRDefault="00F84EB9" w:rsidP="00F84EB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="6568A83A" w14:textId="77777777" w:rsidR="00EA776A" w:rsidRDefault="00EA776A" w:rsidP="00EA776A">
-[...2 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="00645816" w:rsidRPr="00645816" w:rsidRDefault="00645816" w:rsidP="00645816">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...178 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">акционері – Қазақстан Республикасы Қаржы министрлігінің «Мемлекеттік мүлік және жекешелендіру комитеті» ММ арқылы Қазақстан Республикасының Үкіметі. БЖЗҚ зейнетақы активтерін сенімгерлікпен басқаруды Қазақстан Республикасының Ұлттық Банкі жүзеге асырады. 2016 жылғы 1 қаңтардан бастап зейнетақы активтерін басқару тиімділігін арттыру бойынша ұсыныстар жасау қызметі Ұлттық қорды басқару кеңесіне берілді. Зейнетақы заңнамасына сәйкес БЖЗҚ міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын, ерікті зейнетақы жарналарын тартуды, зейнетақы төлемдерін, зейнетақы жинақтары мен төлемдерін жеке есепке алуды жүзеге асырады, салымшыға (алушыға) зейнетақы жинақтарының жай-күйі туралы ақпарат береді (толығырақ </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645816">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЕНПФ создан 22 августа 2013 года на базе АО «НПФ «ГНПФ». Учредителем и акционером ЕНПФ является Правительство Республики Казахстан в лице ГУ «Комитет государственного имущества и приватизации» Министерства финансов Республики Казахстан. Доверительное управление пенсионными активами ЕНПФ осуществляет Национальный Банк Республики Казахстан. С 1 января 2016 года функции по выработке предложений по повышению эффективности управления пенсионными активами переданы Совету по управлению Национальным фондом, который возглавляет Президент Республики Казахстан. В соответствии с пенсионным законодательством ЕНПФ осуществляет привлечение обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов, добровольных пенсионных взносов, пенсионные выплаты, индивидуальный учет пенсионных накоплений и выплат, предоставляет вкладчику (получателю) информацию о состоянии его пенсионных накоплений (подробнее на </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00F825B2">
+        <w:r w:rsidRPr="00645816">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="ae"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:i/>
-            <w:color w:val="001CAC"/>
+            <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
           </w:rPr>
           <w:t>www.enpf.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F825B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00645816">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU" w:bidi="hi-IN"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09DB3F43" w14:textId="77777777" w:rsidR="00474475" w:rsidRDefault="00474475" w:rsidP="00451F78">
-[...6 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00645816" w:rsidRPr="00645816" w:rsidRDefault="00645816" w:rsidP="00645816">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645816">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пресс-центр АО «ЕНПФ» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00645816" w:rsidRPr="00645816" w:rsidRDefault="00645816" w:rsidP="00645816">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645816">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контакты для СМИ: press@enpf.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317B1C" w:rsidRPr="00645816" w:rsidRDefault="00317B1C" w:rsidP="00317B1C">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D07932B" w14:textId="4E42EBA3" w:rsidR="00A05299" w:rsidRDefault="00A05299" w:rsidP="00451F78">
-[...93 lines deleted...]
-    <w:sectPr w:rsidR="00F84EB9" w:rsidRPr="00A05299" w:rsidSect="00F014C4">
+    <w:sectPr w:rsidR="00317B1C" w:rsidRPr="00645816" w:rsidSect="00F014C4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
-[...6 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32105856"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A69C41AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -1075,175 +1158,160 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00317B1C"/>
     <w:rsid w:val="00003DCD"/>
     <w:rsid w:val="00027DD6"/>
     <w:rsid w:val="00071C9B"/>
     <w:rsid w:val="000913E3"/>
     <w:rsid w:val="000A2EC4"/>
-    <w:rsid w:val="0011303E"/>
     <w:rsid w:val="00122EC1"/>
     <w:rsid w:val="0017182D"/>
     <w:rsid w:val="00197D14"/>
     <w:rsid w:val="001A7463"/>
     <w:rsid w:val="001B00F9"/>
-    <w:rsid w:val="001F34F2"/>
     <w:rsid w:val="001F6893"/>
     <w:rsid w:val="00240A78"/>
     <w:rsid w:val="002567EF"/>
-    <w:rsid w:val="00283591"/>
     <w:rsid w:val="002964FF"/>
     <w:rsid w:val="002D45CF"/>
     <w:rsid w:val="00317B1C"/>
     <w:rsid w:val="003219A7"/>
+    <w:rsid w:val="003378C1"/>
     <w:rsid w:val="0035090A"/>
-    <w:rsid w:val="00372A05"/>
     <w:rsid w:val="00381B38"/>
-    <w:rsid w:val="00385B56"/>
     <w:rsid w:val="00385CBD"/>
     <w:rsid w:val="00390B4B"/>
     <w:rsid w:val="003D5BDF"/>
     <w:rsid w:val="003E2ED2"/>
-    <w:rsid w:val="00412CED"/>
     <w:rsid w:val="0041481F"/>
     <w:rsid w:val="00431B6F"/>
     <w:rsid w:val="00437737"/>
-    <w:rsid w:val="00451F78"/>
-    <w:rsid w:val="004653D1"/>
     <w:rsid w:val="004742EB"/>
-    <w:rsid w:val="00474475"/>
     <w:rsid w:val="004745BB"/>
     <w:rsid w:val="00482E2F"/>
     <w:rsid w:val="00491C39"/>
     <w:rsid w:val="004D6B03"/>
     <w:rsid w:val="00523327"/>
     <w:rsid w:val="00564A2D"/>
-    <w:rsid w:val="005D5B82"/>
-    <w:rsid w:val="005E4021"/>
+    <w:rsid w:val="005A2CD0"/>
+    <w:rsid w:val="005B0EB3"/>
     <w:rsid w:val="005E578A"/>
     <w:rsid w:val="005F5377"/>
     <w:rsid w:val="00645816"/>
     <w:rsid w:val="006916CF"/>
     <w:rsid w:val="006C5D95"/>
     <w:rsid w:val="0073684C"/>
-    <w:rsid w:val="00752AD8"/>
     <w:rsid w:val="007A133A"/>
     <w:rsid w:val="007C539D"/>
     <w:rsid w:val="007E1C77"/>
     <w:rsid w:val="00800E09"/>
     <w:rsid w:val="008323CA"/>
     <w:rsid w:val="008D3DC0"/>
     <w:rsid w:val="008E63F7"/>
     <w:rsid w:val="008E718F"/>
     <w:rsid w:val="008F03A6"/>
+    <w:rsid w:val="008F65A4"/>
     <w:rsid w:val="009005F5"/>
-    <w:rsid w:val="00912C1F"/>
     <w:rsid w:val="009241DA"/>
     <w:rsid w:val="00932A47"/>
     <w:rsid w:val="009A2BD9"/>
     <w:rsid w:val="009C1A46"/>
     <w:rsid w:val="009F051C"/>
     <w:rsid w:val="009F3A0C"/>
-    <w:rsid w:val="00A05299"/>
-    <w:rsid w:val="00A45DBB"/>
     <w:rsid w:val="00A603CB"/>
+    <w:rsid w:val="00A8542C"/>
     <w:rsid w:val="00AA0D66"/>
     <w:rsid w:val="00B12301"/>
     <w:rsid w:val="00B64B20"/>
     <w:rsid w:val="00BB4268"/>
     <w:rsid w:val="00C26B11"/>
     <w:rsid w:val="00C9109F"/>
     <w:rsid w:val="00D02E8C"/>
-    <w:rsid w:val="00D0315B"/>
-    <w:rsid w:val="00D22AF5"/>
+    <w:rsid w:val="00D51FA6"/>
     <w:rsid w:val="00DB0D6D"/>
     <w:rsid w:val="00DB2A40"/>
     <w:rsid w:val="00DB33D9"/>
+    <w:rsid w:val="00DE23D5"/>
     <w:rsid w:val="00E01912"/>
     <w:rsid w:val="00E01D68"/>
     <w:rsid w:val="00E1172F"/>
-    <w:rsid w:val="00E222E9"/>
     <w:rsid w:val="00E23A8B"/>
     <w:rsid w:val="00E45B80"/>
-    <w:rsid w:val="00E806A6"/>
     <w:rsid w:val="00E85EAF"/>
-    <w:rsid w:val="00EA776A"/>
+    <w:rsid w:val="00EF4100"/>
     <w:rsid w:val="00F014C4"/>
-    <w:rsid w:val="00F12199"/>
     <w:rsid w:val="00F27BDF"/>
     <w:rsid w:val="00F84EB9"/>
     <w:rsid w:val="00FA1E42"/>
     <w:rsid w:val="00FB0ABD"/>
     <w:rsid w:val="00FB3802"/>
     <w:rsid w:val="00FB3B7C"/>
     <w:rsid w:val="00FC1AA6"/>
-    <w:rsid w:val="00FD452E"/>
     <w:rsid w:val="00FE01DB"/>
     <w:rsid w:val="00FF30CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="17583D5A"/>
-  <w15:docId w15:val="{0B55D5AF-06B4-48B4-BFD5-6617B88CE367}"/>
+  <w15:docId w15:val="{55B543D0-4928-46B7-AE7E-8673BDABBA78}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1857,51 +1925,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1733499115">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:press@enpf.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.enpf.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.enpf.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2130,79 +2198,79 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34917AEC-67E6-404F-9E2B-018D494F1125}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9ACCB4FD-3168-4C81-8F48-BAF8077303FA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>529</Words>
-  <Characters>3021</Characters>
+  <Words>527</Words>
+  <Characters>3004</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3543</CharactersWithSpaces>
+  <CharactersWithSpaces>3524</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Бердыгулова Дана Кайратовна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>