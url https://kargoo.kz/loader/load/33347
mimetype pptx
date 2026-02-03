--- v0 (2025-10-24)
+++ v1 (2026-02-03)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483684" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId12"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="265" r:id="rId3"/>
     <p:sldId id="257" r:id="rId4"/>
     <p:sldId id="258" r:id="rId5"/>
     <p:sldId id="259" r:id="rId6"/>
     <p:sldId id="260" r:id="rId7"/>
     <p:sldId id="261" r:id="rId8"/>
     <p:sldId id="262" r:id="rId9"/>
     <p:sldId id="263" r:id="rId10"/>
@@ -139,80 +139,61 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
-  <p:extLst>
-[...14 lines deleted...]
-  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
-      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
-[...2 lines deleted...]
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="220"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 - акцент 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
@@ -357,80 +338,80 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
-  <p:normalViewPr>
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:normalViewPr showOutlineIcons="0">
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
-      <p:cViewPr varScale="1">
+      <p:cViewPr>
         <p:scale>
-          <a:sx n="71" d="100"/>
-          <a:sy n="71" d="100"/>
+          <a:sx n="90" d="100"/>
+          <a:sy n="90" d="100"/>
         </p:scale>
-        <p:origin x="486" y="60"/>
+        <p:origin x="-2160" y="-456"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="72008" cy="72008"/>
+  <p:gridSpacing cx="73736200" cy="73736200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -480,51 +461,52 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4081182A-CB4B-49D0-903F-0F23BDA34AB0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="685800"/>
             <a:ext cx="4572000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -639,60 +621,61 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{733ADD34-4F8C-4EFF-9B82-69AE15851034}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1646122565"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1646122565"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -817,60 +800,61 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{733ADD34-4F8C-4EFF-9B82-69AE15851034}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2653540307"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2653540307"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -1302,92 +1286,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="817581" y="3132290"/>
             <a:ext cx="7175351" cy="1793167"/>
           </a:xfrm>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
@@ -1514,92 +1500,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
@@ -1701,92 +1689,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
@@ -1798,92 +1788,94 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Title 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
@@ -2394,92 +2386,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
@@ -2491,92 +2485,94 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Title 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
@@ -3096,92 +3092,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Title 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
@@ -3239,92 +3237,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
@@ -3336,92 +3336,94 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
@@ -3620,92 +3622,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
@@ -4142,92 +4146,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="727268" y="4464421"/>
             <a:ext cx="6383538" cy="1143000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
@@ -4666,51 +4672,52 @@
           <a:xfrm>
             <a:off x="6172200" y="6172200"/>
             <a:ext cx="2514600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1100" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>12.01.2019</a:t>
+              <a:pPr/>
+              <a:t>11.01.2019</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457199" y="6172200"/>
             <a:ext cx="3352801" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -4746,50 +4753,51 @@
           <a:xfrm>
             <a:off x="3810000" y="6172200"/>
             <a:ext cx="1828800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483685" r:id="rId1"/>
     <p:sldLayoutId id="2147483686" r:id="rId2"/>
     <p:sldLayoutId id="2147483687" r:id="rId3"/>
     <p:sldLayoutId id="2147483688" r:id="rId4"/>
     <p:sldLayoutId id="2147483689" r:id="rId5"/>
     <p:sldLayoutId id="2147483690" r:id="rId6"/>
     <p:sldLayoutId id="2147483691" r:id="rId7"/>
     <p:sldLayoutId id="2147483692" r:id="rId8"/>
     <p:sldLayoutId id="2147483693" r:id="rId9"/>
     <p:sldLayoutId id="2147483694" r:id="rId10"/>
     <p:sldLayoutId id="2147483695" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -5311,949 +5319,670 @@
           <a:xfrm>
             <a:off x="467545" y="116632"/>
             <a:ext cx="8208912" cy="6264696"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="182880" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="5300" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>  «</a:t>
-[...89 lines deleted...]
-              </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="5300" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="5300" dirty="0" err="1" smtClean="0">
-[...11 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="5300" dirty="0" smtClean="0">
-                <a:solidFill>
-[...49 lines deleted...]
-              <a:rPr lang="ru-RU" sz="5300" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>атты</a:t>
-[...12 lines deleted...]
-              <a:t/>
+              <a:t>с 20.11. 2018 г. по 30.11.2018г. была проведена декада МО учителей казахского языка и литературы. </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="5300" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent3">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="5300" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="5300" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="92D050"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>20.11.2018 ж </a:t>
-[...41 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="5300" dirty="0">
+              <a:t>Тема:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5300" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="5300" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="5300" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="92D050"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>пән декадасы өтті.</a:t>
+              <a:t>«Язык-главный духовный знак народа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="5300" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="92D050"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="5300" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="5300" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="5300" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="5300" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="0" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="3600" b="0" dirty="0">
                 <a:effectLst/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="ru-RU" sz="3600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="918998830"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="918998830"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="323528" y="116632"/>
             <a:ext cx="8424936" cy="1224136"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0"/>
-              <a:t>пәні мұғалімі</a:t>
-[...30 lines deleted...]
-            </a:br>
+              <a:t>Учитель  казахского языка и литературы Тулеева Айгуль Закариановна провела акцию среди учащимися и молодых специалистов “</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0"/>
-              <a:t>«Латынша караоке флешмоб» </a:t>
-[...14 lines deleted...]
-              <a:t>өткізген акциясы</a:t>
+              <a:t> Латынша караоке флешмоб</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" smtClean="0"/>
+              <a:t>» (“Караоке флешмоб по латынски”</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI22.016\image-18-12-18-13-20-8.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="107504" y="1196752"/>
             <a:ext cx="3096344" cy="2718807"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI04.392\image-18-12-18-13-20-11.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5940152" y="1196753"/>
             <a:ext cx="3024336" cy="2800845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI29.703\image-18-12-18-13-20-19.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="107504" y="4083198"/>
             <a:ext cx="3096344" cy="2586161"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI31.509\image-18-12-18-13-20-10.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3275856" y="1196753"/>
             <a:ext cx="2592288" cy="2718806"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI22.109\image-18-12-18-13-20-18.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3275856" y="4011442"/>
             <a:ext cx="2592288" cy="2657917"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Рисунок 10" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI18.393\image-18-12-18-13-20-17.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5940152" y="4083198"/>
             <a:ext cx="3024336" cy="2586162"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="769123734"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="769123734"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="395536" y="188640"/>
             <a:ext cx="8496944" cy="1386160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+            <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0"/>
-              <a:t>тілі </a:t>
-[...40 lines deleted...]
-              <a:t>сыныбында өткізген ашық сабағы</a:t>
+              <a:t>Открытый урок учителя казахского языка и литературы Жумабековой Гульбахыт Амановны по казахскому языку в 9 “Б” классе, тема открытого урока: Музеи Казахстана”</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI11.582\image-18-12-18-13-26.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="107504" y="1484784"/>
             <a:ext cx="2638425" cy="2664296"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI52.927\image-18-12-18-13-26-4.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2843808" y="1484784"/>
             <a:ext cx="3096344" cy="2664296"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI20.632\image-18-12-18-13-27-1.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6084168" y="1484784"/>
             <a:ext cx="2880320" cy="2664296"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI41.536\image-18-12-18-13-27-7.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1102680" y="4230836"/>
             <a:ext cx="3289300" cy="2448272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI28.174\image-18-12-18-13-27-2.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4716016" y="4230836"/>
             <a:ext cx="3528392" cy="2448272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2266304583"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2266304583"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -6263,169 +5992,115 @@
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="307975" y="7937"/>
             <a:ext cx="8512497" cy="1332831"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="182880" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Қазақ әдебиеті пәнінен </a:t>
-[...53 lines deleted...]
-              <a:t>атты 9 «А» сыныбында өткізген ашық сабағы</a:t>
+              <a:t>Открытый урок учителя казахского языка и литературы Калиевой Жумажан Капановны 9 “А” классе по казахской литературе, тема открытого урока: “Даналық кітабы” («Книга мудрости»)  </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="AutoShape 2" descr="https://apf.mail.ru/cgi-bin/readmsg?id=15443704280000000790;0;1&amp;af_preview=1&amp;exif=1"/>
           <p:cNvSpPr>
             <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="155575" y="-144463"/>
             <a:ext cx="304800" cy="304801"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="AutoShape 4" descr="https://apf.mail.ru/cgi-bin/readmsg?id=15443704280000000790;0;1&amp;af_preview=1&amp;exif=1"/>
           <p:cNvSpPr>
             <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="307975" y="7937"/>
             <a:ext cx="304800" cy="304801"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5" descr="C:\Users\Айдос\Documents\Desktop\Downloads\IMG-20181128-WA0019.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
@@ -6554,257 +6229,185 @@
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4932040" y="4217243"/>
             <a:ext cx="3168352" cy="2524125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1722624557"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1722624557"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="817581" y="116632"/>
-            <a:ext cx="7175351" cy="1368151"/>
+            <a:ext cx="7175351" cy="1597856"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:r>
-[...4 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t>тілі </a:t>
-[...65 lines deleted...]
-              <a:t>сыныбында өткен ашық сабағы</a:t>
+              <a:t>Открытый урок учителя казахского языка и литературы Жармановой Сандугаш Рамазановны по казахскому языку во 2 “В” классе, тема открытого урока по модулю “Учебные принадлежности”  тема открытого урока: “Итоговый урок”</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\TRANSL~1\AppData\Local\Temp\Rar$DI05.312\IMG-20181204-WA0015.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="251519" y="1463756"/>
-            <a:ext cx="2534711" cy="2613316"/>
+            <a:off x="251519" y="1857364"/>
+            <a:ext cx="2534711" cy="2219708"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="C:\Users\TRANSL~1\AppData\Local\Temp\Rar$DI02.203\IMG-20181204-WA0016.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2915816" y="1484784"/>
-            <a:ext cx="2952328" cy="2592288"/>
+            <a:off x="2915816" y="1857364"/>
+            <a:ext cx="2952328" cy="2219708"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5" descr="C:\Users\TRANSL~1\AppData\Local\Temp\Rar$DI10.515\IMG-20181204-WA0013.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6084168" y="1484784"/>
-            <a:ext cx="2880320" cy="2592288"/>
+            <a:off x="6084168" y="1857364"/>
+            <a:ext cx="2880320" cy="2219708"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\TRANSL~1\AppData\Local\Temp\Rar$DI13.047\IMG-20181204-WA0011.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
@@ -6837,1461 +6440,1204 @@
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4716015" y="4150920"/>
             <a:ext cx="3096345" cy="2518440"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="548519712"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="548519712"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="609600" y="188640"/>
             <a:ext cx="7418784" cy="1296144"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0"/>
-[...59 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>Открытый урок учителя казахского языка и литературы Абдикаримовой Назгуль Капашовны по казахскому языку в 3 “В” классе, тема открытого урока: «Осень. Осенний труд”.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Объект 6" descr="C:\Users\admin\Downloads\IMG_20181126_154330.jpg"/>
           <p:cNvPicPr>
             <a:picLocks/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="179512" y="1899140"/>
             <a:ext cx="2520280" cy="3258051"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 8594"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF">
               <a:shade val="85000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:reflection blurRad="12700" stA="38000" endPos="28000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2771800" y="1340768"/>
             <a:ext cx="3384376" cy="2707317"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 8594"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF">
               <a:shade val="85000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:reflection blurRad="12700" stA="38000" endPos="28000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6156176" y="1839207"/>
             <a:ext cx="2880320" cy="3384376"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 8594"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF">
               <a:shade val="85000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:reflection blurRad="12700" stA="38000" endPos="28000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2699792" y="4048085"/>
             <a:ext cx="3456384" cy="2621275"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 8594"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF">
               <a:shade val="85000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:reflection blurRad="12700" stA="38000" endPos="28000" dist="5000" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
           </a:effectLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3100412197"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3100412197"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="188640"/>
             <a:ext cx="6885384" cy="1210610"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit lnSpcReduction="10000"/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>Открытый урок учителя казахского языка и литературы Баймухамедовой Бахыт Газизовны по казахскому языку в 3 “б” классе, тема открытого урока «Весна»</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0"/>
-              <a:t>Қазақ тілі пәнінен </a:t>
+              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0"/>
             </a:br>
-            <a:r>
-[...56 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI26.552\IMG_20181126_163840.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="107504" y="1399250"/>
             <a:ext cx="2664296" cy="2749830"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI05.655\IMG_20181126_163055.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2915816" y="1399250"/>
             <a:ext cx="2880320" cy="2736304"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI15.184\IMG_20181126_163808.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5871076" y="1399250"/>
             <a:ext cx="3165420" cy="2749830"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI01.239\IMG_20181126_170236.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="971600" y="4221088"/>
             <a:ext cx="3240360" cy="2448272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI09.104\IMG_20181126_163722.jpg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4355976" y="4221088"/>
             <a:ext cx="3600400" cy="2448272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4253544464"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4253544464"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="827584" y="116632"/>
             <a:ext cx="7632848" cy="1512168"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit lnSpcReduction="10000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0"/>
-[...51 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>Открытый урок учителя казахского языка и литературы Рауандиной Назым Калкеновны в 7 “В” классе, тема открытого урока: Играем футбол”</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI00.089\image-18-12-18-13-10.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="251520" y="1574800"/>
             <a:ext cx="2808312" cy="2438399"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI00.089\image-18-12-18-13-10.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4211960" y="4158128"/>
             <a:ext cx="3535040" cy="2348949"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI05.979\image-18-12-18-13-10-4.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6156176" y="1574800"/>
             <a:ext cx="2880320" cy="2438399"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI08.978\image-18-12-18-13-10-5.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="827584" y="4158128"/>
             <a:ext cx="3096344" cy="2348949"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Рисунок 9" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI28.189\image-18-12-18-13-10-2.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3203848" y="1574799"/>
             <a:ext cx="2736304" cy="2438400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1813380245"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1813380245"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="323528" y="188640"/>
             <a:ext cx="8064896" cy="1296144"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit lnSpcReduction="10000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0"/>
-[...28 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0"/>
-              <a:t>«Алтын адам»</a:t>
-[...22 lines deleted...]
-          <a:p>
+              <a:t>Открытый урок учителя казахского языка и литературы Мейрамовой Шынар Бахтияровны по казахскому языку в 5 “Г” классе, тема открытого урока: Золотой человек”.</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI12.581\image-18-12-18-13-10-6.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="107504" y="1333500"/>
             <a:ext cx="2952328" cy="2527548"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI21.901\image-18-12-18-13-10-8.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3203848" y="1333500"/>
             <a:ext cx="3024336" cy="2527548"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI21.116\image-18-12-18-13-11.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6372200" y="1333500"/>
             <a:ext cx="2664296" cy="2527548"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI30.300\image-18-12-18-13-11-1.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="611560" y="4005064"/>
             <a:ext cx="3744416" cy="2664296"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI09.866\image-18-12-18-13-10-10.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4644008" y="4005064"/>
             <a:ext cx="3744416" cy="2637036"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1963633340"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1963633340"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="107504" y="116632"/>
             <a:ext cx="8784976" cy="1368152"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="45720" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0"/>
-[...47 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>Открытый урок учителя казахского языка Балгабековой Гулжанат Торгаевны по казахскому языку в 4 “Б” классе, тема: “Моя Родина”</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="45720" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI35.753\image-18-12-18-13-11-2.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="179512" y="1484784"/>
             <a:ext cx="2952328" cy="2664296"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI40.363\image-18-12-18-13-11-4.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3285911" y="1484784"/>
             <a:ext cx="3014281" cy="2664296"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI03.473\image-18-12-18-13-20-4.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1187624" y="4293096"/>
             <a:ext cx="3240359" cy="2349004"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI17.849\image-18-12-18-13-20-7.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4721043" y="4293096"/>
             <a:ext cx="3451357" cy="2376264"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8" descr="C:\Users\987E~1\AppData\Local\Temp\Rar$DI40.815\image-18-12-18-13-19-3.jpeg"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6372200" y="1484784"/>
             <a:ext cx="2664296" cy="2664296"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2903037016"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2903037016"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Воздушный поток">
   <a:themeElements>
     <a:clrScheme name="Воздушный поток">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="212745"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="B4DCFA"/>
       </a:lt2>
@@ -8848,92 +8194,82 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Slipstream</Template>
   <TotalTime></TotalTime>
-  <Words>35</Words>
+  <Words>253</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
   <Paragraphs>11</Paragraphs>
   <Slides>10</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="15" baseType="lpstr">
-[...3 lines deleted...]
-      <vt:lpstr>Trebuchet MS</vt:lpstr>
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>Воздушный поток</vt:lpstr>
-      <vt:lpstr>  «Тіл – халықтың рухани басты белгісі»  атты 20.11.2018 ж -  30.11.2018 ж   қазақ  тілі  мен  әдебиет  пән  әдістемелік   бірлестігінің   пән декадасы өтті.   </vt:lpstr>
-[...8 lines deleted...]
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr> с 20.11. 2018 г. по 30.11.2018г. была проведена декада МО учителей казахского языка и литературы.  Тема: «Язык-главный духовный знак народа.   </vt:lpstr>
+      <vt:lpstr>Слайд 2</vt:lpstr>
+      <vt:lpstr>Открытый урок учителя казахского языка и литературы Калиевой Жумажан Капановны 9 “А” классе по казахской литературе, тема открытого урока: “Даналық кітабы” («Книга мудрости»)  </vt:lpstr>
+      <vt:lpstr>Открытый урок учителя казахского языка и литературы Жармановой Сандугаш Рамазановны по казахскому языку во 2 “В” классе, тема открытого урока по модулю “Учебные принадлежности”  тема открытого урока: “Итоговый урок”</vt:lpstr>
+      <vt:lpstr>Слайд 5</vt:lpstr>
+      <vt:lpstr>Слайд 6</vt:lpstr>
+      <vt:lpstr>Слайд 7</vt:lpstr>
+      <vt:lpstr>Слайд 8</vt:lpstr>
+      <vt:lpstr>Слайд 9</vt:lpstr>
+      <vt:lpstr>Слайд 10</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>Гульбахыт</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>