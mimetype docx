--- v0 (2025-11-13)
+++ v1 (2025-12-23)
@@ -1,2001 +1,2207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:tbl>
-[...126 lines deleted...]
-    <w:p w:rsidR="007310EE" w:rsidRPr="002109CF" w:rsidRDefault="007310EE" w:rsidP="007310EE">
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2017 жылғы 27 шілдедегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>№ 355 бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>бекітілген  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00FB77FB" w:rsidRDefault="00851471" w:rsidP="00FB77FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...21 lines deleted...]
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002109CF">
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00FB77FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...27 lines deleted...]
-        <w:r w:rsidRPr="002109CF">
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарында қамқоршылық кеңестің жұмысын ұйымдастыру және оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB77FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сайлау тәртібінің үлгілік қағидалары</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>1 - тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      1. Білім беру ұйымдарында қамқоршылық кеңестің жұмысын ұйымдастыру және оны сайлау тәртібінің үлгілік қағидалары (бұдан әрі – Қағидалар) "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 44-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z509" w:history="1">
+        <w:r w:rsidRPr="00851471">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
           </w:rPr>
-          <w:t>пунктом 9</w:t>
+          <w:t>9-тармағына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002109CF">
-[...82 lines deleted...]
-    <w:p w:rsidR="007310EE" w:rsidRPr="002109CF" w:rsidRDefault="007310EE" w:rsidP="007310EE">
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t> сәйкес әзірленді және білім беру ұйымының Қамқоршылық кеңесінің жұмысын ұйымдастыру және оны сайлау тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      2. Қамқоршылық кеңес Қазақстан Республикасының ұлттық қауіпсіздік органдарына, Қазақстан Республикасының Ішкі істер министрлігіне, Қазақстан Республикасының прокуратура органдарына, Қазақстан Республикасының Қорғаныс министрлігіне және Қазақстан Республикасының Денсаулық сақтау министрлігіне ведомстволық бағынысты әскери, арнаулы, медициналық және фармацевтикалық оқу орындарын қоспағанда білім беру ұйымдарында құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      3. Қамқоршылық кеңес білім беру ұйымының әкімшілігімен, ата-аналар комитетімен, жергілікті атқарушы органдармен, мүдделі мемлекеттік органдармен және өзге де жеке және/немесе заңды тұлғалармен өзара әрекет жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      4. Қамқоршылық кеңес мүшелерінің өз өкілеттігін орындауы өтеусіз негізде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
       <w:pPr>
         <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002109CF">
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...266 lines deleted...]
-        <w:r w:rsidRPr="002109CF">
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2 - тарау. Қамқоршылық кеңесті сайлау тәртібі және құрамы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      5. Тиісті саланың уәкілетті органы немесе білім саласындағы жергілікті атқарушы органы өзінің интернет қорында және/немесе әкімшілік-аумақтық бірліктің аумағында таратылатын мерзімді баспасөз басылымында Қамқоршылық кеңестің құрылатындығы және оның құрамы бойынша ұсыныстардың қабылданатындығы туралы хабарландыру орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      6. Қамқоршылық кеңестің құрамын тиісті саланың уәкілетті органы немесе білім саласындағы жергілікті атқарушы органы бекітеді және Қамқоршылық кеңеске мүше болуға үміткерлердің жазбаша келісімімен алынған ұсыныстардың негізінде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      7. Қамқоршылық кеңестің құрамына мыналар кіреді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      1) жергілікті өкілдік, атқарушы және құқық қорғау органдарының өкілдері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      2) жұмыс берушілер мен әлеуметтік әріптестердің өкідері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      3) коммерциялық емес ұйымдардың өкілдері (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      4) ата-аналар комитеті ұсынған әрбір параллель сыныптан, курстан сол білім беру ұйымында білім алушылардың бір ата-анасы немесе заңды өкілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      5) қайырымдылық жасаушылар (бар болса).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымының жанынан құрылған Қамқоршылық кеңес отырысына осы білім беру ұйымының басшысы немесе оның орынбасары қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      Қамқоршылық кеңес құрамына "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 51-бабы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z571" w:history="1">
+        <w:r w:rsidRPr="00851471">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="9A1616"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
           </w:rPr>
-          <w:t>пункта 1</w:t>
+          <w:t>1-тармағының</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002109CF">
-[...178 lines deleted...]
-    <w:p w:rsidR="007310EE" w:rsidRPr="002109CF" w:rsidRDefault="007310EE" w:rsidP="007310EE">
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2) және 3) тармақшаларында көрсетілген адамдар кіргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      8. Қамқоршылық кеңес мүшелерінің саны тақ, бір-бірімен және сол білім беру ұйымының басшысымен ешқандай туыстық және жекжаттық қатынасы жоқ кемінде тоғыз адамнан құрылады. Қамқоршылық кеңес мүшелерінің өкілеттік мерзімі бір жылды құрайды. Қамқоршылық кеңес мүшелері сол білім беру ұйымы қызметкерлерінің штатына кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      9. Мемлекеттік органдардың өкілдері болып табылатын Қамқоршылық кеңес мүшелерінің саны үш адамнан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      10. Қамқоршылық кеңестің отырысында ашық дауыс беру жолымен дауыстар басымдылығымен сайланатын (қайта сайланатын) оның төрағасы Қамқоршылық кеңестің басшысы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік органдардың өкілдері Қамқоршылық кеңестің төрағасы болып сайланбайды және оның міндеттерін жүзеге асырмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      11. Қамқоршылық кеңестің төрағасы болмаған жағдайда Қамқоршылық кеңестің шешімі бойынша оның қызметін Қамқоршылық кеңес құрамына кіретін мемлекеттік органдардың өкілдерінен басқа Қамқоршылық кеңес мүшелерінің бірі жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      12. Төраға Қамқоршылық кеңестің атынан әрекет етеді және осы Қағидаларға сәйкес оның қызметін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      13. Қамқоршылық кеңестің жұмысын Қамқоршылық кеңес сайлаған хатшы қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
       <w:pPr>
         <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002109CF">
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...262 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>3 - тарау. Қамқоршылық кеңестің өкілеттігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      14. Білім беру ұйымының Қамқоршылық кеңесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      1) білім беру ұйымдарының білім алушылары мен тәрбиеленушілердің құқықтарының сақталуына, сонымен қатар білім беру мекемелерінің шотына түсетін қайырымдылық көмектің жұмсалуына қоғамдық бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      2) білім беру ұйымының жарғысына өзгерістер және/немесе толықтырулар енгізу туралы ұсыныстар әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      3) білім беру ұйымын дамытудың басым бағыттары бойынша ұсынымдарды әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      4) қазақстандық азаматтардың отбасына жетім және ата-аналарының қамқорлығынсыз қалған балаларды орналастыру мәселелері жөнінде шалаларды жетілдіру бойынша ұсыныстарды әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      5) қайырымдылық көмек түрінде білім беру ұйымдарына түскен қаржыны бөлуге қатысады және оның мақсатты жұмсалуы туралы шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      6) білім беру ұйымының бюджетін қалыптастыру барысында ұсыныстарды әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      7) тиісті саланың уәкілетті органына немесе білім саласындағы жергілікті атқарушы органына Қамқоршылық кеңестің білім беру ұйымының жұмысында анықтаған кемшіліктерді жою туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      8) білім беру ұйымы басшысының білім беру ұйымының қызметі туралы, оның ішінде білім беру қызметін ұсыну сапасы, қайырымдылық көмектің жұмсалуы және қазақстандық азаматтардың отбасыларына жетім және ата-аналарының қамқорлығынсыз қалған балаларды орналастыру мәселесі жөнінде шараларды қабылдау туралы есебін тыңдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      9) білім беру ұйымы қызметінің мәселелері бойынша конференцияларға, кеңестерге, семинарларға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      10) білім беру ұйымының қызметімен, білім беру ұйымындағы білім алушыларға және тәрбиеленушілерге жасалған жағдайлармен танысады, білім беру ұйымының психологын қатыстыра отырып, олармен әңгімелеседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарының (құрылымдық бөлімшесі) қызметкерлері Қамқоршылық кеңестің құзыретіне жататын мәселелер бойынша ақпараттарды ұсынуға ықпал етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>4 - тарау. Қамқоршылық кеңес жұмысын ұйымдастыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      15. Қамқоршылық кеңестің отырысын оның төрағасы өз бастамашылығымен, Қамқоршылық кеңес мүшесінің жалпы санының үштен екісінің бастамасымен шақырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      16. Қамқоршылық кеңестің отырысын шақыру туралы хабарламаға Қамқоршылық кеңес төрағасының қолы қойылып, хабарлама отырыс өткізілетін күнге дейін жеті жұмыс күнінен кешіктірілмей қажетті материалдармен бірге Қамқоршылық кеңестің мүшелеріне және Қамқоршылық кеңес қызмет ететін білім беру ұйымына жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      10) знакомится с деятельностью организации образования, условиями предоставленными обучающимся и воспитанникам организации образования, проводят с ними беседу в присутствии психолога организации образования;</w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="007310EE" w:rsidRPr="002109CF" w:rsidRDefault="007310EE" w:rsidP="007310EE">
+        <w:t>      Хабарламада отырыстың өткізілу күні, уақыты және орны жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      Хабарламаға баяндамашы көрсетілген отырыстың күн тәртібі, күн тәртібіне қосуға себептерді көздейтін анықтамалық материалдар, Қамқоршылық кеңестің мүшелеріне ұсынылатын отырысқа қажетті құжаттар қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      17. Хабарламаны алған Қамқоршылық кеңестің мүшесі Қамқоршылық кеңестің отырысы өткізілетін күнге дейін бір жұмыс күнінен кешіктірмей өзінің Қамқоршылық кеңестің отырысына қатысатындығын немесе қатыспайтындығын Қамқоршылық кеңес хатшысына хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      18. Қамқоршылық кеңестің төрағасы отырысты шақыру туралы ұсыныс түскен күнінен бастап бес жұмыс күнінен кешіктірмей Қамқоршылық кеңестің отырысын шақырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      19. Қамқоршылық кеңестің отырысы қажеттілігіне қарай, тоқсан сайын кемінде бір рет өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      20. Қамқоршылық кеңестің отырысы, егер қамқоршылық кеңестің барлық мүшелері отырыстың өткізілу уақыты мен орны туралы хабардар болса және оған мүшелерінің кемінде жалпы санының үштен екісі қатысса заңды болып табылады. Қамқоршылық кеңес мүшесінің өз дауысын Қамқоршылық кеңестің басқа мүшесіне немесе адамға сенімхат бойынша беруге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      21. Білім беру ұйымы Қамқоршылық кеңесінің әрбір мүшесі дауыс беру кезінде бір дауысқа ие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      22. Қамқоршылық кеңестің шешімі ашық дауыс беру арқылы оған қатысқан мүшелердің дауыстар басымдылығымен қабылданады. Дауыстар тепе-тең түскен жағдайда Қамқоршылық кеңестің төрағасы, ал ол болмаған жағдайда Қамқоршылық кеңес төрағасының міндеттерін атқаратын тұлға дауыс берген шешім қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      23. Қамқоршылық кеңестің шешімі отырысқа қатысқан Қамқоршылық кеңестің барлық мүшесі қол қойылған хаттамамен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      24. Хаттама Қамқоршылық кеңестің отырысы өткізілгеннен кейін үш жұмыс күнінен кешіктірмейтін мерзімде тиісті саланың уәкілетті органына немесе білім саласындағы жергілікті атқарушы органына жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      25. Тиісті саланың уәкілетті органы немесе білім саласындағы жергілікті атқарушы органы өзінің интернет-ресурсында Қамқоршылық кеңестің қабылдаған шешімдері туралы ақпаратты орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      26. Білім беру ұйымына қайырымдылық көмек ерікті түрде өтеусіз негізде көрсетіледі және осы Қағидаларда көзделген тәртіппен Қамқоршылық кеңестің шешімі бойынша жұмсалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      27. Білім беру ұйымының қайырымдылық көмектен аударылатын кез келген түсімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттік мекеме ұйымдық-құқықтық нысаны түрінде құрылған білім беру ұйымдары үшін - Қазақстан Республикасының бюджеттік заңнамасына сәйкес бюджетті атқару жөніндегі уәкілетті органның аумақтық бөлімшеде ашылған қайырымдылық көмектің қолма-қол ақшасын бақылау шотына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      2) басқа ұйымдық-құқықтық нысаны түрінде құрылған білім беру ұйымдары үшін – екінші деңгейлі банкте ашылған шотына аударылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      28. Қайырымдылық көмектерден түсетін түсімдер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      1) білім беру ұйымындағы білім алушыларға және тәрбиеленушілерге әлеуметтік қолдау көрсетуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      2) беру ұйымының материалдық-техникалық базасын жетілдіруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      3) спортты дамытуға, дарынды балаларды қолдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      4) мемлекеттік жалпыға міндетті білім беру стандарттарының талаптарынан тыс білім беру процесін ұйымдастыруға шығыстарды жүзеге асыруға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      29. Білім беру ұйымы жыл сайын қаржылық жылдың қорытындысы бойынша сол білім беру ұйымының интернет-ресурсында, тиісті саланың уәкілетті органының немесе білім беру саласындағы жергілікті атқарушы органының өзінің интернет-ресурсында тиісті есепті орналастыру арқылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қайырымдылық көмек қаражатының пайдаланылуы және қозғалысы туралы жұртшылыққа ақпарат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
       <w:pPr>
         <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002109CF">
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...771 lines deleted...]
-    <w:sectPr w:rsidR="0064357F">
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>5 - тарау. Қамқоршылық кеңестің жұмысын тоқтату</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      30. Қамқоршылық кеңестің жұмысын тоқтату:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      1) тиісті саланың уәкілетті органының немесе білім саласындағы жергілікті атқарушы органдардың бастамасы бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      2) білім беру ұйымын таратуға және қайта ұйымдастыруға байланысты жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      31. Қамқоршылық кеңестің мүшесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      1) өз бастамасы бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00851471" w:rsidRPr="00851471" w:rsidRDefault="00851471" w:rsidP="00851471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:left="-1134" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>      2) білім беру ұйымындағы орнында үш ай бойы болмауы себепті Қамқоршылық кеңестің құрамынан шығуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0064357F" w:rsidRPr="00851471" w:rsidRDefault="0064357F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0064357F" w:rsidRPr="00851471">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="150"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007310EE"/>
+    <w:rsidRoot w:val="00851471"/>
     <w:rsid w:val="0064357F"/>
-    <w:rsid w:val="007310EE"/>
+    <w:rsid w:val="00851471"/>
+    <w:rsid w:val="00FB77FB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{CE89AC58-5AE8-4044-B57D-4F96A2F97E08}"/>
+  <w15:docId w15:val="{068D95C8-8FEA-48A1-B5D4-29DAD9D83BDA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2348,98 +2554,91 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007310EE"/>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2663,55 +2862,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>9561</Characters>
+  <Pages>1</Pages>
+  <Words>1576</Words>
+  <Characters>8989</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11216</CharactersWithSpaces>
+  <CharactersWithSpaces>10544</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>