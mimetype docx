--- v0 (2025-12-20)
+++ v1 (2025-12-23)
@@ -1,910 +1,893 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="00B23941" w:rsidP="00B23941">
+    <w:p w:rsidR="00C03C45" w:rsidRDefault="00C03C45" w:rsidP="00C03C45">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C7561">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мемлекеттік қызмет паспорты</w:t>
+        <w:t>Паспорт государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3594"/>
-        <w:gridCol w:w="5769"/>
+        <w:gridCol w:w="3122"/>
+        <w:gridCol w:w="6241"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidTr="00B23941">
+      <w:tr w:rsidR="00C03C45" w:rsidTr="00C03C45">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="1650" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="00B23941" w:rsidP="00B23941">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00C03C45">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002C7561">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002C7561">
-[...9 lines deleted...]
-              <w:t>Мемлекеттік қызметтің атауы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Наименование государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="3300" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C7561" w:rsidRPr="002C7561" w:rsidRDefault="002C7561" w:rsidP="002C7561">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00F43994">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...29 lines deleted...]
-              <w:t>және әлеуметтік бейімдеу</w:t>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Реабилитация и социальная адаптация детей и подростков с проблемами в развитии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidTr="00B23941">
+      <w:tr w:rsidR="00C03C45" w:rsidTr="00C03C45">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="1650" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="00B23941" w:rsidP="00B23941">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00C03C45">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...9 lines deleted...]
-              <w:t>Қызметті алушылар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Получатели услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="3300" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="00B23941" w:rsidP="00B23941">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00C03C45">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...7 lines deleted...]
-              <w:t>Жеке тұлғалар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Физические лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidTr="00B23941">
+      <w:tr w:rsidR="00C03C45" w:rsidTr="00C03C45">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="1650" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="00B23941" w:rsidP="00B23941">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00C03C45">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...9 lines deleted...]
-              <w:t>Мемлекеттік қызметті көрсету орны</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Место предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="3300" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="002C7561" w:rsidP="00B23941">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00C03C45">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...7 lines deleted...]
-              <w:t>қызметті берушінің кеңсесі арқылы жүзеге асырылады</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F43994" w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F43994" w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F43994" w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidTr="00B23941">
+      <w:tr w:rsidR="00C03C45" w:rsidTr="00C03C45">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="1650" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="00B23941" w:rsidP="00B23941">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00C03C45">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...9 lines deleted...]
-              <w:t>Қызмет ақысы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Стоимость услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="3300" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="00B23941" w:rsidP="00B23941">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00C03C45">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...7 lines deleted...]
-              <w:t>Тегін</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>      Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidTr="00B23941">
+      <w:tr w:rsidR="00C03C45" w:rsidTr="00C03C45">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="1650" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="00B23941" w:rsidP="00B23941">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00C03C45">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...9 lines deleted...]
-              <w:t>Қызметті көрсету мерзімі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Срок оказания услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="3300" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C7561" w:rsidRPr="002C7561" w:rsidRDefault="002C7561" w:rsidP="002C7561">
+          <w:p w:rsidR="00F43994" w:rsidRPr="00F43994" w:rsidRDefault="00F43994" w:rsidP="00F43994">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...7 lines deleted...]
-              <w:t>1) көрсетілетін қызметті алушы көрсетілетін қызметті берушіге мүмкіндігі шектеулі балаларды психологиялық-медициналық-педагогикалық түзетуге және әлеуметтік оңалтуға құжаттар пакетін тапсырған сәттен бастап 60 минут;</w:t>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) с момента сдачи пакета документов для заключения договора на психолого-медико-педагогическую коррекцию и социальную реабилитацию детей с ограниченными возможностями - 60 минут; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C7561" w:rsidRPr="002C7561" w:rsidRDefault="002C7561" w:rsidP="002C7561">
+          <w:p w:rsidR="00F43994" w:rsidRPr="00F43994" w:rsidRDefault="00F43994" w:rsidP="00F43994">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...7 lines deleted...]
-              <w:t>мүмкіндігі шектеулі балаларды психологиялық-медициналық- педагогикалық түзету және әлеуметтік оңалту курстарынан өту үшін күнтізбелік 90 күннен бастап күнтізбелік 365 күнге дейін;</w:t>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>для прохождения курса психолого-медико-педагогической коррекции и социальной реабилитации детей с ограниченными возможностями - от 90 календарных дней до 365 календарных дней;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C7561" w:rsidRPr="002C7561" w:rsidRDefault="002C7561" w:rsidP="002C7561">
+          <w:p w:rsidR="00F43994" w:rsidRPr="00F43994" w:rsidRDefault="00F43994" w:rsidP="00F43994">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...7 lines deleted...]
-              <w:t>2) құжаттар пакетін тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты 15 минуттан аспайды;</w:t>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время ожидания для сдачи документов - не более 15 минут;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="002C7561" w:rsidP="002C7561">
+          <w:p w:rsidR="00F43994" w:rsidRPr="00F43994" w:rsidRDefault="00F43994" w:rsidP="00F43994">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...17 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) максимально допустимое время ожидания для сдачи документов - не более 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00F43994" w:rsidP="00F43994">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4) максимально допустимое время обслуживания - не более 15 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidTr="00B23941">
+      <w:tr w:rsidR="00C03C45" w:rsidTr="00C03C45">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="1650" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="00B23941" w:rsidP="00B23941">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00C03C45">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...9 lines deleted...]
-              <w:t>Мемлекеттік қызметі алу үшін қажетті құжаттар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Необходимые документы при получении услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="3300" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C7561" w:rsidRPr="002C7561" w:rsidRDefault="002C7561" w:rsidP="002C7561">
+          <w:p w:rsidR="00F43994" w:rsidRPr="00F43994" w:rsidRDefault="00F43994" w:rsidP="00F43994">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...7 lines deleted...]
-              <w:t>1) көрсетілетін қызметті алушының ата-анасының (заңды өкілдерінің) еркін нысандағы өтініші;</w:t>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление родителя (законного представителя) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в произвольной форме; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C7561" w:rsidRPr="002C7561" w:rsidRDefault="002C7561" w:rsidP="002C7561">
+          <w:p w:rsidR="00F43994" w:rsidRPr="00F43994" w:rsidRDefault="00F43994" w:rsidP="00F43994">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...7 lines deleted...]
-              <w:t>2) көрсетілетін қызметті алушының ата-анасының (заңды өкілдерінің) жеке куәлігінің көшірмесі;</w:t>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) копия документа удостоверяющего личность родителя (законного представителя) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C7561" w:rsidRPr="002C7561" w:rsidRDefault="002C7561" w:rsidP="002C7561">
+          <w:p w:rsidR="00F43994" w:rsidRPr="00F43994" w:rsidRDefault="00F43994" w:rsidP="00F43994">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...7 lines deleted...]
-              <w:t>3) баланың туу туралы куәлігі (тексеру үшін түпнұсқа);</w:t>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) копия свидетельства о рождении ребенка (оригинал для сверки);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="002C7561" w:rsidP="002C7561">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00F43994" w:rsidP="00F43994">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...7 lines deleted...]
-              <w:t>4) психологиялық-медициналық-педагогикалық консультацияның қорытындысы.</w:t>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4) заключение психолого-медико-педагогической консультации.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidTr="00B23941">
+      <w:tr w:rsidR="00C03C45" w:rsidTr="00C03C45">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="1650" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23941" w:rsidRPr="002C7561" w:rsidRDefault="00B23941" w:rsidP="00B23941">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00C03C45">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C7561">
-[...10 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результат оказания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>госуслуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="3300" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00130EF0" w:rsidRPr="00130EF0" w:rsidRDefault="00130EF0" w:rsidP="00130EF0">
+          <w:p w:rsidR="00C03C45" w:rsidRDefault="00F43994">
             <w:pPr>
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00130EF0">
-[...29 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсет</w:t>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Результатом оказания государственной услуги является выдача справки по форме, согласно приложению</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00130EF0">
-[...7 lines deleted...]
-              <w:t>у нәтижесін ұсыну нысаны: қағаз түрінде.</w:t>
+            <w:r w:rsidRPr="00F43994">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящему стандарту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C4D84" w:rsidRPr="002C7561" w:rsidRDefault="00130EF0">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="001C4D84" w:rsidRPr="002C7561">
+    <w:p w:rsidR="001C4D84" w:rsidRPr="00C03C45" w:rsidRDefault="00F43994" w:rsidP="00C03C45"/>
+    <w:sectPr w:rsidR="001C4D84" w:rsidRPr="00C03C45">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PT Sans">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="105"/>
+  <w:zoom w:percent="95"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C821D7"/>
+    <w:rsidRoot w:val="006578E3"/>
+    <w:rsid w:val="00034EF8"/>
     <w:rsid w:val="000A6A51"/>
-    <w:rsid w:val="00130EF0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00466ED2"/>
+    <w:rsid w:val="006578E3"/>
     <w:rsid w:val="008707F7"/>
     <w:rsid w:val="008B1DC7"/>
-    <w:rsid w:val="00B23941"/>
-    <w:rsid w:val="00C821D7"/>
+    <w:rsid w:val="00C03C45"/>
+    <w:rsid w:val="00D311D9"/>
     <w:rsid w:val="00DC50A5"/>
+    <w:rsid w:val="00F43994"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1081,91 +1064,91 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B23941"/>
+    <w:rsid w:val="00034EF8"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00B23941"/>
+    <w:rsid w:val="00034EF8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B23941"/>
+    <w:rsid w:val="00034EF8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B23941"/>
+    <w:rsid w:val="00034EF8"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1324,213 +1307,352 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B23941"/>
+    <w:rsid w:val="00034EF8"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00B23941"/>
+    <w:rsid w:val="00034EF8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B23941"/>
+    <w:rsid w:val="00034EF8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B23941"/>
+    <w:rsid w:val="00034EF8"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1721856848">
+    <w:div w:id="846291977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1036656448">
+        <w:div w:id="1541361981">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1830710231">
+            <w:div w:id="1630814285">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="238290223">
+                <w:div w:id="2133591370">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1953586833">
+                    <w:div w:id="476148434">
                       <w:marLeft w:val="285"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="16582252">
+                        <w:div w:id="1477336398">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="362632141">
+                            <w:div w:id="1438332921">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                               <w:divsChild>
-                                <w:div w:id="915090199">
+                                <w:div w:id="852839992">
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="0"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                   <w:divsChild>
-                                    <w:div w:id="971208890">
+                                    <w:div w:id="976956764">
                                       <w:marLeft w:val="0"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="15"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                       <w:divsChild>
-                                        <w:div w:id="36051334">
+                                        <w:div w:id="144670153">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1706707552">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="564797668">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1422994509">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1717075075">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1561866820">
+                      <w:marLeft w:val="285"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1076634028">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="397022137">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="317929683">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1544290932">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="15"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="429855838">
                                           <w:marLeft w:val="0"/>
                                           <w:marRight w:val="0"/>
                                           <w:marTop w:val="0"/>
                                           <w:marBottom w:val="0"/>
                                           <w:divBdr>
                                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                           </w:divBdr>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
@@ -1816,65 +1938,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>215</Words>
-  <Characters>1229</Characters>
+  <Words>223</Words>
+  <Characters>1273</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1442</CharactersWithSpaces>
+  <CharactersWithSpaces>1494</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>