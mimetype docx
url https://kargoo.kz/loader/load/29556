--- v0 (2025-12-18)
+++ v1 (2026-03-04)
@@ -1,4147 +1,914 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+    <w:p w:rsidR="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00457289">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Мемлекеттік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00457289">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00457289">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қызмет</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00457289">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00457289">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>паспорты</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3594"/>
-        <w:gridCol w:w="5769"/>
+        <w:gridCol w:w="2791"/>
+        <w:gridCol w:w="6572"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00457289" w:rsidRPr="00457289" w:rsidTr="00457289">
+      <w:tr w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidTr="0002181F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="2791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00457289">
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00457289">
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="0002181F">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00457289">
+              <w:t>Наименование </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0002181F">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>государственной услуги</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="6572" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...264 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00457289" w:rsidRPr="00457289" w:rsidTr="00457289">
+      <w:tr w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidTr="0002181F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="2791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00457289">
+            <w:r w:rsidRPr="0002181F">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қызметті</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00457289">
+              <w:t xml:space="preserve">Государственный орган, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0002181F">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00457289">
+              <w:t>предоставивщий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0002181F">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>алушылар</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> услугу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="6572" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00457289">
-[...120 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организации дополнительного образования для детей, организации общего среднего образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00457289" w:rsidRPr="00457289" w:rsidTr="00457289">
+      <w:tr w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidTr="0002181F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="2791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00457289">
+            <w:r w:rsidRPr="0002181F">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...79 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Потребители услуги</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="6572" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...176 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физические лица</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00457289" w:rsidRPr="00457289" w:rsidTr="00457289">
+      <w:tr w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidTr="0002181F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="2791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00457289">
+            <w:r w:rsidRPr="0002181F">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қызметті</w:t>
-[...79 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Форма оказываемой услуги</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="6572" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00457289">
-[...679 lines deleted...]
-              <w:t>      </w:t>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00457289" w:rsidRPr="00457289" w:rsidTr="00457289">
+      <w:tr w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidTr="0002181F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="2791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00457289">
+            <w:r w:rsidRPr="0002181F">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...131 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Необходимые документы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="6572" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00457289">
-[...75 lines deleted...]
-            <w:r w:rsidRPr="00457289">
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление (в произвольной форме);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002181F">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">      2) </w:t>
-[...111 lines deleted...]
-            <w:r w:rsidRPr="00457289">
+              <w:t>      2) справка врачебно-консультационной комиссии с рекомендацией по обучению на дому;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002181F">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">      3) </w:t>
-[...1308 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>      3) заключение психолого-медико-педагогической консультации о рекомендуемой образовательной учебной программе для детей-инвалидов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00457289" w:rsidRPr="00457289" w:rsidTr="00457289">
+      <w:tr w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidTr="0002181F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcW w:w="2791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00457289">
+            <w:r w:rsidRPr="0002181F">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қызметті</w:t>
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Стоимость услуги и порядок оплаты</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcW w:w="6572" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00457289" w:rsidRPr="00457289" w:rsidRDefault="00457289" w:rsidP="00457289">
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бесплатная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidTr="0002181F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Срок оказания услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) с момента сдачи пакета документов </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00457289">
-[...7 lines deleted...]
-              <w:t>білім</w:t>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00457289">
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования в течение учебного года - 3 рабочих дня; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      2) максимально допустимое время ожидания для сдачи пакета документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0002181F">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00457289">
-[...7 lines deleted...]
-              <w:t>алушыны</w:t>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00457289">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - не более 15 минут;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      3) максимально допустимое время обслуживания </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00457289">
-[...7 lines deleted...]
-              <w:t>ата-анасының</w:t>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00457289">
-[...337 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - не более 15 минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidTr="0002181F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Результат оказания услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6572" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0002181F" w:rsidRPr="0002181F" w:rsidRDefault="0002181F" w:rsidP="0002181F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0002181F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>расписка о приеме документов (в произвольной форме). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C4D84" w:rsidRDefault="00457289">
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="001C4D84">
+    <w:p w:rsidR="0002181F" w:rsidRDefault="0002181F"/>
+    <w:sectPr w:rsidR="0002181F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4152,54 +919,54 @@
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="96"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00095744"/>
-    <w:rsid w:val="00095744"/>
+    <w:rsidRoot w:val="0071148B"/>
+    <w:rsid w:val="0002181F"/>
     <w:rsid w:val="000A6A51"/>
-    <w:rsid w:val="00457289"/>
+    <w:rsid w:val="0071148B"/>
     <w:rsid w:val="008707F7"/>
     <w:rsid w:val="008B1DC7"/>
     <w:rsid w:val="00DC50A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -4378,51 +1145,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00457289"/>
+    <w:rsid w:val="0002181F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -4579,172 +1346,172 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00457289"/>
+    <w:rsid w:val="0002181F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="958299767">
+    <w:div w:id="554782519">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1994749732">
+        <w:div w:id="382406481">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1364016245">
+            <w:div w:id="149367057">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="2053650905">
+                <w:div w:id="1922177049">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1156650953">
+                    <w:div w:id="449399893">
                       <w:marLeft w:val="285"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="648049564">
+                        <w:div w:id="232545847">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="1276710664">
+                            <w:div w:id="1397512322">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                               <w:divsChild>
-                                <w:div w:id="948395420">
+                                <w:div w:id="1160460621">
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="0"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                   <w:divsChild>
-                                    <w:div w:id="1334188615">
+                                    <w:div w:id="1330593681">
                                       <w:marLeft w:val="0"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="15"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                       <w:divsChild>
-                                        <w:div w:id="298847475">
+                                        <w:div w:id="760487310">
                                           <w:marLeft w:val="0"/>
                                           <w:marRight w:val="0"/>
                                           <w:marTop w:val="0"/>
                                           <w:marBottom w:val="0"/>
                                           <w:divBdr>
                                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                           </w:divBdr>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
@@ -5030,54 +1797,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>235</Words>
-  <Characters>1342</Characters>
+  <Words>204</Words>
+  <Characters>1168</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1574</CharactersWithSpaces>
+  <CharactersWithSpaces>1370</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>