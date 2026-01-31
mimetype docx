--- v0 (2025-12-28)
+++ v1 (2026-01-31)
@@ -1,2476 +1,757 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+    <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004102B3">
+      <w:r w:rsidRPr="001638FE">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мемлекеттік</w:t>
+        <w:t>Паспорт государственной услуги</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...51 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3594"/>
         <w:gridCol w:w="5769"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidTr="004102B3">
+      <w:tr w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidTr="001638FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1900" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004102B3">
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004102B3">
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004102B3">
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="004102B3">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="004102B3">
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Наименование государственной услуги</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...472 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общеобразовательным программам начального, основного среднего, общего среднего образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidTr="004102B3">
+      <w:tr w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidTr="001638FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1900" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...79 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Получатели услуги</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...120 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Граждане Республики Казахстан в возрасте 7-18 лет</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidTr="004102B3">
+      <w:tr w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidTr="001638FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1900" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қызмет</w:t>
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Место предоставления государственной услуги</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организации начального, основного среднего и общего среднего образования </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Веб-портал «Электронного правительства»: www.egov.kz</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidTr="004102B3">
+      <w:tr w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidTr="001638FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1900" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қызметті</w:t>
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Стоимость услуги</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004102B3">
-[...865 lines deleted...]
-              <w:t>;</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidTr="004102B3">
+      <w:tr w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidTr="001638FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1900" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мемлекеттік</w:t>
-[...131 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Срок оказания услуги</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">           </w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) с момента сдачи пакета документов </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t>көрсетілетін</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, а также при обращении через портал – пять рабочих дней для получения расписки;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      для зачисления в организацию образования начального, основного среднего, общего среднего образования:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      на очную и вечернюю форму обучения – не позднее 30 августа;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      в первый класс – с 1 июня по 30 августа;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      2) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      3) максимально допустимое время обслуживания – 15 минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="z17"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>      5. Форма оказания государственной услуги: электронная, бумажная.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidTr="001638FE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1900" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Необходимые документы при получении услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3050" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      к </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t>қызметті</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004102B3">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="004102B3">
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="004102B3">
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...35 lines deleted...]
-              <w:r w:rsidRPr="004102B3">
+              <w:t>      1) заявление согласно </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId5" w:anchor="z30" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="001638FE">
                 <w:rPr>
                   <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>1-қосымшаға</w:t>
+                <w:t>приложению 1</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                   <w:noProof/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distT="0" distB="0" distL="0" distR="0">
                     <wp:extent cx="99695" cy="99695"/>
                     <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                    <wp:docPr id="6" name="Рисунок 6" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
+                    <wp:docPr id="8" name="Рисунок 8" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
                       <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId6" tgtFrame="&quot;_blank&quot;"/>
                     </wp:docPr>
                     <wp:cNvGraphicFramePr>
                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                     </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:nvPicPr>
                             <pic:cNvPr id="0" name="Picture 1" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
                               <a:hlinkClick r:id="rId6" tgtFrame="&quot;_blank&quot;"/>
                             </pic:cNvPr>
                             <pic:cNvPicPr>
                               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                             </pic:cNvPicPr>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7">
                               <a:extLst>
                                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                 </a:ext>
                               </a:extLst>
                             </a:blip>
                             <a:srcRect/>
@@ -2488,3096 +769,604 @@
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                   <w:noProof/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distT="0" distB="0" distL="0" distR="0">
                     <wp:extent cx="99695" cy="99695"/>
                     <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                    <wp:docPr id="5" name="Рисунок 5" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
+                    <wp:docPr id="7" name="Рисунок 7" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
                       <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId5" tgtFrame="&quot;_blank&quot;"/>
                     </wp:docPr>
                     <wp:cNvGraphicFramePr>
                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                     </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:nvPicPr>
                             <pic:cNvPr id="0" name="Picture 2" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
                               <a:hlinkClick r:id="rId5" tgtFrame="&quot;_blank&quot;"/>
                             </pic:cNvPr>
                             <pic:cNvPicPr>
                               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                             </pic:cNvPicPr>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7">
                               <a:extLst>
                                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                 </a:ext>
                               </a:extLst>
                             </a:blip>
                             <a:srcRect/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr bwMode="auto">
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="99695" cy="99695"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> к настоящему стандарту;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      2) копия свидетельства о рождении </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t>сәйкес</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, в случае рождения до 2008 года (документ, удостоверяющий личность </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t>өтініш</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004102B3">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="004102B3">
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (оригинал требуется для идентификации личности);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...1516 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...1387 lines deleted...]
-              <w:r w:rsidRPr="004102B3">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3) врачебное профессионально-консультационное заключение, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:anchor="z439" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="001638FE">
                 <w:rPr>
                   <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:t>2-қосымшаға</w:t>
+                <w:t>форма № 086/е</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                   <w:noProof/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distT="0" distB="0" distL="0" distR="0">
                     <wp:extent cx="99695" cy="99695"/>
                     <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                    <wp:docPr id="2" name="Рисунок 2" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
+                    <wp:docPr id="6" name="Рисунок 6" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
+                      <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId9" tgtFrame="&quot;_blank&quot;"/>
+                    </wp:docPr>
+                    <wp:cNvGraphicFramePr>
+                      <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                    </wp:cNvGraphicFramePr>
+                    <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="Picture 3" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
+                              <a:hlinkClick r:id="rId9" tgtFrame="&quot;_blank&quot;"/>
+                            </pic:cNvPr>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId7">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="99695" cy="99695"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                  <w:noProof/>
+                  <w:color w:val="000000"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distT="0" distB="0" distL="0" distR="0">
+                    <wp:extent cx="99695" cy="99695"/>
+                    <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                    <wp:docPr id="5" name="Рисунок 5" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
+                      <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8" tgtFrame="&quot;_blank&quot;"/>
+                    </wp:docPr>
+                    <wp:cNvGraphicFramePr>
+                      <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                    </wp:cNvGraphicFramePr>
+                    <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="Picture 4" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
+                              <a:hlinkClick r:id="rId8" tgtFrame="&quot;_blank&quot;"/>
+                            </pic:cNvPr>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId7">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="99695" cy="99695"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, утвержденное приказом исполняющего обязанности Министра здравоохранения Республики Казахстан, зарегистрированное в реестре государственной регистрации от 23 ноября 2010 года № 907 «Об утверждении форм первичной медицинской документации организаций здравоохранения» (далее - форма № 086/е);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      4) фотографии размером 3х4 см в количестве 2 штук;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">      5) заключение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-медико-психологической комиссии (при наличии).</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатели</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – иностранцы и лица без гражданства также представляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      1) иностранец – вид на жительство иностранца в Республике Казахстан;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      2) лицо без гражданства – удостоверение лица без гражданства;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      3) беженец – удостоверение беженца;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      4) лицо, ищущее убежище - свидетельство лица, ищущего убежище;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оралман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – удостоверение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оралмана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      При сдаче документов для оказания государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> выдается расписка о приеме документов у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по форме, согласно </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:anchor="z33" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="001638FE">
+                <w:rPr>
+                  <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                  <w:color w:val="000000"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>приложению 2</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                  <w:noProof/>
+                  <w:color w:val="000000"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distT="0" distB="0" distL="0" distR="0">
+                    <wp:extent cx="99695" cy="99695"/>
+                    <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                    <wp:docPr id="4" name="Рисунок 4" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
                       <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11" tgtFrame="&quot;_blank&quot;"/>
                     </wp:docPr>
                     <wp:cNvGraphicFramePr>
                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                     </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:nvPicPr>
                             <pic:cNvPr id="0" name="Picture 5" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
                               <a:hlinkClick r:id="rId11" tgtFrame="&quot;_blank&quot;"/>
                             </pic:cNvPr>
                             <pic:cNvPicPr>
                               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                             </pic:cNvPicPr>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7">
                               <a:extLst>
                                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                 </a:ext>
                               </a:extLst>
                             </a:blip>
                             <a:srcRect/>
@@ -5595,3326 +1384,618 @@
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                   <w:noProof/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distT="0" distB="0" distL="0" distR="0">
                     <wp:extent cx="99695" cy="99695"/>
                     <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                    <wp:docPr id="1" name="Рисунок 1" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
+                    <wp:docPr id="3" name="Рисунок 3" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
                       <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId5" tgtFrame="&quot;_blank&quot;"/>
                     </wp:docPr>
                     <wp:cNvGraphicFramePr>
                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                     </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:nvPicPr>
                             <pic:cNvPr id="0" name="Picture 6" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
                               <a:hlinkClick r:id="rId5" tgtFrame="&quot;_blank&quot;"/>
                             </pic:cNvPr>
                             <pic:cNvPicPr>
                               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                             </pic:cNvPicPr>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7">
                               <a:extLst>
                                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                 </a:ext>
                               </a:extLst>
                             </a:blip>
                             <a:srcRect/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr bwMode="auto">
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="99695" cy="99695"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln>
                               <a:noFill/>
                             </a:ln>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> к настоящему стандарту государственной услуги.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>На портал:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      1) заявление одного из родителей (или иных законных представителей) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t>сәйкес</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в форме электронного документа, подписанного ЭЦП его представителя, с указанием фактического места жительства </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t>нысан</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      2) электронная копия свидетельства о рождении </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, если дата его рождения до 2008 года;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>      3) электронная копия врачебного профессионально-консультационного заключение, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:anchor="z439" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="001638FE">
+                <w:rPr>
+                  <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                  <w:color w:val="000000"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>форма № 086/е</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                  <w:noProof/>
+                  <w:color w:val="000000"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distT="0" distB="0" distL="0" distR="0">
+                    <wp:extent cx="99695" cy="99695"/>
+                    <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                    <wp:docPr id="2" name="Рисунок 2" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
+                      <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId9" tgtFrame="&quot;_blank&quot;"/>
+                    </wp:docPr>
+                    <wp:cNvGraphicFramePr>
+                      <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                    </wp:cNvGraphicFramePr>
+                    <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="Picture 7" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
+                              <a:hlinkClick r:id="rId9" tgtFrame="&quot;_blank&quot;"/>
+                            </pic:cNvPr>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId7">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="99695" cy="99695"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                  <w:noProof/>
+                  <w:color w:val="000000"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distT="0" distB="0" distL="0" distR="0">
+                    <wp:extent cx="99695" cy="99695"/>
+                    <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                    <wp:docPr id="1" name="Рисунок 1" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
+                      <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8" tgtFrame="&quot;_blank&quot;"/>
+                    </wp:docPr>
+                    <wp:cNvGraphicFramePr>
+                      <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                    </wp:cNvGraphicFramePr>
+                    <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="Picture 8" descr="https://karaganda-akimat.gov.kz/media/ico_files/site.png">
+                              <a:hlinkClick r:id="rId8" tgtFrame="&quot;_blank&quot;"/>
+                            </pic:cNvPr>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId7">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="99695" cy="99695"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      4) цифровая фотография </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t>көрсетілетін</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> размером 3х4 см;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      5) электронная копия заключения </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t>қызметті</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагого</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-медико-психологической комиссии (при наличии).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      Сведения о данных документа, удостоверяющего личность </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t>алушыдан</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, свидетельства о рождении ребенка (если ребенок родился после 2008 года) получает из соответствующих государственных информационных систем через шлюз «электронного правительства».</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">      При обращении через портал </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
-[...7 lines deleted...]
-              <w:t>құжаттардың</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004102B3">
-[...2559 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в «личный кабинет» направляется уведомление-отчет о принятии запроса для оказания государственной услуги в форме электронного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>документа, удостоверенного ЭЦП.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidTr="004102B3">
+      <w:tr w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidTr="001638FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1900" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004102B3">
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Қызметті</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004102B3">
+              <w:t xml:space="preserve">Результат оказания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001638FE">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...38 lines deleted...]
-              <w:t>нәтижесі</w:t>
+              <w:t>госуслуги</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="DADEE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004102B3" w:rsidRPr="004102B3" w:rsidRDefault="004102B3" w:rsidP="004102B3">
+          <w:p w:rsidR="001638FE" w:rsidRPr="001638FE" w:rsidRDefault="001638FE" w:rsidP="001638FE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004102B3">
-[...381 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="001638FE">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>расписка о приеме документов и приказ о зачислении в организацию начального, основного среднего, общего среднего образования на начало учебного года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C4D84" w:rsidRDefault="004102B3">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="001C4D84" w:rsidRDefault="001638FE">
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="001C4D84">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -8924,66 +2005,66 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PT Sans">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="96"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00341036"/>
+    <w:rsidRoot w:val="00D15974"/>
     <w:rsid w:val="000A6A51"/>
-    <w:rsid w:val="00341036"/>
-    <w:rsid w:val="004102B3"/>
+    <w:rsid w:val="001638FE"/>
     <w:rsid w:val="008707F7"/>
     <w:rsid w:val="008B1DC7"/>
+    <w:rsid w:val="00D15974"/>
     <w:rsid w:val="00DC50A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -9161,91 +2242,91 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004102B3"/>
+    <w:rsid w:val="001638FE"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="004102B3"/>
+    <w:rsid w:val="001638FE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004102B3"/>
+    <w:rsid w:val="001638FE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004102B3"/>
+    <w:rsid w:val="001638FE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -9404,250 +2485,250 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004102B3"/>
+    <w:rsid w:val="001638FE"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="004102B3"/>
+    <w:rsid w:val="001638FE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004102B3"/>
+    <w:rsid w:val="001638FE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004102B3"/>
+    <w:rsid w:val="001638FE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="422267669">
+    <w:div w:id="689768433">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="502277857">
+        <w:div w:id="1597012214">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="83034653">
+            <w:div w:id="502204339">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="279921198">
+                <w:div w:id="1032459730">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="159346239">
+                    <w:div w:id="361058111">
                       <w:marLeft w:val="285"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1175192012">
+                        <w:div w:id="2123763373">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="296111888">
+                            <w:div w:id="639111112">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                               <w:divsChild>
-                                <w:div w:id="575093564">
+                                <w:div w:id="1107509680">
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="0"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                   <w:divsChild>
-                                    <w:div w:id="905410389">
+                                    <w:div w:id="591860352">
                                       <w:marLeft w:val="0"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="15"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                       <w:divsChild>
-                                        <w:div w:id="688488442">
+                                        <w:div w:id="1677071873">
                                           <w:marLeft w:val="0"/>
                                           <w:marRight w:val="0"/>
                                           <w:marTop w:val="0"/>
                                           <w:marBottom w:val="0"/>
                                           <w:divBdr>
                                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                           </w:divBdr>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1000006697#z0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057#z77" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057#z78" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011057#z30" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011057#z33" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011057" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011057" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697#z439" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9895,55 +2976,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3225</Characters>
+  <Pages>3</Pages>
+  <Words>630</Words>
+  <Characters>3594</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3783</CharactersWithSpaces>
+  <CharactersWithSpaces>4216</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>