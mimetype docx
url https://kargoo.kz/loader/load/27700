--- v0 (2025-12-17)
+++ v1 (2026-01-29)
@@ -10,181 +10,170 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00D8794C" w:rsidRPr="00D8794C" w:rsidRDefault="00D8794C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="436"/>
-        <w:tblW w:w="3400" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="7933" w:tblpY="511"/>
+        <w:tblW w:w="3737" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1360"/>
+        <w:gridCol w:w="1697"/>
         <w:gridCol w:w="1060"/>
         <w:gridCol w:w="980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD14AD" w:rsidRPr="004667C7" w:rsidTr="00D8794C">
+      <w:tr w:rsidR="00DD14AD" w:rsidRPr="004667C7" w:rsidTr="008D6DD3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcW w:w="1697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="00D8794C">
+          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="00D337B6" w:rsidP="008D6DD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004667C7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="004667C7">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>УТВЕРЖДАЮ</w:t>
+            </w:r>
+            <w:r w:rsidR="004667C7" w:rsidRPr="004667C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="00D8794C">
+          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="008D6DD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="00D8794C">
+          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="008D6DD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD14AD" w:rsidRPr="004667C7" w:rsidTr="00D8794C">
+      <w:tr w:rsidR="00DD14AD" w:rsidRPr="004667C7" w:rsidTr="008D6DD3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2420" w:type="dxa"/>
+            <w:tcW w:w="2757" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="00D8794C">
+          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="008D6DD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004667C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Директор</w:t>
             </w:r>
             <w:r w:rsidR="00DD14AD" w:rsidRPr="00DD14AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004667C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
@@ -194,3977 +183,4033 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004667C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>С.Жунусова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="00D8794C">
+          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="008D6DD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD14AD" w:rsidRPr="004667C7" w:rsidTr="00D8794C">
+      <w:tr w:rsidR="00DD14AD" w:rsidRPr="004667C7" w:rsidTr="008D6DD3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2420" w:type="dxa"/>
+            <w:tcW w:w="2757" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="00D8794C">
+          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="008D6DD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004667C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>___________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="00D8794C">
+          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="008D6DD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD14AD" w:rsidRPr="004667C7" w:rsidTr="00D8794C">
+      <w:tr w:rsidR="00DD14AD" w:rsidRPr="004667C7" w:rsidTr="008D6DD3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3400" w:type="dxa"/>
+            <w:tcW w:w="3737" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004667C7" w:rsidRPr="004667C7" w:rsidRDefault="004667C7" w:rsidP="00D8794C">
+          <w:p w:rsidR="004667C7" w:rsidRPr="00D337B6" w:rsidRDefault="00D337B6" w:rsidP="008D6DD3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="004667C7">
+              <w:t xml:space="preserve">"____" __________2016 </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>"____" __________2016 ж.</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="004667C7" w:rsidRPr="00DD14AD" w:rsidRDefault="004667C7" w:rsidP="004667C7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="405" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004667C7" w:rsidRPr="00DD14AD" w:rsidRDefault="004667C7" w:rsidP="008F6980">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="405" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004667C7" w:rsidRPr="00DD14AD" w:rsidRDefault="004667C7" w:rsidP="008F6980">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="405" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004667C7" w:rsidRDefault="004667C7" w:rsidP="008F6980">
+    <w:p w:rsidR="004226FA" w:rsidRPr="004226FA" w:rsidRDefault="004226FA" w:rsidP="000439C0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="405" w:lineRule="atLeast"/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D6DD3" w:rsidRDefault="00D337B6" w:rsidP="004226FA">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПЛАН </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D6DD3" w:rsidRDefault="00D337B6" w:rsidP="004226FA">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мероприятиий по подготовке</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций  выпускников 11-классов к итоговой</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестаций и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЕНТ</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6DD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="004226FA" w:rsidRDefault="00726DD0" w:rsidP="004226FA">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004226FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2016-2017 оқу жылында 11-сынып түлектерін</w:t>
+        <w:t>2016-2017</w:t>
       </w:r>
-      <w:r w:rsidR="004226FA">
+      <w:r w:rsidR="008D6DD3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">қорытынды аттестаттауға, </w:t>
+        <w:t xml:space="preserve"> учебного года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00726DD0" w:rsidRPr="004226FA" w:rsidRDefault="00726DD0" w:rsidP="004226FA">
-[...65 lines deleted...]
-    <w:p w:rsidR="004226FA" w:rsidRPr="004226FA" w:rsidRDefault="004226FA" w:rsidP="004226FA">
+    <w:p w:rsidR="008D6DD3" w:rsidRPr="004226FA" w:rsidRDefault="008D6DD3" w:rsidP="004226FA">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="562"/>
+        <w:gridCol w:w="4123"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2121"/>
+        <w:gridCol w:w="2267"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD14AD" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0072036B" w:rsidRPr="00DD14AD" w:rsidRDefault="0072036B" w:rsidP="008F6980">
+          <w:p w:rsidR="0072036B" w:rsidRPr="00DD14AD" w:rsidRDefault="008D6DD3" w:rsidP="008F6980">
             <w:pPr>
               <w:spacing w:line="405" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD14AD">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Р/с</w:t>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4244" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0072036B" w:rsidRPr="00DD14AD" w:rsidRDefault="0072036B" w:rsidP="008F6980">
+          <w:p w:rsidR="0072036B" w:rsidRPr="00DD14AD" w:rsidRDefault="008D6DD3" w:rsidP="008F6980">
             <w:pPr>
               <w:spacing w:line="405" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD14AD">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Іс-шаралар мазмұны</w:t>
+              <w:t>Содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1427" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0072036B" w:rsidRPr="00DD14AD" w:rsidRDefault="0072036B" w:rsidP="008F6980">
+          <w:p w:rsidR="0072036B" w:rsidRPr="00DD14AD" w:rsidRDefault="008D6DD3" w:rsidP="008F6980">
             <w:pPr>
               <w:spacing w:line="405" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD14AD">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
+              <w:t>Время</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0072036B" w:rsidRPr="00DD14AD" w:rsidRDefault="0072036B" w:rsidP="008F6980">
+          <w:p w:rsidR="0072036B" w:rsidRPr="00DD14AD" w:rsidRDefault="008D6DD3" w:rsidP="008F6980">
             <w:pPr>
               <w:spacing w:line="405" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD14AD">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0072036B" w:rsidRPr="00DD14AD" w:rsidRDefault="0072036B" w:rsidP="008F6980">
+          <w:p w:rsidR="0072036B" w:rsidRPr="00DD14AD" w:rsidRDefault="008D6DD3" w:rsidP="008F6980">
             <w:pPr>
               <w:spacing w:line="405" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD14AD">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Нәтижесі</w:t>
+              <w:t>Результаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B1E67" w:rsidRPr="00564038" w:rsidTr="00D8794C">
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00564038" w:rsidTr="00D8794C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4244" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="008D6DD3" w:rsidP="008D6DD3">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Итоговый анализ результатов ЕНТ </w:t>
+            </w:r>
+            <w:r w:rsidR="002B1E67" w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2015-2016 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учебного года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="008D6DD3" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>август</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>2015-2016 оқу жылындағы ҰБТ нәтижесінің қорытынды талдауы</w:t>
+              <w:t>Мусина А.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="008D6DD3" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Протокол педсовета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="008D6DD3" w:rsidP="008D6DD3">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание базы данных выпускников 11-классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1427" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="008D6DD3" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>тамыз</w:t>
+              <w:t>Мусина А.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="008D6DD3" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.рук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="008D6DD3" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Банк данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B92AE5" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B92AE5" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="00B92AE5">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание база данных учителей работающих в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>классах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B92AE5" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00B92AE5" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мусина А.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B92AE5" w:rsidRDefault="00B92AE5">
+            <w:r w:rsidRPr="002F2B3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Банк данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B92AE5" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B92AE5" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Техникалық хатшының деректер базасын құру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B92AE5" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B92AE5" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мусина А.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B92AE5" w:rsidRDefault="00B92AE5">
+            <w:r w:rsidRPr="002F2B3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Банк данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="00B92AE5">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ознокомление предметников, учащихся с нормативными документами, инструкциями по проведению итоговой аттестации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>Мусина А.Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="00B92AE5">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание нормативно-правовой базы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00B92AE5" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Педкеңес хаттамасы</w:t>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="00B92AE5">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание и утверждение плана мероприятий по подготовке и проведению итоговой аттестации, ЕНТ 11-классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Начало уч.года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мусина А.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="00B92AE5">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Индивидуальные планы предметников</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B1E67" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4244" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="00B92AE5">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ознкомление родителей учащихся </w:t>
+            </w:r>
+            <w:r w:rsidR="002B1E67" w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">классов с првилами проведения итоговой аттестации и ЕНТ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь  январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>11-сынып оқушыларының деректер базасын құру</w:t>
+              <w:t>Мусина А.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.рук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="00B92AE5" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Родительское собрание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="003C6E24">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обновление информационных стендов итоговой аттестации, ЕНТ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1427" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="00CE63DD">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь  январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="00CE63DD">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мусина А.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="00CE63DD">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.рук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информационный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стенд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>қыркүйек</w:t>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="003C6E24">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ознокомление учащихся </w:t>
+            </w:r>
+            <w:r w:rsidR="002B1E67" w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>классов с новыми форматами ЕНТ, проведение тестов по новым форматам ЕНТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRDefault="003C6E24" w:rsidP="003C6E24">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="003C6E24">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течении года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Мусина А.Е.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып жетекшілері</w:t>
+              <w:t>Орақбай А.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00E841AB" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мәліметтер банкі</w:t>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="003C6E24">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация дополнитель</w:t>
+            </w:r>
+            <w:r w:rsidR="00281796">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ных уроков по подготовке учащих</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ся к итоговой аттестации и ЕНТ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течении года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по графику</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мусина А.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Расписание дополнительных уроков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B1E67" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4244" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="00281796">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение работ по тестовым материалам НЦТ,  ОЦ </w:t>
+            </w:r>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>11- сыныптарда жұмыс істейтін мұғалімдердің деректер базасын құру</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Достық»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1427" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
+          <w:p w:rsidR="00281796" w:rsidRDefault="00281796">
+            <w:r w:rsidRPr="00C45740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течении года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>қыркүйек</w:t>
+              <w:t>Мониторинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="00281796">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оказание информационной, психологической помощи учащимся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRDefault="00281796">
+            <w:r w:rsidRPr="00C45740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течении года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>Ильяшова С.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Инструкции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="002B1E67" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00D8794C" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="00281796">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Определение направления по выбору профессий, консультации по выбору профессий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь  октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00D8794C" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ильяшова С.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Консультации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="002B1E67" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00D8794C" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="00281796">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Развитие навыков психорегуляции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь   март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00D8794C" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ильяшова С.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.рук.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тренинги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00D8794C" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="00281796">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ознокомление учащих</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ся</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10-11 классов с требованиями эссе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течении года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D8794C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Инструкции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00A62B0C" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00A62B0C" w:rsidP="00FE5545">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="00281796">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подготовка </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учащихся </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к устному экзамену по истории Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По расписанию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="00281796">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Задания по билетам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00A62B0C" w:rsidP="00FE5545">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00082FE6" w:rsidP="00082FE6">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мониторинг качества знаний </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учащихся </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11-классов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00082FE6" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По итогам четверти</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00A62B0C" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>Мусина А.Е.</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00082FE6" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Итоговый</w:t>
+            </w:r>
+            <w:r w:rsidR="00A62B0C" w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мониторинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00A62B0C" w:rsidP="00FE5545">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мәліметтер банкі</w:t>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00082FE6" w:rsidP="00082FE6">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация индивидуальных и коллективных консультации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течении года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00082FE6" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00082FE6" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Расписание дополнительных уроков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B1E67" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00A62B0C" w:rsidP="00FE5545">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4244" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="000439C0">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тестирование </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учащихся </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11-классов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сцелью подготовки к итоговой аттестации, ЕНТ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="000439C0">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В месяц два раза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00A62B0C" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Техникалық хатшының деректер базасын құру</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мусина А.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тех.секретарь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Анализы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="00FE5545">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқушылардың білім нәтижелеріне аналитикалық талдаулар жасау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1427" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течении года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRDefault="003C6E24">
+            <w:r w:rsidRPr="00617E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Анализы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="00FE5545">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>қыркүйек</w:t>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="000439C0">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация подготовительных  работ по интернету и другим информационным источникам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь-апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
+          <w:p w:rsidR="003C6E24" w:rsidRDefault="003C6E24">
+            <w:r w:rsidRPr="00617E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C6E24" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Интернет ресурс</w:t>
+            </w:r>
+            <w:r w:rsidR="003C6E24" w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="00DD14AD" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="00FE5545">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="000439C0">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Посещение уроков учителей преподающих в </w:t>
+            </w:r>
+            <w:r w:rsidR="00281796" w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>классах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRDefault="00281796">
+            <w:r w:rsidRPr="008D2BCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течении года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заместители директоров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="000439C0">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Анализы уроков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="002B1E67" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="00FE5545">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="000439C0">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контроль посещении учащихся </w:t>
+            </w:r>
+            <w:r w:rsidR="00281796" w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>классов дополнительных занятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRDefault="00281796">
+            <w:r w:rsidRPr="008D2BCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течении года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="00281796" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004226FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>Мусина А.Е.</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.рук.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
+          <w:p w:rsidR="00281796" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педконсилиум</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000439C0" w:rsidRPr="002B1E67" w:rsidTr="00D8794C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00A62B0C" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="000439C0">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выпускник-2017: результаты, анализы, рекомендации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>июнь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="00A62B0C" w:rsidP="004226FA">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004226FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мәліметтер банкі</w:t>
-[...120 lines deleted...]
-              </w:rPr>
               <w:t>Мусина А.Е.</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="003C6E24" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1E67" w:rsidRPr="004226FA" w:rsidRDefault="002B1E67" w:rsidP="004226FA">
-[...2815 lines deleted...]
-              <w:t>Педкеңес хаттамасы</w:t>
+          <w:p w:rsidR="00A62B0C" w:rsidRPr="004226FA" w:rsidRDefault="000439C0" w:rsidP="004226FA">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Протокол педсовета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00DD14AD" w:rsidRPr="002B1E67" w:rsidRDefault="00DD14AD">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00DD14AD" w:rsidRPr="002B1E67" w:rsidSect="002B1E67">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="0" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -4444,63 +4489,69 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC553C"/>
+    <w:rsid w:val="000439C0"/>
+    <w:rsid w:val="00082FE6"/>
+    <w:rsid w:val="00281796"/>
     <w:rsid w:val="002B1E67"/>
-    <w:rsid w:val="003E21E2"/>
+    <w:rsid w:val="003C6E24"/>
     <w:rsid w:val="004049AD"/>
     <w:rsid w:val="004226FA"/>
     <w:rsid w:val="0045370A"/>
     <w:rsid w:val="004667C7"/>
     <w:rsid w:val="00564038"/>
     <w:rsid w:val="0072036B"/>
     <w:rsid w:val="00726DD0"/>
+    <w:rsid w:val="008D6DD3"/>
     <w:rsid w:val="008F6980"/>
     <w:rsid w:val="00A06C89"/>
     <w:rsid w:val="00A62B0C"/>
+    <w:rsid w:val="00B92AE5"/>
     <w:rsid w:val="00C9282D"/>
+    <w:rsid w:val="00D337B6"/>
     <w:rsid w:val="00D8794C"/>
     <w:rsid w:val="00DD14AD"/>
     <w:rsid w:val="00E841AB"/>
     <w:rsid w:val="00FC553C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -5450,70 +5501,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>473</Words>
-  <Characters>2702</Characters>
+  <Words>477</Words>
+  <Characters>2723</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3169</CharactersWithSpaces>
+  <CharactersWithSpaces>3194</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>