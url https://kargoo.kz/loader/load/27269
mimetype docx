--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -1,20177 +1,27922 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BD6DFE" w:rsidRPr="008575C1" w:rsidRDefault="00BD6DFE" w:rsidP="004D35DB">
+    <w:p w:rsidR="005F4547" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00285593" w:rsidRDefault="00FD662D" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6780"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BD6DFE" w:rsidRPr="008575C1" w:rsidRDefault="00BD6DFE" w:rsidP="004D35DB">
+    <w:p w:rsidR="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6780"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009E4BF4" w:rsidRPr="008575C1" w:rsidRDefault="00B93AD0" w:rsidP="004D35DB">
+    <w:p w:rsidR="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6780"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008575C1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
+        <w:t>Директор КГУ «СОШ№ 86»</w:t>
       </w:r>
-      <w:r w:rsidR="00CD7A81" w:rsidRPr="008575C1">
+    </w:p>
+    <w:p w:rsidR="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6780"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кунедилов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.Д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="006134E5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="006134E5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="006134E5" w:rsidRDefault="005F4547" w:rsidP="006134E5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006134E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ГОДОВОЙ ПЛАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRDefault="005F4547" w:rsidP="006134E5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006134E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по воспитательной работе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006134E5" w:rsidRPr="006134E5" w:rsidRDefault="006134E5" w:rsidP="006134E5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КГУ «СОШ№ 86»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="006134E5" w:rsidRDefault="005F4547" w:rsidP="006134E5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006134E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на 2016 – 2017учебный год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Современная школа сегодня имеет достаточную степень свободы в организации воспитательного процесса в соответствии со своими возможностями и заявленными целями. В то же время это обстоятельство налагает ответственность за качество воспитательной деятельности на образовательную организацию, то есть школа согласно плану развития школы на 2016 – 2019 годы должна гарантировать качество воспитания учащимся, родителям и обществу в целом, следовательно, и контролировать его, управлять им.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Годовой план КГУ </w:t>
+      </w:r>
+      <w:r w:rsidR="006134E5" w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="006134E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="006134E5" w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОШ № </w:t>
+      </w:r>
+      <w:r w:rsidR="006134E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>86</w:t>
+      </w:r>
+      <w:r w:rsidR="006134E5" w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по воспитательной работе </w:t>
+      </w:r>
+      <w:r w:rsidR="006134E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на основе </w:t>
+      </w:r>
+      <w:r w:rsidR="006134E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Концептуальных основ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитания»,  утвержденный приказом Министра образования  и науки Республики Казахстан от 22  апреля 2015 года№ 227.  Концептуальные основы ориентированы на повышение воспитательного потенциала образовательного процесса, интеграцию обучения и воспитания, обновление методологии, содержания и структуры воспитания на общенациональной идее «Мәңгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ел», ценностей семейного воспитания, а также интегрированности учебного и воспитательного процессов.  В формировании и развитии личности учащихся школа отводит ведущую роль гражданско-патриотическому воспитанию, которое способствует становлению социально значимых ценностей у подрастающего поколения, воспитывает чувство любви и уважения к своей стране, её истории и традициям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Основной целью воспитательной работы школы на 2016 – 2017  учебный год</w:t>
+      </w:r>
+      <w:r w:rsidR="006134E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>является - воспитание всесторонне и гармонично развитой личности на основе общечеловеческих и национальных ценностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">содействовать формированию патриота и гражданина, способного жить в новом </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>демократическом обществе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; формировать политическую, правовую и антикоррупционную культуру</w:t>
+      </w:r>
+      <w:r w:rsidR="006134E5" w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>личности; росту правосознания детей и молодежи, их готовности противостоять проявлениям жестокости и насилия в детской и молодежной среде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>способствать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формированию духовно-нравственных и этических принципов личности, ее моральных качеств и установок, согласующихся с нормами и традициями жизни казахстанского общества. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>способствовать ориентации личности на общечеловеческие и национальные ценности, уважение к родному языку и культуре казахского народа, этносов и этнических групп Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>способствовать просвещению родителей, повышению их психолого</w:t>
+      </w:r>
+      <w:r w:rsidR="001A7AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогической компетентности в формировании личности ребенка, повышению их ответственности за воспитание детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формировать трудовые навыки, экономическое  мышление личности и осознанное отношение к профессиональному самоопределению, развивать экологическую культуру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>создать пространство для эффективного формирования навыков здорового образа жизни, сохранения физического и психологического здоровья, умения определять факторы, наносящие вред здоровью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Воспитательная система школы работает по следующим восьми  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>направлениям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93AD0" w:rsidRPr="008575C1" w:rsidRDefault="00B93AD0" w:rsidP="00502630">
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008575C1">
+      <w:r w:rsidRPr="00FD662D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>№</w:t>
+        <w:t>- Воспитание казахстанского патриотизма и гражданственности, правовое воспитание;</w:t>
       </w:r>
-      <w:r w:rsidR="00CD7A81" w:rsidRPr="008575C1">
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">86ЖББОМ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008575C1">
+      </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>директоры</w:t>
+        <w:t>- Духовно-нравственное воспитание;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93AD0" w:rsidRPr="008575C1" w:rsidRDefault="00CD7A81" w:rsidP="00242C3E">
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008575C1">
+      <w:r w:rsidRPr="00FD662D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Н.Д.Кунедилов</w:t>
+        <w:t>- Национальное воспитание;</w:t>
       </w:r>
-      <w:r w:rsidR="00B93AD0" w:rsidRPr="008575C1">
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>____</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00502630" w:rsidRPr="008575C1">
+      </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>_____</w:t>
+        <w:t>- Семейное воспитание;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA484B" w:rsidRPr="008575C1" w:rsidRDefault="00DA484B" w:rsidP="004D35DB">
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00FD662D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Трудовое, экономическое и экологическое воспитание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00FD662D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Поликультурное и художественно – эстетическое воспитание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008575C1">
+      <w:r w:rsidRPr="00FD662D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2016 – 2017 оқу жылына арналған</w:t>
+        <w:t>- Интеллектуальное воспитание, воспитание информационной культуры;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93AD0" w:rsidRPr="008575C1" w:rsidRDefault="00B93AD0" w:rsidP="00EC4910">
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008575C1">
+      <w:r w:rsidRPr="00FD662D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>тәрбие ісі жұмысының</w:t>
+        <w:t>- Физическое воспитание, здоровый образ жизни;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93AD0" w:rsidRPr="008575C1" w:rsidRDefault="00B93AD0" w:rsidP="00EC4910">
+    <w:p w:rsidR="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008575C1">
+      <w:r w:rsidRPr="001F7993">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ЖЫЛДЫҚ ЖОСПАРЫ</w:t>
+        <w:t xml:space="preserve">Данные направления воспитательной работы реализуются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F7993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F7993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00242C3E" w:rsidRPr="008575C1" w:rsidRDefault="00242C3E" w:rsidP="004D35DB">
+    <w:p w:rsidR="001F7993" w:rsidRPr="00FD662D" w:rsidRDefault="001F7993" w:rsidP="00FD662D">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00FD662D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>правовые и профилактические мероприятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008575C1">
+      <w:r w:rsidRPr="00FD662D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>№86</w:t>
+        <w:t>- традиционные школьные мероприятия;</w:t>
       </w:r>
-      <w:r w:rsidR="00997FDD" w:rsidRPr="008575C1">
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ЖББОМ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EC4910">
+      </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- систему работы дополнительного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- работу органов ученического самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="00FD662D" w:rsidRDefault="005F4547" w:rsidP="00FD662D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- внеклассную и внеурочную деятельность по предметам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Огромный воспитательный потенциал несут школьные традиции, которые представляют собой исторически культурное наследие, развивающееся с учетом современных реалий жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Реализация поставленных задач осуществляется</w:t>
+      </w:r>
+      <w:r w:rsidR="001F7993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C90A0D" w:rsidRPr="008575C1">
+      <w:r w:rsidRPr="005F4547">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">тәрбие ісі жұмысының жылдық жоспары </w:t>
+        <w:t>через планомерную работу методического объединения классных руководителей, систему дополнительного образования, органов детского самоуправления и социально – психологической службы школы.</w:t>
       </w:r>
-      <w:r w:rsidR="00BF27D8" w:rsidRPr="008575C1">
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 22 сәуірдегі № 227 бұйрығымен бекітілген </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C90A0D" w:rsidRPr="008575C1">
+      </w:pPr>
+      <w:r w:rsidRPr="005F4547">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Тәрбиенің тұжырымдамалық</w:t>
+        <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE6491" w:rsidRPr="008575C1">
+    </w:p>
+    <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...841 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-[...16410 lines deleted...]
-        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="611" w:tblpY="-67"/>
+        <w:tblW w:w="10647" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3119"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1858"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1843"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Направление в работе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Цель и задачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:trHeight w:val="213"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Воспитание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>казахстанского патриотизма и гражданственности, правовое воспитание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Цель: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">формирование патриота и гражданина, способного жить в новом </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>демократическом обществе</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>; политической, правовой и антикоррупционной культуры личности; правосознания детей и молодежи, их готовности противостоять проявлениям жестокости и насилию в детской и молодежной среде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Задачи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-формирование осознанного позитивного отношения к патриотическим ценностям;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-формирование стремления к реализации активной гражданской позиции;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-воспитание любви и уважение к Родине:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>культуре, истории, фольклору, обычаям и традициям Казахстана;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-пропаганда знаний государственных символов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-формирование знаний о Конституции Республики Казахстан, основ законодательства страны, необходимости строгого соблюдения Конституции, законов и других правовых актов государства, своей гражданской </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ответственности за личное поведение и поступки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-формирование знаний правовой нормы, требований законов и процессов, происходящих в правовой системе обществе, своих прав и обязанностей, понимания социальной ценности права, законности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- формирование навыков и умений применять свои правовые знание в конкретных условиях жизни и действовать соответствии с требованиями правовой нормы и закона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мероприятия, направленные на пропаганду Государственных  символов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и атрибутов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>( по плану)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:trHeight w:val="1995"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Исполнение Гимна РК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Еженедельно по понедельникам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организатор НВП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Касымов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс на знание атрибутов государственности: «Символы открытости мира и надежды», «Лучшее исполнение Гимна Республики Казахстан».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организатор НВП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Касымов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учитель музыки</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:trHeight w:val="3705"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение профилактических мероприятий   «Дети в ночном городе»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 раз в месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Соц</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Налибаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Школьный инспектор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Садвакасов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Правовой всеобуч</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года (по плану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заседание Совета по профилактике правонарушений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4-ая пятница месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Соц</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Налибаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Профилактика религиозного экстремизма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и терроризма.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года (по плану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ИПГ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:trHeight w:val="930"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Просветительская беседа с учащимися на тему «Нулевая терпимость и как ее избежать?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По графику</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психолог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и Захарова Л.И., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Адамкожина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия, направленные н</w:t>
+            </w:r>
+            <w:r w:rsidR="001A7AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а формирование </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="001A7AA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>антикоррупционнно</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года (по плану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Городской конкурс «ЮИД»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По плану </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГорОО</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учитель физкультуры</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Токшаликов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мероприятия, по профилактике </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аутодеструктивного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> поведения и ЖО среди несовершеннолетних</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года (по плану)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Психологи: Захарова Л.И., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Адамкожина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Соц. педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Налибаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Медработник </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бопылова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.З.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Школьный инспектор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Садвакасов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Принятие в ряды ДЮО «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұлан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қыран</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Декабрь, май, июль</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия ко дню  «Первого</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Президент</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> РК»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по плану)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Мой любимый город» конкурс сочинений, рисунков, презентации, видеороликов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мероприятия, посвященные 25- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>летию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> независимости РК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по плану)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зекенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сыздыкова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т., Одинцова А.Е., Яковенко Б.В., Шалаева А.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>патриотической песни «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Отаным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», посвященный Дню Независимости РК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учитель музыки</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеуханова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Военно-спортивные игры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалқан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «Улан»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По плану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организатор НВП  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Касымов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация и проведение мероприятий, посвященных 28-годовщине вывода Советских войск из Афганистана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Узбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.Т., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бокаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Б., </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мор Е.С., Баранова А.Г., Ермоленко В.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия, посвященные  «Дню</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Победы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»и</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Дню</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> защитников Отечества», встреча с ветеранами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Май</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по плану)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Абильдина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.К., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нурбай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.К., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сарайская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.Ф., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сувашбаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Л.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гайворонская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidTr="00C83A2A">
+        <w:trPr>
+          <w:trHeight w:val="1680"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс смотр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>строя и песни.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Май</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C83A2A" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организатор НВП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Касымов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C83A2A" w:rsidRPr="005F4547" w:rsidRDefault="00C83A2A" w:rsidP="00C83A2A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="-978" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E5B2E" w:rsidRPr="00EC4910" w:rsidTr="007E4EA8">
-[...2 lines deleted...]
-            <w:tcW w:w="3119" w:type="dxa"/>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="003853C8">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003E5B2E" w:rsidRPr="008575C1" w:rsidRDefault="003E5B2E" w:rsidP="00D251A0">
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Духовно-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>нравственное воспитание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Цель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>: формирование духовно-нравственных и этических принципов личности, ее моральных качеств и установок, согласующихся с общечеловеческими ценностями, нормами и традициями жизни казахстанского общества.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Задачи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-формирование традиционного миропонимания и мировоззрения, познание окружающего мира во всем его многообразии, сложности, противоречивости и неоднозначности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- осознание ценности человеческой жизни и уникальности каждого человека, воспитание </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бережного отношение к  собственной жизни;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-формирование волевого характера, способности преодолевать любые возникающие трудности, быть целеустремленным в достижении поставленной цели.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Участие в акции «Забота», «Дорога в школу»</w:t>
+            </w:r>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ақниет</w:t>
+            </w:r>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.09.-30.09.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Соц</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Налибаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00DC71DA">
+        <w:trPr>
+          <w:trHeight w:val="615"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="003E5B2E" w:rsidRPr="008575C1" w:rsidRDefault="003E5B2E" w:rsidP="00D251A0">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="003E5B2E" w:rsidRPr="008575C1" w:rsidRDefault="003E5B2E" w:rsidP="00D251A0">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="00DC71DA" w:rsidP="003853C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия, посвященные международному Дню семьи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="00DC71DA" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябрь (по плану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DC71DA" w:rsidRDefault="00DC71DA" w:rsidP="00DC71DA">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC71DA" w:rsidRPr="005F4547" w:rsidTr="00DC71DA">
+        <w:trPr>
+          <w:trHeight w:val="3810"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DC71DA" w:rsidRPr="005F4547" w:rsidRDefault="00DC71DA" w:rsidP="005F4547">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="003E5B2E" w:rsidRPr="008575C1" w:rsidRDefault="003E5B2E" w:rsidP="00D251A0">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DC71DA" w:rsidRPr="005F4547" w:rsidRDefault="00DC71DA" w:rsidP="005F4547">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00785A41" w:rsidRPr="008575C1" w:rsidRDefault="00785A41" w:rsidP="00785A41">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DC71DA" w:rsidRDefault="00DC71DA" w:rsidP="003853C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Праздничный концерт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, посвященный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Дню</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пожилых людей»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DC71DA" w:rsidRPr="005F4547" w:rsidRDefault="00DC71DA" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DC71DA" w:rsidRDefault="00DC71DA" w:rsidP="003853C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DC71DA" w:rsidRDefault="00DC71DA" w:rsidP="003853C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DC71DA" w:rsidRDefault="00DC71DA" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Исаинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.И., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жуманова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ж., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шелухина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.Д., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бизюлева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Л.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нурмаганбетова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.К., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Исмаилова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="003853C8">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оказание  помощи пожилым людям</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003853C8" w:rsidRDefault="003853C8" w:rsidP="003853C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="003853C8" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные  руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="003853C8">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="003853C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Торжественн</w:t>
+            </w:r>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ый концерт </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Высокое призвание- Учитель».  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="003853C8" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003853C8" w:rsidRDefault="003853C8" w:rsidP="003853C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нурмаганбетова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Р.К., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ошанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.К., Пак Ю.Д., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Хунафия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Д., Карп Е.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="003853C8">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Посещение тематических </w:t>
+            </w:r>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> выставок в музеях </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>араганды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Во время каникул</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="003853C8" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="003853C8">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="003853C8" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Осенний бал «Дары осени»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="003853C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="003853C8" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="003853C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="004D6F25">
+        <w:trPr>
+          <w:trHeight w:val="795"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс исполнительского мастерства среди учащихся, педагогов и родителей «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Екі жұлдыз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="004D6F25">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="004D6F25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ишенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004D6F25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.О., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004D6F25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сагиндыкова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004D6F25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.С., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004D6F25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тустаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004D6F25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D6F25" w:rsidRPr="005F4547" w:rsidTr="004D6F25">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004D6F25" w:rsidRPr="005F4547" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004D6F25" w:rsidRPr="005F4547" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004D6F25" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мероприятия, посвященные творчеству М. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Макатаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Открытие поэтического клуба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004D6F25" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004D6F25" w:rsidRDefault="004D6F25" w:rsidP="004D6F25">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D6F25" w:rsidRDefault="004D6F25" w:rsidP="004D6F25">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="004D6F25">
+        <w:trPr>
+          <w:trHeight w:val="735"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="00DC71DA">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-15" w:firstLine="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="004D6F25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия, посвященные Международному женскому дню.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Март (по плану)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DC71DA" w:rsidRDefault="00DC71DA" w:rsidP="00DC71DA">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D6F25" w:rsidRDefault="00DC71DA" w:rsidP="004D6F25">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алтынбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.М., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Джангалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.К., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мутина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Д.В., Габдуллина М.С., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Касаинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D6F25" w:rsidRPr="005F4547" w:rsidTr="004D6F25">
+        <w:trPr>
+          <w:trHeight w:val="4515"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004D6F25" w:rsidRPr="005F4547" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004D6F25" w:rsidRPr="005F4547" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004D6F25" w:rsidRPr="005F4547" w:rsidRDefault="004D6F25" w:rsidP="004D6F25">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оприятия</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> посвященные празднованию </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мейрамы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="004D6F25" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004D6F25" w:rsidRPr="005F4547" w:rsidRDefault="004D6F25" w:rsidP="004D6F25">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Март</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по плану)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D6F25" w:rsidRPr="005F4547" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004D6F25" w:rsidRDefault="004D6F25" w:rsidP="004D6F25">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D6F25" w:rsidRPr="005F4547" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D6F25" w:rsidRDefault="004D6F25" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шакимова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж.Т., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Саханова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.К., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нурмаган</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Амангельдиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Р.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="003853C8">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="00DC71DA" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="003E5B2E" w:rsidRPr="008575C1" w:rsidRDefault="003E5B2E" w:rsidP="00D251A0">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мероприятия, посвященные «Дню </w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Единства Народа РК»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Май</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по плану)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DC71DA" w:rsidRDefault="00DC71DA" w:rsidP="00DC71DA">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оспанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Т., Захарова Л.И., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шерикбай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Исламбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ш., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сабитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ж., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Билалова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DC71DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="003853C8">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>День Открытых Дверей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...380 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель – май</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
-          </w:tcPr>
-[...1756 lines deleted...]
-              <w:t xml:space="preserve">Дене шынықтыру пән мұғалімдері </w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="00534B35" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003E5B2E" w:rsidRPr="00F365F4" w:rsidRDefault="003E5B2E" w:rsidP="004D35DB">
+    <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="-978" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1984"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="007A6A2E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Национальное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>воспитание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Цель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>: ориентация личности на общечеловеческие и национальные ценности, уважение к родному и государственному языкам, культуре казахского народа, этносов и этнических групп Республики Казахстан. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Задачи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- воспитать</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>чувства гордости и ответственности по отношению к</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>этническому самосознанию, этнической идентичности; владению родным и государственным языками; культурному наследию своего народа; обычаям и традициям казахского и своего народа;  этнокультуре Казахстана; другим культурам этносов Казахстана; межэтническому миру и согласию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-         Воспитание пониманию особенностей культур других национальностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-         Воспитание положительному отношению культурным особенностям для саморазвития</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-         Воспитание отношению с уважением к другим национальностям и адаптации основам мировой культуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-         Формирование межнациональной культуры учащихся   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="007A6A2E" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>День языков народов</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> РК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по плану)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A6A2E" w:rsidRDefault="007A6A2E" w:rsidP="007A6A2E">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="007A6A2E" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МО казахского, русского, английского языков</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="007A6A2E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль народа </w:t>
+            </w:r>
+            <w:r w:rsidR="007A6A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахстана</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRDefault="007A6A2E" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A6A2E" w:rsidRPr="005F4547" w:rsidRDefault="007A6A2E" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МО учителей начальных классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="007A6A2E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс рисунка "Я рисую историю</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> народа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>!"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожат</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007A6A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007A6A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учителя </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ИЗО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="007A6A2E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="007A6A2E" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия, посвященные Дню</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Единства народа РК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="007A6A2E" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Апрель-м</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ай</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A6A2E" w:rsidRDefault="007A6A2E" w:rsidP="007A6A2E">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="007A6A2E" w:rsidP="007A6A2E">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оспанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Т., Захарова Л.И., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шерикбай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Исламбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ш., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сабитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ж., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Билалова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="007A6A2E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация конкурса выставок ручных поделок на тему «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бесі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="007A6A2E" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRDefault="007A6A2E" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A6A2E" w:rsidRPr="005F4547" w:rsidRDefault="007A6A2E" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учителя технологии и ИЗО </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ошанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.К., Черненко В.Ф., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калкин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж.Н., Мор Е.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="007A6A2E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Соревнования по национальным видам спорта</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По плану</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="007A6A2E" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="007A6A2E" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МО учителей</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> физкультуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="007A6A2E">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005A002C" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ознакомление с послания</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> президента РК Н.А.Назарбаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течени</w:t>
+            </w:r>
+            <w:r w:rsidR="005A002C" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A002C" w:rsidRDefault="005A002C" w:rsidP="005A002C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Члены ИПГ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Библиотекарь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="-978" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1984"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="005A002C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Семейное воспитание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Цель: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>просвещение родителей, повышение их психолого-педагогической компетентности и ответственности за воспитание детей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Задачи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: проявление </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>уважительного, бережного отношения к: этно-социальным ролям; своей семье и продолжению рода; ценностям семьи и брака через поддержание нравственных устоев.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Освещение информации для родителей на сайте школы об  информационной безопасности детей при использовании интернет сети и «Родительский </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>контроль»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A002C" w:rsidRDefault="005A002C" w:rsidP="005A002C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лаборант</w:t>
+            </w:r>
+            <w:r w:rsidR="005A002C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="005A002C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выступление на общешкольном родительском собрании на тему «Как</w:t>
+            </w:r>
+            <w:r w:rsidR="005A002C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>предостеречь наших детей от нежелательных сайтов интернет сети?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По плану </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A002C" w:rsidRDefault="005A002C" w:rsidP="005A002C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заместитель директора по информатизации</w:t>
+            </w:r>
+            <w:r w:rsidR="005A002C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сычева В.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="005A002C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическая беседа «Как </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>понять</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> что Ваш ребенок </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>интренет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> зависим?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По плану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="005A002C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация конкурса рисунков и плакатов на темы «Счастливая семья», «Семейное богатство»</w:t>
+            </w:r>
+            <w:r w:rsidR="005A002C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, посвященных Дню семьи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябрь </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005A002C" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="005A002C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005A002C" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятие, посвященны</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>е международному Дню семьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябрь  </w:t>
+            </w:r>
+            <w:r w:rsidR="005A002C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(по плану)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005A002C" w:rsidRDefault="005A002C" w:rsidP="005A002C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="005A002C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005A002C" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выставки литературы, посвященные семейным ценностям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005A002C" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В течение года </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Библиотекарь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="005A002C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005A002C" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Круглые столы, родительские собрания, лектории</w:t>
+            </w:r>
+            <w:r w:rsidR="00143B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, спортивные соревнования.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005A002C" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года (</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По плану</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00143B7A" w:rsidRDefault="00143B7A" w:rsidP="00143B7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="005A002C">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00143B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в городских конкурсах, посвященных Дню семьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="00143B7A" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00143B7A" w:rsidRDefault="00143B7A" w:rsidP="00143B7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="-978" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1984"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00143B7A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Трудовое, экономическое и экологическое воспитание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Цель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>: формирование осознанного отношения к профессиональному самоопределению, развитие экономического мышления и  экологической культуры личности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Задачи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1) проявление бережного и позитивного отношения к: государственной политике в области экологического развития, в частности, к программе «Зеленая экономика»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>экологической грамотности, к природе, окружающим людям и самому себе; системе «человек – общество – природа»;  разнообразным видам деятельности в области природопользования и охраны окружающей среды;  профессиональным знаниям и производительному труду;  законам рыночной экономики.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2) проявление осознанного отношения к: соблюдению норм экологически безопасного поведения; выбору профессии; достижению цели в трудовой деятельности;  профессиональной мобильности на основе непрерывного образования.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Подготовка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>профориентационного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стенда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+            <w:r w:rsidR="00143B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00143B7A" w:rsidRDefault="00143B7A" w:rsidP="00143B7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="00143B7A" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Психологи школы: Захарова Л.И., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Адамкожина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00143B7A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Составление годового плана по </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>профиретнационной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> направленности учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00143B7A" w:rsidRDefault="00143B7A" w:rsidP="00143B7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00143B7A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Профориентационное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заседание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 раза в год</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00143B7A" w:rsidRDefault="00143B7A" w:rsidP="00143B7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Соц</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00143B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психолог</w:t>
+            </w:r>
+            <w:r w:rsidR="00143B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00143B7A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение тематических классных часов, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>направленные</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на профориентацию учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течени</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00143B7A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Урок-встреча «Мир профессии»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ноябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00143B7A" w:rsidRDefault="00143B7A" w:rsidP="00143B7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="00143B7A" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психологи школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00143B7A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Профориентационные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тесты, тренинги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психолог</w:t>
+            </w:r>
+            <w:r w:rsidR="00143B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00143B7A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация </w:t>
+            </w:r>
+            <w:r w:rsidR="00143B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>встреч с представителями колледж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течени</w:t>
+            </w:r>
+            <w:r w:rsidR="00143B7A" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+            <w:r w:rsidR="00143B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по графику</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00143B7A" w:rsidRDefault="00143B7A" w:rsidP="00143B7A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00143B7A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="00143B7A" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в месячниках по благоустройству территории школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течени</w:t>
+            </w:r>
+            <w:r w:rsidR="00143B7A" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожат</w:t>
+            </w:r>
+            <w:r w:rsidR="00143B7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ый </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="00143B7A" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> биологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00143B7A">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="00143B7A" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Посещение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>экомузея</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, станции юных натуралистов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течени</w:t>
+            </w:r>
+            <w:r w:rsidR="00143B7A" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="00143B7A" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="00143B7A" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4547" w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> биологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="-978" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1984"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidTr="00180859">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Поликультурное и художественно – эстетическое воспитание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Цель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Оказание помощи молодым людям в приобретении умений и навыков, развитии способностей и качеств, необходимых для дальнейшего личностного и профессионального </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>развития, а так же активное участие в общественной жизни в своем регионе.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Задачи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-развитие и поддержка инициативы молодых людей, способствование их успешной самореализации и активному участию в жизни общества;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-содействие распространению лучших практик и технологий молодежных проектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Подготовка и проведение Дня самоуправления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ый</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidTr="00180859">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация Совета Старшеклассников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожатая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidTr="00180859">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оргнаизация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вступления в ряды «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>» и «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Қыран»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> раза в год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожатая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidTr="00180859">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="000402FC">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>внутришкольного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> осеннего праздника «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Осенний бал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>овет старшеклассников</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidTr="00180859">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Лидер ХХІ века»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRDefault="00C8125B" w:rsidP="000402FC">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Библиотекарь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя – предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidTr="00180859">
+        <w:trPr>
+          <w:trHeight w:val="1125"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в городских, областных  конкурсах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>По плану Гор ОО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRDefault="00C8125B" w:rsidP="00C8125B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="00C8125B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidTr="00C8125B">
+        <w:trPr>
+          <w:trHeight w:val="855"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работа поэтического клуба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRDefault="00C8125B" w:rsidP="00C8125B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidTr="00C8125B">
+        <w:trPr>
+          <w:trHeight w:val="238"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRPr="005F4547" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Работа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дебатного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> клуба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRDefault="00C8125B" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C8125B" w:rsidRDefault="00C8125B" w:rsidP="00C8125B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C8125B" w:rsidRDefault="00C8125B" w:rsidP="00C8125B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="-978" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1984"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00C8125B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Интеллектуальное воспитание, воспитание информационной культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Цель:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Целенаправленное комплексное использование средств и методов информационного воздействия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-         Широкая пропаганда достижений страны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-         Использование средств массовой информации как средства разъяснение и пропаганды, формирование навыков эффективного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>взаимодействия с информационной средой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Конкурс информационных стенгазет на тему «Достояние нашей Республики»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течени</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожатая</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00C8125B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Акция «В библиотеку – за информационной культурой»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течени</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожатая</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Библиотекарь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00C8125B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Акция «Безопасный интернет»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожатая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00C8125B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="00C8125B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурсы сочинений и буклетов на темы «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Желідегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сөйлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мәдениеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:r w:rsidR="00C8125B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғаламтор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>желісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өмі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожатая</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00C8125B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс «Компьютерный марафон»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя информатики </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidTr="00C8125B">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="00C8125B">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурсы стенгазет и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>риунков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на тему «</w:t>
+            </w:r>
+            <w:r w:rsidR="00C8125B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғаламтор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> менің өмі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імде»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожатая</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005F4547" w:rsidRPr="005F4547" w:rsidRDefault="005F4547" w:rsidP="005F4547">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4547">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="001A1F40" w:rsidRPr="005F4547" w:rsidRDefault="001A1F40" w:rsidP="005F4547">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="-978" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1984"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000E160F" w:rsidRPr="00180859" w:rsidTr="00F33674">
+        <w:trPr>
+          <w:trHeight w:val="3975"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8. Физическое воспитание</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> здоровый образ жизни</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание пространства для успешного формирования навыков здорового образа жизни, сохранения физического и психологического здоровья, умения определять факторы, наносящие вред здоровью.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00F33674">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мероприятия, направленные на взаимодействие школы и здравоохранительных органов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRDefault="00F33674" w:rsidP="00F33674">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FD662D" w:rsidRPr="00180859" w:rsidTr="00F33674">
+        <w:trPr>
+          <w:trHeight w:val="2340"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRDefault="00F33674" w:rsidP="00F33674">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия в рамках месячника «Нет наркотикам!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ноябрь (по плану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRDefault="00F33674" w:rsidP="00F33674">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FD662D" w:rsidRPr="00180859" w:rsidTr="00F33674">
+        <w:trPr>
+          <w:trHeight w:val="705"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRDefault="00F33674" w:rsidP="00F33674">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мероприятия в рамках месячника борьбы со </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>спидом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Декабрь </w:t>
+            </w:r>
+            <w:r w:rsidR="000E160F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по плану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейсенбаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E160F" w:rsidRPr="00180859" w:rsidTr="00F33674">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия, направленные на обеспечение здорового питания школьников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Медработник </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бопылова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.З.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E160F" w:rsidRPr="00180859" w:rsidTr="00F33674">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс рисунков «В </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>здоровом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теле-здоровый дух»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мор Е.С., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калкин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E160F" w:rsidRPr="00180859" w:rsidTr="00F33674">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сп</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD662D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ортивно – оздоровительные </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD662D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="000E160F" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="000E160F" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F33674" w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="000E160F" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя физкультура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E160F" w:rsidRPr="00180859" w:rsidTr="00F33674">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="000E160F" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> направленные на профилактику</w:t>
+            </w:r>
+            <w:r w:rsidR="00F33674" w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наркомании и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F33674" w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>табакокурения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FD662D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, алкоголизма.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="000E160F" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="000E160F" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лоор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> И.И.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E160F" w:rsidRPr="00180859" w:rsidTr="00F33674">
+        <w:trPr>
+          <w:trHeight w:val="615"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Интеллектуальная игра «Азбука здоровья»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="000E160F" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Библиотекарь, медработник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E160F" w:rsidRPr="00180859" w:rsidTr="00F33674">
+        <w:trPr>
+          <w:trHeight w:val="615"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="000E160F" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в городских</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD662D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, областных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соревнованиях</w:t>
+            </w:r>
+            <w:r w:rsidR="00F33674" w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по баскетболу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, футболу, волейболу, легкой атлетике</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="000E160F" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="000E160F" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МО учителей физкультуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E160F" w:rsidRPr="00180859" w:rsidTr="00F33674">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00FD662D" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+            <w:r w:rsidR="00F33674" w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рисунков «Здоровье-это жизнь»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00FD662D" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мор Е.С., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калкин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж.Н.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E160F" w:rsidRPr="00180859" w:rsidTr="00F33674">
+        <w:trPr>
+          <w:trHeight w:val="645"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00F33674" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Спортивные мероприятия</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD662D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, приуроченные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ко Дню Здоровья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00FD662D" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F33674" w:rsidRPr="00180859" w:rsidRDefault="00FD662D" w:rsidP="00180859">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МО учителей</w:t>
+            </w:r>
+            <w:r w:rsidR="00F33674" w:rsidRPr="00180859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> физкультуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FD662D" w:rsidRDefault="00FD662D">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD662D" w:rsidRPr="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D"/>
+    <w:p w:rsidR="00FD662D" w:rsidRPr="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D"/>
+    <w:p w:rsidR="00FD662D" w:rsidRPr="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D"/>
+    <w:p w:rsidR="00FD662D" w:rsidRPr="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D"/>
+    <w:p w:rsidR="00FD662D" w:rsidRPr="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D"/>
+    <w:p w:rsidR="00FD662D" w:rsidRPr="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D"/>
+    <w:p w:rsidR="00FD662D" w:rsidRPr="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D"/>
+    <w:p w:rsidR="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D"/>
+    <w:p w:rsidR="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D"/>
+    <w:p w:rsidR="00FD662D" w:rsidRPr="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D"/>
+    <w:p w:rsidR="00FD662D" w:rsidRPr="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D"/>
+    <w:p w:rsidR="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D"/>
+    <w:p w:rsidR="00180859" w:rsidRPr="00FD662D" w:rsidRDefault="00FD662D" w:rsidP="00FD662D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исп.: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Казиева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.А., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Лоор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> И.И.</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="003E5B2E" w:rsidRPr="00F365F4" w:rsidSect="008057DC">
+    <w:sectPr w:rsidR="00180859" w:rsidRPr="00FD662D" w:rsidSect="001A1F40">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="850" w:bottom="1134" w:left="284" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="029B1E96"/>
+    <w:nsid w:val="03685FF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="11703C4E"/>
-    <w:lvl w:ilvl="0" w:tplc="EFBA33DA">
+    <w:tmpl w:val="2A520448"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="568"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9758B81E">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C5D871B4">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8DAC88FE">
-[...136 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="253C2F79"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F3AE1242"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -20228,1074 +27973,63 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="0C1E0B25"/>
+    <w:nsid w:val="3F1A1BFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B6D0D754"/>
-[...824 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:tmpl w:val="81447414"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
-[...186 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -21351,2054 +28085,198 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="25AA2BB1"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="60A55A6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C8AE4AC4"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:tmpl w:val="A6102F60"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="left"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="left"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
-[...399 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="C5D2851E">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3"/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2341"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1340 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
-[...10 lines deleted...]
-  <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...43 lines deleted...]
-    <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B93AD0"/>
-[...60 lines deleted...]
-    <w:rsid w:val="00F473D8"/>
+    <w:rsidRoot w:val="005F4547"/>
+    <w:rsid w:val="000402FC"/>
+    <w:rsid w:val="000E160F"/>
+    <w:rsid w:val="00143B7A"/>
+    <w:rsid w:val="00180859"/>
+    <w:rsid w:val="001A1F40"/>
+    <w:rsid w:val="001A7AA5"/>
+    <w:rsid w:val="001F7993"/>
+    <w:rsid w:val="00285593"/>
+    <w:rsid w:val="003853C8"/>
+    <w:rsid w:val="004D6F25"/>
+    <w:rsid w:val="00527080"/>
+    <w:rsid w:val="00534B35"/>
+    <w:rsid w:val="0055358E"/>
+    <w:rsid w:val="005A002C"/>
+    <w:rsid w:val="005F4547"/>
+    <w:rsid w:val="006134E5"/>
+    <w:rsid w:val="007A6A2E"/>
+    <w:rsid w:val="00986D21"/>
+    <w:rsid w:val="00BF5EE8"/>
+    <w:rsid w:val="00C8125B"/>
+    <w:rsid w:val="00C83A2A"/>
+    <w:rsid w:val="00DC71DA"/>
+    <w:rsid w:val="00EA521D"/>
+    <w:rsid w:val="00EF7673"/>
+    <w:rsid w:val="00F33674"/>
+    <w:rsid w:val="00FD662D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
@@ -23535,144 +28413,168 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0098441F"/>
+    <w:rsid w:val="001A1F40"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B93AD0"/>
+    <w:rsid w:val="005F4547"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a4">
-[...3 lines deleted...]
-    <w:rsid w:val="004D35DB"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="005F4547"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="006134E5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:tblPr>
-[...15 lines deleted...]
-    </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="000E0B58"/>
+    <w:rsid w:val="00FD662D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285593"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285593"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -23807,131 +28709,89 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...51 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1741631758">
+    <w:div w:id="1352099858">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1887712730">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -23965,86 +28825,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -24175,88 +29033,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>15217</Characters>
+  <Pages>14</Pages>
+  <Words>3044</Words>
+  <Characters>17357</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>126</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>144</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Home</Company>
+  <Company>sch86</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17851</CharactersWithSpaces>
+  <CharactersWithSpaces>20361</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Завуч ВР</dc:creator>
+  <dc:subject/>
+  <dc:creator>admin</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>