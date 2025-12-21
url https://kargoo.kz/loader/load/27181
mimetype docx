--- v0 (2025-12-17)
+++ v1 (2025-12-21)
@@ -4,12669 +4,1921 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
-[...5 lines deleted...]
-        </w:tblBorders>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="989"/>
-        <w:gridCol w:w="8281"/>
+        <w:gridCol w:w="3480"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0066741E" w:rsidRPr="001E4EA6" w:rsidTr="0066741E">
+      <w:tr w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidTr="00DB6543">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1330" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3420" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0066741E" w:rsidRPr="001E4EA6" w:rsidRDefault="0066741E">
+          <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E4EA6">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DB6543">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Утвержден</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DB6543">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">постановлением </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DB6543">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акимата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DB6543">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Карагандинской области</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB6543">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от 5 июня 2015 года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB6543">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>№ 30/06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z48"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z49"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии" (далее – государственная услуга) являются реабилитационные центры, кабинеты психолого-педагогической коррекции Карагандинской области (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z50"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявлений и выдача результатов оказания государственной услуги осуществляется через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z51"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма оказания государственной услуги: индивидуальные, подгрупповые, групповые занятия и консультации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z52"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результатом оказания государственной услуги является выдача справки по форме, согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z44" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к стандарту государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии", утвержденного приказом Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 174 "Об утверждении стандартов государственных услуг в сфере специального образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актов за № 11047), (далее – стандарт).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Описание порядка действий структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z54"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для начала процедуры (действия) по оказанию государственной услуги является принятие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления и документов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандарта государственной услуги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z55"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность его выполнения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z56"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>действие 1 – прием и регистрация поступивших документов в канцелярию, направление на рассмотрение руководителю. Не более 5 (пяти) минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z57"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">действие 2 – рассмотрение документов руководителем, заключение и выдача договора, передача рассмотренных документов специалистам. Не более 10 (десяти) минут; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z58"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>действие 3 – рассмотрение документов специалистами, проведение командной оценки с целью выявления особенности интеллектуального развития ребенка. Не более 30 (тридцати) минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z59"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">действие 4 – проведение психолого-медико-педагогической коррекции и социальной реабилитации ребенка с ограниченными возможностями. От 90 (девяносто) календарных дней до 365 (триста </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шесдесят</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) календарных дней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z60"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>действие 5 – подготовка заключения оказания государственной услуги специалистами и руководителем. В течение 10 (десяти) минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z61"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">действие 6 – выдача работником канцелярии результата оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. В течение 5 (пяти) минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z62"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результатом процедуры (действия) по оказанию государственной услуги по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">действию 1, указанному в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, является передача документов руководителю. Переданный пакет документов руководителю является основанием для начала выполнения действия 2, указанного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента. Результатом действия 2, указанного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, является рассмотрение документов руководителем, заключение и выдача договора, передача рассмотренных документов специалистам, которые является основанием для выполнения действия 3, указанного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента. Результатом по действию 3, указанному в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента является рассмотрение документов специалистами, проведение командной оценки с целью выявления особенностей интеллектуального развития ребенка, которые является основанием для действия 4 указанного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента. Результатом по действию 4, указанному в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, является проведение психолого-медико-педагогической коррекции и социальной реабилитации ребенка с ограниченными возможностями, который является основанием для выполнения действия 5. Результатом по действию 5, указанного в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пукте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 настоящего Регламента, является подготовка заключения оказания государственной услуги специалистами и руководителем, который является основанием для выполнения действия 6. Результатом выполнения действия 6, указанного в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента, является выдача работником канцелярии результата оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Описание порядка взаимодействия структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z64"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z65"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>работник канцелярии;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z66"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>руководитель;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z67"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>специалист.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      8. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z68"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Описание процедур (действий), необходимых для оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z69"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прием и регистрация поступивших документов в канцелярию, направление на рассмотрение руководителю (5 минут); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z70"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рассмотрение документов руководителем, заключение и выдача договора, передача рассмотренных документов специалистам (10 минут);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z71"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рассмотрение документов специалистами, проведение командной оценки с целью выявления особенностей интеллектуального развития ребенка (30 минут);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z72"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проведение психолого-медико-педагогической коррекции и социальной реабилитации ребенка с ограниченными возможностями (от 90 календарных дней до 365 календарных дней); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z73"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подготовка заключения оказания государственной услуги специалистами и руководителем (10 минут);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z74"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выдача работником канцелярии результата оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (5 минут).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      9. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z75"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание действий указано в справочнике бизнес-процессов оказания государственной услуги согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z78" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">приложению </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к настоящему регламенту.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Описание порядка взаимодействия с Государственной корпорацией "Правительство для граждан" и (или) иными </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Сноска. Заголовок главы 4 – в редакции </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="17" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карагандинской области от 20.06.2016 № 43/06 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      10. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z77"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласно Стандарту государственная услуга не автоматизированная и не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оказывается</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="19" w:history="1">
+        <w:r w:rsidRPr="00DB6543">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карагандинской области от 20.06.2016 № 43/06 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9225" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="215"/>
+        <w:gridCol w:w="9010"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidTr="00DB6543">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB6543">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
-            </w:r>
-[...4 lines deleted...]
-              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10970" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0066741E" w:rsidRPr="001E4EA6" w:rsidRDefault="0066741E">
+          <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001E4EA6">
+            <w:bookmarkStart w:id="27" w:name="z78"/>
+            <w:bookmarkEnd w:id="27"/>
+            <w:r w:rsidRPr="00DB6543">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қарағанды</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="001E4EA6">
+            <w:r w:rsidRPr="00DB6543">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
+              <w:t>к регламенту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="001E4EA6">
+            <w:r w:rsidRPr="00DB6543">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...53 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
+              <w:t>"Реабилитация и социальная адаптация</w:t>
             </w:r>
-            <w:r w:rsidRPr="001E4EA6">
+            <w:r w:rsidRPr="00DB6543">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...14 lines deleted...]
-              <w:br/>
+              <w:t>детей и подростков с проблемами в развитии"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0066741E" w:rsidRPr="001E4EA6" w:rsidRDefault="0066741E" w:rsidP="0066741E">
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z48"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...308 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Справочник бизнес – процессов оказания государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии"</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="0066741E" w:rsidRPr="001E4EA6" w:rsidRDefault="0066741E" w:rsidP="0066741E">
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E4EA6">
-[...611 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1518 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z80"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w:rsidR="0066741E" w:rsidRPr="001E4EA6" w:rsidRDefault="0066741E" w:rsidP="0066741E">
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z54"/>
-[...9674 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53246CFE" wp14:editId="37762E5B">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="051D7FD0" wp14:editId="57BD0DCD">
+            <wp:extent cx="5857875" cy="4191000"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="http://adilet.zan.kz/files/0892/87/2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 4"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="http://adilet.zan.kz/files/0892/87/2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6506413" cy="4419600"/>
+                      <a:ext cx="5857875" cy="4191000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066741E" w:rsidRPr="001E4EA6" w:rsidRDefault="0066741E" w:rsidP="0066741E">
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E4EA6">
-[...12 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z81"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w:rsidR="0066741E" w:rsidRPr="001E4EA6" w:rsidRDefault="0066741E" w:rsidP="0066741E">
+    <w:p w:rsidR="00DB6543" w:rsidRPr="00DB6543" w:rsidRDefault="00DB6543" w:rsidP="00DB6543">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E4EA6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00DB6543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BDD29FB" wp14:editId="7EA0629D">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Рисунок 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="628145A1" wp14:editId="145913CC">
+            <wp:extent cx="5362575" cy="1743075"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="http://adilet.zan.kz/files/0892/87/3.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 5"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="http://adilet.zan.kz/files/0892/87/3.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5638800" cy="2214226"/>
+                      <a:ext cx="5362575" cy="1743075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066741E" w:rsidRPr="001E4EA6" w:rsidRDefault="0066741E" w:rsidP="0066741E">
-[...11 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="001C4D84" w:rsidRDefault="006542B8">
+      <w:bookmarkStart w:id="30" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w:rsidR="001C4D84" w:rsidRPr="001E4EA6" w:rsidRDefault="001E4EA6">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="001C4D84" w:rsidRPr="001E4EA6">
+    <w:sectPr w:rsidR="001C4D84">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00136316"/>
+    <w:rsidRoot w:val="00316790"/>
     <w:rsid w:val="000A6A51"/>
-    <w:rsid w:val="00136316"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0066741E"/>
+    <w:rsid w:val="00316790"/>
+    <w:rsid w:val="006542B8"/>
     <w:rsid w:val="008B1DC7"/>
+    <w:rsid w:val="00DB6543"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -12809,112 +2061,106 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0066741E"/>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0066741E"/>
+    <w:rsid w:val="00DB6543"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0066741E"/>
+    <w:rsid w:val="00DB6543"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -13035,142 +2281,136 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0066741E"/>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0066741E"/>
+    <w:rsid w:val="00DB6543"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0066741E"/>
+    <w:rsid w:val="00DB6543"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="502554888">
+    <w:div w:id="1366180180">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003338" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003338" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003338" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003338" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V16K0003919" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V16K0003919" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011047" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003338" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011047" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003338" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003338" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003338" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15K0003338" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13419,54 +2659,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>955</Words>
-  <Characters>5450</Characters>
+  <Words>1147</Words>
+  <Characters>6540</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6393</CharactersWithSpaces>
+  <CharactersWithSpaces>7672</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>