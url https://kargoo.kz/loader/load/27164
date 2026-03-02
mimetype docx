--- v0 (2026-01-14)
+++ v1 (2026-03-02)
@@ -1,2141 +1,2381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00176D76" w:rsidRPr="002C0DFC" w:rsidRDefault="00176D76" w:rsidP="00176D76">
-[...151 lines deleted...]
-      <w:r w:rsidRPr="002C0DFC">
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="6521"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="6521"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постановлением </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="6521"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="6521"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «_____» ____ 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="6521"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ ______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA"/>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов и зачисление детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в дошкольные организации образования</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Государственная услуга «Прием документов и зачисление детей в дошкольные организации образования» (далее – государственная услуга) оказывается дошкольными организациями всех видов и типов (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z15"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="002C0DFC">
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z16"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Результатом оказываемой государственной услуги является зачисление ребенка в дошкольную организацию на основании заявления одного из родителей или законного представителя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...115 lines deleted...]
-        <w:t>      </w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление в произвольной форме.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z19"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Содержание каждой процедуры (действия) и его результат, входящей в состав процесса оказания государственной услуги:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z20"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с момента подачи необходимых документов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z17" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пункте 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарта государственной услуги «Прием документов и зачисление детей в дошкольные организации образования», утвержденного приказом Министерства образования и науки Республики Казахстан от 07 апреля 2015 года № 172</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении стандартов государственных услуг,  оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002C0DFC">
-[...5 lines deleted...]
-        <w:t>Портал арқылы жүгінгенде көрсетілетін қызметті алушыға көрсетілетін мемлекеттік қызметтің нәтижесі және (немесе) "жеке кабинетке" қызмет көрсетушінің уәкілетті тұлғаның электронды цифрлық қолтаңбасы (бұдан әрі – ЭЦҚ) қойылған электронды құжат түріндегі хабарламасы жіберіледі.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002C0DFC">
-[...52 lines deleted...]
-      <w:r w:rsidRPr="002C0DFC">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>далее – Стандарт) осуществляет прием и регистрацию. В течение 15 (пятнадцати) минут;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z21"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2) Руководство </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматривает документы и выносит результат оказываемой услуги. В течение 15 (пятнадцати) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Результат – зачисление ребенка в дошкольную организацию на основании заявления одного из родителей или законного представителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...77 lines deleted...]
-      <w:r w:rsidRPr="002C0DFC">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...78 lines deleted...]
-      <w:r w:rsidRPr="002C0DFC">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Описание порядка взаимодействия структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...633 lines deleted...]
-      <w:r w:rsidRPr="002C0DFC">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002C0DFC">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002C0DFC">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002C0DFC">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...242 lines deleted...]
-      <w:r w:rsidRPr="002C0DFC">
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Перечень структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z24"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z25"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z26"/>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Описание последовательности процедур (действий) между структурными подразделениями (работниками):</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z27"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с момента подачи необходимых документов, осуществляет прием и регистрацию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководство </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматривает документы и выносит результат оказываемой услуги.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z29"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Описание последовательности процедур (действий) между структурными подразделениями (работниками) с указанием длительности каждой процедуры (действия) сопровождается блок-схемой согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z32" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приложению 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подробное описание последовательности процедур (действий), взаимодействий структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги отражается в справочнике бизнес-процессов оказания государственной услуги согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z34" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приложению 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284" w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к Регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Прием документов и зачисление детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в дошкольные организации образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA"/>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Блок – схема</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание последовательности с указанием длительности каждой процедуры (действия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA"/>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F22BDC5" wp14:editId="12D6EC4F">
-[...2 lines deleted...]
-            <wp:docPr id="5" name="Рисунок 5"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5962650" cy="5543550"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="http://adilet.zan.kz/files/0290/10/2769_1r.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 2"/>
-[...408 lines deleted...]
-                    <pic:cNvPr id="0" name="Рисунок 5"/>
+                    <pic:cNvPr id="0" name="Рисунок 19" descr="http://adilet.zan.kz/files/0290/10/2769_1r.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6353175" cy="6648893"/>
+                      <a:ext cx="5962650" cy="5543550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00176D76" w:rsidRPr="002C0DFC" w:rsidRDefault="00176D76" w:rsidP="00176D76">
-[...54 lines deleted...]
-      <w:r w:rsidRPr="002C0DFC">
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к Регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Прием документов и зачисление детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в дошкольные организации образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Прием документов и зачисление детей в дошкольные организации»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA"/>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2935A7C6" wp14:editId="0A722FA6">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Рисунок 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5943600" cy="4038600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="http://adilet.zan.kz/files/0290/10/2769_2r.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 6"/>
+                    <pic:cNvPr id="0" name="Рисунок 18" descr="http://adilet.zan.kz/files/0290/10/2769_2r.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6257925" cy="2052904"/>
+                      <a:ext cx="5943600" cy="4038600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C4D84" w:rsidRPr="002C0DFC" w:rsidRDefault="00176D76" w:rsidP="00176D76">
-[...12 lines deleted...]
-    <w:sectPr w:rsidR="001C4D84" w:rsidRPr="002C0DFC">
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СФЕ - структурно-функциональная единица: взаимодействие структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, центра обслуживания населения, веб-портала «электронного правительства»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004809CA" w:rsidRDefault="004809CA" w:rsidP="004809CA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C4D84" w:rsidRDefault="004809CA"/>
+    <w:sectPr w:rsidR="001C4D84">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00367F5E"/>
+    <w:rsidRoot w:val="000A28ED"/>
+    <w:rsid w:val="000A28ED"/>
     <w:rsid w:val="000A6A51"/>
-    <w:rsid w:val="00176D76"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00636CC0"/>
+    <w:rsid w:val="004809CA"/>
     <w:rsid w:val="008B1DC7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -2279,112 +2519,183 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00176D76"/>
+    <w:rsid w:val="004809CA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004809CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...2 lines deleted...]
-    <w:link w:val="a4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004809CA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00176D76"/>
+    <w:rsid w:val="004809CA"/>
+    <w:rPr>
+      <w:color w:val="9A1616"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004809CA"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="666666"/>
+      <w:spacing w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004809CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00176D76"/>
+    <w:rsid w:val="004809CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="en-US"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2505,142 +2816,212 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00176D76"/>
+    <w:rsid w:val="004809CA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004809CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...2 lines deleted...]
-    <w:link w:val="a4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004809CA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00176D76"/>
+    <w:rsid w:val="004809CA"/>
+    <w:rPr>
+      <w:color w:val="9A1616"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004809CA"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="666666"/>
+      <w:spacing w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004809CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00176D76"/>
+    <w:rsid w:val="004809CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="en-US"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1484272197">
+    <w:div w:id="169489432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V14K0002769" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V14K0002769" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400000633" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2888,55 +3269,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>8858</Characters>
+  <Pages>4</Pages>
+  <Words>610</Words>
+  <Characters>3481</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10392</CharactersWithSpaces>
+  <CharactersWithSpaces>4083</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>