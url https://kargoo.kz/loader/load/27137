--- v0 (2025-12-20)
+++ v1 (2025-12-23)
@@ -1,13920 +1,16040 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="005F56A7" w:rsidRPr="00C24B68" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...110 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2015 жылғы 13 cәуірдегі  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">№ 198 бұйрығына      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3–қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="00C24B68" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z59"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Бірыңғай жинақтаушы зейнетақы қорына және (немесе) ерікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жинақтаушы зейнетақы қорына, банктерге, ішкі істер органдарына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>кәмелетке толмаған балалардың мүлкіне иелік ету және кәмелетке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>толмаған балаларға мұра ресімдеу үшін анықтамалар беру»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>детей и оформления наследства несовершеннолетним детям»</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="00C24B68" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="00C24B68" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. «Бірыңғай жинақтаушы зейнетақы қорына және (немесе) ерікті жинақтаушы зейнетақы қорына, банктерге, ішкі істер органдарына кәмелетке толмаған балалардың мүлкіне иелік ету және кәмелетке толмаған балаларға мұра ресімдеу үшін анықтамалар беру» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметі (бұдан әрі – мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z132"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірлеген.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z133"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік қызметті Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z136"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z137"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) «Азаматтарға арналған үкімет» мемлекеттік корпорациясының коммерциялық емес қоғамы (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – Мемлекеттік корпорация);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z138"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) электрондық үкіметтің» www.e.gov.kz веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="00C24B68" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F56A7" w:rsidRPr="00C24B68" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету мерзімдері:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z141"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті берушіге, Мемлекеттік корпорациясына құжаттарды тапсырған, сондай-ақ портал арқылы өтініш берген сәттен бастап – бес жұмыс күні.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік корпорациясына жүгінген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z142"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) көрсет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілетін қызметті берушіге немесе мемлекеттік корпорациясының көрсетілетін қызметті алушының құжаттарды тапсыруы үшін күтудің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат берілетін ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z143"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті берушінің көрсетілетін қызметті алушыға қызмет көрсетудің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат берілетін ең ұзақ уақыты – 30 минут, Мемлекеттік корпорациясында – 15 минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z144"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік қызмет көрсету нысаны – электрондық (ішінара автоматтандырылған) және (немесе) қағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аз ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үзінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z145"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="z60"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="00C24B68" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Мемлекеттік қызмет көрсетудің нәтижесі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z146"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z214" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>1-қосымшасына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша бірыңғай жинақтаушы зейнетақы қорына берілетін анықтама;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z147"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z217" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-қосымшасына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша ішкі істер органдарына кәмелетке толмаған балалардың мүліктеріне иелік ету үшін берілетін анықтама;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z148"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z220" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>3-қосымшасына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша банктерге кәмелетке толмаған балалардың мүліктеріне иелік ету үшін берілетін анықтама.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z149"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны – электрондық және (немесе) қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z150"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті көрсету нәтижесі үшін қағаз жеткізгіште өтініш берген жағдайда мемлекеттік қызмет көрсету нәтижесі электрондық форматта ресімделеді, қағазға басып шығарылады, көрсетілетін қызметті берушінің уәкілетті тұлғасының қолымен және мө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імен расталады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының «жеке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>кабинетіне» көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасымен (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – ЭЦҚ) қол қойылған электрондық құжат нысанында жіберіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z151"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z152"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Жұмыс кестесі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z153"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) Мемлекеттік корпорациясының: еңбек заңнамасына сәйкес жексенбі күні және мереке күндерін қоспағанда, дүйсенбі мен сенбіні қоса алғанда белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 20.00-ге дейін, түскі үзіліссіз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Қабылдау жеделдеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетусіз, қызмет алушының тіркеу орны бойынша «электронды» кезек </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үту тәртібімен жүзеге асырылады, портал арқылы электрондық кезекті «брондауға» болады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z154"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ул</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ік бойы (Қазақстан Республикасының еңбек заңнамасына сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үзеге асырылады).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z155"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Көрсетілетін қызметті алушы жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z156"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Бірыңғай жинақтаушы зейнетақы қорына анықтамаларды алу үшін:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z157"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік корпорациясында:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z158"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z223" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>4-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z159"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) көрсетілетін қызметті алушының жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z160"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) мұраны қалдырушының қайтыс болуы туралы куәліктің көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z161"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) заң бойынша мұрагерлікке құқығы туралы куәліктің көшірмесі (нотариустан);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z162"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде туылған жағдайда баланың туу туралы куәлігінің көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z163"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) 2008 жылға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәліктің көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z164"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) «Азаматтық хал актілерін мемлекеттік тіркеуді, азаматтық хал актілері жазбаларына өзгерістер енгізу, қалпына келтіруді, жоюды ұйымдастыру ережесін бекіту туралы» Қазақстан Республикасы Әділет министрінің 2015 жылғы 28 ақпандағы № 112 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығымен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – № 112 бұйрық) (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10764 тіркелген) бекітілген нысан бойынша туу туралы анықтама (2008 жылға дейін бала некесіз туылған жағдайда)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орталда:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z165"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті алушының ЭЦҚ қойылған электрондық құжат нысанындағы сұранысы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z166"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) мұраны қалдырушының қайтыс болуы туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z167"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) заң бойынша мұрагерлікке құқығы туралы куәлігінің электрондық көшірмесі (нотариустан);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z168"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде туылған жағдайда баланың туу туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z169"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) 2008 жылға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z170"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) № </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>112 бұйрықпен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша туу туралы анықтаманың электрондық көшірмесі (2008 жылға дейін бала некесіз туылған жағдайда).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ішкі істер органдарына кәмелетке толмаған балалардың мүліктеріне иелік ету үшін анықтамаларды алу үшін:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z171"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік корпорациясында:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z172"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z224" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>5-қ</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>осымша</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z173"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) көрсетілетін қызметті алушының жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z174"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) бала (балалар) оқитын білім ұйымының әкімшілігімен расталған көлік құралын иеліктен шығару бойынша мә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іле жасауға көлік құралының меншік иесі болып табылатын баланың (балалардың) келісімі (бала 10 жасқа толған жағдайда);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z175"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) келмеген жұбайының (зайыбының) атынан мә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іле жасауға нотариус куәландырған сенімхат не қайтыс болуы туралы куәлік;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z176"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) көлік құралын тіркеу туралы куәлік (көлік құралын тіркеу туралы куәлік жоғалған жағдайда ішкі істер органдары беретін растау-анықтамасы);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z177"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде туылған жағдайда баланың туу туралы куәлігінің көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z178"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      7) 2008 жылға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәліктің көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z179"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) № </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>112 бұйрықпен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша туу туралы анықтама (2008 жылға дейін бала некесіз туылған жағдайда)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z180"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орталда:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z181"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті алушының ЭЦҚ қойылған электрондық құжат нысанындағы сұранысы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z182"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) бала (балалар) оқитын білім ұйымының әкімшілігімен расталған көлік құралын иеліктен шығару бойынша мә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іле жасауға көлік құралының меншік иесі болып табылатын баланың (балалардың) келісімінің электрондық көшірмесі (бала 10 жасқа толған жағдайда);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z183"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) келмеген жұбайының (зайыбының) атынан мә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іле жасауға нотариус куәландырған сенімхаттың не қайтыс болуы туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z184"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) көлік құралын тіркеу туралы куәлігінің электрондық көшірмесі (көлік құралын тіркеу туралы куәлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоғалған жағдайда ішкі істер органдары беретін растау-анықтамасы);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z185"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде туылған жағдайда баланың туу туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="z186"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) 2008 жылға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="z187"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) № </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>112 бұйрықпен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша туу туралы анықтаманың электрондық көшірмесі (2008 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға дейін бала некесіз туылған жағдайда).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="z188"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Банктерге кәмелетке толмағандардың мүліктеріне иелік етуге анықтамаларды беру үшін:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="z189"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік корпорациясында:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="z190"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z225" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>6-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z191"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) көрсетілетін қызметті алушының жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="z192"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) бала (балалар) оқитын білім ұйымының әкімшілігімен расталған банк мүлікін иеліктен шығару бойынша мә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іле жасауға мүлікті меншік иесі болып табылатын баланың (балалардың) келісімі (бала 10 жасқа толған жағдайда);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="z193"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) келмеген жұбайының (зайыбының) атынан мә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іле жасауға нотариуспен куәландырылған сенімхат не қайтыс болуы туралы куәлік;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="z194"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) банк салымының бар екенін растайтын құжат;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="z195"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) 2008 жылға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәліктің көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="z196"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде туылған жағдайда баланың туу туралы куәлігінің көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="z197"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) № </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>112 бұйрықпен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша туу туралы анықтама (2008 жылға дейін бала некесіз туылған жағдайда)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орталда:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="z198"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті алушының ЭЦҚ қойылған электрондық құжат нысанындағы сұраныс;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="z199"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) бала (балалар) оқитын білім ұйымының әкімшілігімен расталған банк мүлікін иеліктен шығару бойынша мә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іле жасауға мүлікті меншік иесі болып табылатын баланың (балалардың) келісімнің электрондық көшірмесі (бала 10 жасқа толған жағдайда);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="z200"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) келмеген жұбайының (зайыбының) атынан мә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іле жасауға нотариуспен куәландырылған сенімхаттың не қайтыс болуы туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="z201"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) банк салымының бар екенін растайтын құжаттың электрондық көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="z202"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) 2008 жылға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде некеге тұрған немесе бұзған жағдайда некеге тұру немесе бұзу туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="z203"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде туылған жағдайда баланың туу туралы куәлігінің электрондық көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="z204"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) № </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>112 бұйрықпен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша туу туралы анықтаманың электрондық көшірмесі (2008 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға дейін бала некесіз туылған жағдайда).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Көрсетілетін қызметті алушының жеке басын растайтын құжаттарының, баланың туу туралы куәлігінің мәліметтерін (бала 2007 жылғы 13 тамыздан кейін туылған жағдайда), некеге тұру немесе бұзу туралы куәлік (2008 жылдан кейін некеге тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ған немесе бұзған жағдайда), туу туралы анықтама (бала 2008 жылдан кейін некесіз туылса) не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, мүлікті тіркеу туралы, көлік құралын тіркеу туралы мәліметтерді Мемлекеттік корпорацмясынаң қызметкері және көрсетілетін қызметті алушы «электрондық үкімет» шлюзі арқылы тиісті мемлекеттік ақпараттық жүйеден алады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілген қызметті алушы көрсетілетін қызметті берушіге мемлекеттік қызмет көрсету кезінде заңмен қорғалатын құпияны қамтитын, ақпараттық жүйедегі мәліметтерді </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға келісімін береді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік корпорациясы арқылы құжаттарды қабылдау кезінде көрсетілетін қызметті алушыға тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і құжаттардың қабылданғаны туралы қолхат береді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік корпорациясында дайын құжаттарды беру жеке куәлігін (не нотариалды расталған сенімхат бойынша оның өкілі) ұсыну кезінде құжаттарды қабылдау туралы қолхат негізінде жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік корпорациясы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ай ішінде нәтижені сақтауды қамтамасыз етеді, содан кейін оларды көрсетілетін қызметті берушіге одан әрі сақтау үшін тапсырады. Көрсетілетін қызметті алушы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ай өткеннен кейін жүгінген жағдайда Мемлекеттік корпорациясының сұранысы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорациясына жібереді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының «жеке кабинетіне» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтің сұранысын қабылдау туралы, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні және уақыты көрсетілген хабарлама мәртебесі жіберіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      10. Көрсетілетін қызметті алушы осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының 7-тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда Мемлекеттік корпорациясының қызметкері өтінішті қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z226" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>7-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="00C24B68" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">   1. Общие положения </w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету мәселелері бойынша облыстардың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>республикалық маңызы бар қалалардың, астананың, аудандардың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>облыстық маңызы бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органдарының, сондай-ақ көрсетілетін қызметті берушілердің және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(немесе) олардың лауазымды адамдарының, Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>корпорациясы және (немесе) олардың қызметкерлерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шешімдеріне, әрекетіне (әрекетсіздігіне) ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="00C24B68" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z61"/>
-[...221 lines deleted...]
-        <w:t xml:space="preserve"> (далее – портал).</w:t>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану: шағым көрсетілетін қызметті беруші басшысының атына не осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының 14-тармағында көрсетілген басшысының атына беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Шағым жазбаша нысанда пошта немесе көрсетілетін қызметті берушінің не әкімдіктің кеңсесі арқылы қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол қабылданады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Жеке тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң арызында оның тегі, аты, әкесінің аты (бар болғанда), пошталық мекенжайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Шағымның қабылдануын растау оның шағымды қабылдаған адамның аты-жөні, берілген шағымға жауап алу мерзімі және орны көрсетілген көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесінде (мөртабан, кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс нөмірі мен күні) тіркелуі болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік корпорациясына қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол, сонымен бірге пошта арқылы келіп түскен шағымның қабылданғанын растау оның тіркелуі (мөртабан, кіріс нөмірі және тіркеу күні шағымның екінші данасына немесе шағымның ілеспе хатына қойылады) болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Портал арқылы өтініш білдіргенде шағымдану тәртібі туралы ақпаратты мемлекеттік қызмет көрсету мәселелері жөніндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірыңғай байланыс орталығының «1414» телефоны бойынша алуға болады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Портал арқылы өтініштерді жолдау кезінде көрсетілетін қызметті алушының «жеке кабинетінен» көрсетілетін қызметті беруші тарапынан шығымдарды өңдеу барысында (жеткізу, тіркеу туралы белгілер, қарастыру немесе қарастырудан бас тарту туралы жауап) жаңартылатын өтініш жөні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і ақпарат қолжетімді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Көрсетілетін қызметті берушінің, әкімдіктің немесе Мемлекеттік корпорациясының мекен-жайына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелгеннен күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру нәтижесі туралы дәлелді жауап көрсетілетін қызметті алушыға почта арқылы жіберіледі не көрсетілетін қызметті берушінің, әкімдіктің немесе Мемлекеттік корпорациясының кеңсесінде қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жүгіне алады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="z207"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="00C24B68" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z64"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">   2. Порядок оказания государственной услуги</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтің, оның ішінде электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қызметтің ерекшеліктері ескерілген өзге де талаптар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="00C24B68" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z65"/>
-[...606 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Тұрмыс-тіршілігін шектейтін организм функциялары тұрақты бұзылып, денсаулығы нашарлаған көрсетілетін қызметті алушыларға қажет болған жағдайда 1414, 8 800 0807777 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="00C24B68">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Бірыңғай байланыс орталығы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы жүгінсе мемлекеттік қызмет көрсету үшін құжаттар қабылдауды тұ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...64 lines deleted...]
-        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим</w:t>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...291 lines deleted...]
-        <w:t>приказом Министра юстиции Республики Казахстан «Об утверждении Правил организации государственной регистрации актов гражданского состояния, внесения изменений, восстановления, аннулирования записей актов гражданского состояния» от 25 февраля 2015 № 112 (далее – приказ № 112) (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10764) (в случае рождения ребенка вне брака до 2008 года)</w:t>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылықты жеріне бара отырып мемлекеттік корпорацияның қызметкері жүргізеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="z210"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Мемлекеттік қызмет көрсету орындарының мекенжайлары мынадай интернет-ресурстарда орналастырылған:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Министрлік www.edu.gov.kz;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік корпорациясы www.con.gov.kz;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      порталда.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="z211"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15. Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда көрсетілетін мемлекеттік қызметті портал арқылы электрондық нысанда </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...5 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға мүмкіндігі бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="z212"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен жағдайы </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...5 lines deleted...]
-        <w:t>н</w:t>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...320 lines deleted...]
-        <w:t xml:space="preserve"> 4) доверенность от имени отсутствующего супруг</w:t>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты қашықтықтан қолжеткізу режимінде, порталдағы «жеке кабинеті» арқылы алу мүмкіндігіне ие.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="z213"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="00C24B68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметінің байланыс телефондары Министрліктің www.edu.gov.kz, көрсетілетін қызметті берушінің: www.bala-kkk.kz интернет-ресурстарында орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="001A4282">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Бірыңғай</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жинақтаушы зейнетақы қорына   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және (немесе) ерікті жинақтаушы зейнетақы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қорына, бан</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ктерге, ішкі істер органдарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелетке толмаған балалардың мүлкіне иелі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...5 lines deleted...]
-        <w:t>а(</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ету</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...214 lines deleted...]
-        <w:t xml:space="preserve"> 3) электронная копия доверенности от имени отсутствующего супруг</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және кә</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мелетке толмаған балаларға мұра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресімдеу үші</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н анықтамалар беру» мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызмет стандартына</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">1-қосымша                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аст</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ана және Алматы қалаларының,   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудандардың және облыстық </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">маңызы   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар қ</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алалардың жергілікті атқарушы  </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...5 lines deleted...]
-        <w:t>а(</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орг</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>андарыны</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...283 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң қағаз түрде берген   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттың шығу нысаны        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...5 lines deleted...]
-        <w:t>а(</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...214 lines deleted...]
-        <w:t xml:space="preserve"> 3) электронная копия доверенности от имени отсутствующего супруг</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірыңғай жинақт</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аушы зейнетақы қорына берілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Астана және Алматы қалалар</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ының, аудандардың және облыстық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы бар қалалардың жергілікті атқарушы органдары _________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жылы туған кәмелетке толмаған ___________________________ (баланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Т.А.Ә. (бар болғанда), туған жылы) заңды өкі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...5 lines deleted...]
-        <w:t>а(</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...130 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дер)і (ата-аналары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(ата-анасы), қорғаншысы немесе қамқо</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ршысы, патронат тәрбиешісі және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды алмастырушы басқа адамдар) _______________________ жылы туған,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________ (өтініш берушінің Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(жеке куәлік №__ ______ жылы ___________ берілген) салымшы (мұ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...34 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...297 lines deleted...]
-        <w:t>приложению 7 к настоящему стандарту государственной услуги.</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қалдырушының Т.А.Ә. (бар болғанда) ______________________ қайтыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>болуына байланысты (___________ жылғы _________________ №____ қайтыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>болуы туралы куәлік) ________ жылғы нотариус берген (________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жылы ________________ берген мемлекеттік лицензия № ______) заң/өсиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бойынша мұрагерлікке құқығы туралы куәлікке сәй</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кес тиесілі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инвестициялық табыспен, өсіммен және өзге түсімдермен бірге заңнамаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сәйкес _________________________ (жинақтаушы зейнетақы қорының атауы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бірыңғай жинақтаушы зейнетақы қорында мұраға қалатын зейнетақы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">жинақтарын алуға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z72"/>
-[...9 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...106 lines deleted...]
-        <w:t>государственных услуг</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астана жә</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не Алматы қалаларының,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">удандардың және облыстық маңызы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органдарының басшысы _________________ ______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                         (қолы)             (Т.А.Ә. (бар болғанда)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z73"/>
-[...106 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мөрдің орны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Анықтама берілген күнінен бастап 1 (бір) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ас</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тана және Алматы қалаларының,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауд</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">андардың және облыстық маңызы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бар қалалардың жергілікті атқарушы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ор</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гандарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң қағаз түрде берген  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттың шығу нысаны      </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10500" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="915"/>
+        <w:gridCol w:w="2895"/>
+        <w:gridCol w:w="3870"/>
+        <w:gridCol w:w="2820"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidTr="004A227C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6658CCD8" wp14:editId="77B75A73">
+                  <wp:extent cx="1695450" cy="800100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="7" name="Рисунок 7" descr="http://adilet.zan.kz/files/0827/12/5858.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 1" descr="http://adilet.zan.kz/files/0827/12/5858.jpg"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId19">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1695450" cy="800100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3840" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құжат электрондық ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імет жүйесінде құрылған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Документ сформирован системой электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЭҮ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ПЭП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ХҚКО/ЦОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>АЖО/АРМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidTr="004A227C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3840" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Берілген күні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Дата выдачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірыңғай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жинақтаушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зейнетақы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілетінанықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалаларының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстықмаңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">___________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелетке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толмаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________ (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C70E60">
-[...121 lines deleted...]
-        <w:t xml:space="preserve"> При обращении через портал информацию о порядке обжалования можно получить по телефону Единого </w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болғанда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өкі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...5 lines deleted...]
-        <w:t>контакт–центра</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...119 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аналары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорғаншысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесеқамқоршысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...49 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>патронат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешісі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алмастырушы</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) _______________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, ________________________ (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болғанда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>куәлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №__ ______ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">___________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салымшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалдырушының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болғанда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ______________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайтыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(___________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________ №____ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайтыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>куәлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нотариус</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лицензия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № ______) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өсиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мұрагерлікке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>куәлікке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиесілі</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инвестициялық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табыспен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и </w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өсіммен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсімдермен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________ (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жинақтаушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зейнетақы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірыңғай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жинақтаушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зейнетақы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мұраға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зейнетақы</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жинақтарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...5 lines deleted...]
-        <w:t>контролю за</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...45 lines deleted...]
-        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолтаңба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» 2003 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаңтардағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 370-II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасыны</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...5 lines deleted...]
-        <w:t>контролю за</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>З</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="000D4142">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>7-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="000D4142">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тармағына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тасығыштағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжатқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный документ согласно пункту 1 статьи 7 Закона Республики Казахстан от 7 января 2003 года «Об электронном документе и электронный цифровой подписи» равнозначен документу на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z75"/>
-[...1824 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14CE6C4F" wp14:editId="4E1DCE44">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Рисунок 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5015E1C4" wp14:editId="7282FCEF">
+            <wp:extent cx="6057900" cy="1181100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="8" name="Рисунок 8" descr="http://adilet.zan.kz/files/0827/12/11184_2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 6"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="http://adilet.zan.kz/files/0827/12/11184_2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId21">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="8915400" cy="1476375"/>
+                      <a:ext cx="6057900" cy="1181100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>*Штрих-код «Электрондық әкімдік» ақпараттық жүйесі ұсынған және электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық қолтаңба мен қол қойылған деректерді қамтиды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Штрих-код содержит данные, предоставленные информационной системой «Электронный акимат» и подписанные электронно-цифровой подписью</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="001A4282">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Бірыңғай </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жинақтаушы зейнетақы қорына    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және (немесе) ерікті жинақтаушы зейнетақы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қорына, банк</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">терге, ішкі істер органдарына  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелетке тол</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">маған балалардың мүлкіне иелік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ету және кәмелетке толмаған балаларға мұра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ресімдеу үшін</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтамалар беру» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартына      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2-қосымша            </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аста</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на және Алматы қалаларының,    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауда</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ндардың және облыстық маңызы   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар қ</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алалардың жергілікті атқарушы  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң қағаз түрде берген    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттың шығу нысаны         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ішкі істер</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t>в единый накопительный пенсионный фонд</w:t>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органдарына кәмелетке толмаған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың мүліктеріне иел</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к ету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін берілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...92 lines deleted...]
-        <w:t>выдано___________, законном</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Кәмелетке толмаға</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...9 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...269 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-дар) ______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мүдделеріне әрекет ететін Астана және Алматы қалаларының, аудандардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>және облыстық маңызы бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органдары____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>көліктік құралын ______________________ рұқсат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="001A4282" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...7 lines deleted...]
-        <w:t>, № ________).</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астана және Алматы қалаларының,</w:t>
+      </w:r>
+      <w:r w:rsidR="004A227C" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандардың және облыстық маңызы</w:t>
+      </w:r>
+      <w:r w:rsidR="004A227C" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бар қалалардың жергілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушы </w:t>
+      </w:r>
+      <w:r w:rsidR="004A227C" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарының басшысы ________________ _______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="004A227C" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                         (қолы)             (Т.А.Ә. (бар болғанда)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мөрдің орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Анықтама берілген күнінен бастап 1 (бір) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...109 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аст</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ана және Алматы қалаларының,   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандард</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ың және облыстық маңызы   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар қ</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алалардың жергілікті атқарушы  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң қағаз түрде берген    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттың шығу нысаны        </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10500" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="915"/>
+        <w:gridCol w:w="2895"/>
+        <w:gridCol w:w="3870"/>
+        <w:gridCol w:w="2820"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidTr="004A227C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="262E49C6" wp14:editId="58D0E89A">
+                  <wp:extent cx="1695450" cy="800100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="9" name="Рисунок 9" descr="http://adilet.zan.kz/files/0827/12/5858.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 3" descr="http://adilet.zan.kz/files/0827/12/5858.jpg"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId19">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1695450" cy="800100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3840" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құжат электрондық ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імет жүйесінде құрылған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Документ сформирован системой электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЭҮ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ПЭП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ХҚКО/ЦОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>АЖО/АРМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidTr="004A227C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3840" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Берілген күні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Дата выдачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ішкі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелетке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толмаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүліктеріне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәмелетке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толмаға</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үдделеріне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалаларының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көліктік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құралын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C70E60">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (Ф.И.О.(при его наличии)</w:t>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолтаңба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» 2003 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаңтардағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 370-II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>З</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="000D4142">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>7-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="000D4142">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тармағына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тасығыштағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжатқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный документ согласно пункту 1 статьи 7 Закона Республики Казахстан от 7 января 2003 года «Об электронном документе и электронный цифровой подписи» равнозначен документу на бумажном носителе.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="687EF00D" wp14:editId="68CC0B65">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61783436" wp14:editId="5B77D468">
+            <wp:extent cx="6057900" cy="1181100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="10" name="Рисунок 10" descr="http://adilet.zan.kz/files/0827/12/11184_2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 7"/>
+                    <pic:cNvPr id="0" name="Picture 4" descr="http://adilet.zan.kz/files/0827/12/11184_2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId21">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="8591550" cy="3457575"/>
+                      <a:ext cx="6057900" cy="1181100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>*Штрих-код «Электрондық әкімдік» ақпараттық жүйесі ұсынған және электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық қолтаңба мен қол қойылған деректерді қамтиды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Штрих-код содержит данные, предоставленные информационной системой «Электронный акимат» и подписанные электронно-цифровой подписью</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="z82"/>
-[...180 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Бірыңғай жинақтаушы зейнетақы қорына</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және (немесе) ерікті жинақтаушы зейнетақы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қорына, бан</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ктерге, ішкі істер органдарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелетке толмаған балалардың мүлкіне иелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ету және кәм</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">елетке толмаған балаларға мұра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресімдеу үшін анықтамалар беру» мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартына      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">3-қосымша                 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...18 lines deleted...]
-        <w:t>документа</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аст</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ана және Алматы қалаларының,   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудандардың және облыстық маңызы   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">бар </w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қалалардың жергілікті атқарушы </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...7 lines deleted...]
-        <w:t>,в</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ор</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гандарыны</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...75 lines deleted...]
-        <w:t>областного значения</w:t>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң қағаз түрде берген  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттың шығу нысаны        </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Банктерге кәмелетке т</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олмаған балалардың мүліктеріне иелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к ету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t>несовершеннолетних детей</w:t>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін берілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...35 lines deleted...]
-        <w:t xml:space="preserve">несовершеннолетнего (-ей, </w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Астана және Алматы қалаларының, аудандардың және облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>маңызы бар қалалардың жергілікті атқарушы органдары _______ жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>туған кәмелетке толмаған __________________________ (баланың Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(бар болғанда) заңды өкі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...7 lines deleted...]
-        <w:t>-и</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C70E60">
-[...102 lines deleted...]
-        <w:t>транспортного средства ______________________________________________</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дер)і (ата-ана (ата-аналар), қорғаншы(лар)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>немесе қамқоршы, патронат тәрбиеші және оларды алмастыратын басқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тұлғалар) _____________ жылы туған, ______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(өтініш берушінің Т.А.Ә. (бар болғанда) (жеке куәлік №____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________ жылы берілген) тиесілі инвестициялық табыспен, өсіммен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>және өзге түсімдермен бірге заңнамаға сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________ (банк атауы) кәмелетке толмаған баланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(балалардың) салымдарына иелік етуге </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...17 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C70E60">
-[...120 lines deleted...]
-        <w:t xml:space="preserve"> (Ф.И.О.(при его наличии)</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астана және Алматы қалаларының,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>аудандардың және облыстық маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органдарының басшысы ___________ ____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                         (қолы)         (Т.А.Ә. (бар болғанда)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> Справка действительна в течение 1 (одного) месяца со дня выдачи.</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мөрдің орны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Анықтама берілген күнінен бастап 1 (бір) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...83 lines deleted...]
-        <w:t>областного значения</w:t>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ас</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тана және Алматы қалаларының,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудандардың және облыстық маңызы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалалардың жергілікті атқаруш </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ор</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гандарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң қағаз түрде берген  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжаттың шығу нысаны       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10500" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="915"/>
+        <w:gridCol w:w="2895"/>
+        <w:gridCol w:w="3870"/>
+        <w:gridCol w:w="2820"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidTr="004A227C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F1C7CFD" wp14:editId="22F3BC45">
+                  <wp:extent cx="1695450" cy="800100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="11" name="Рисунок 11" descr="http://adilet.zan.kz/files/0827/12/5858.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 5" descr="http://adilet.zan.kz/files/0827/12/5858.jpg"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId19">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1695450" cy="800100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3840" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құжат электрондық ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імет жүйесінде құрылған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Документ сформирован системой электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЭҮ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ПЭП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ХҚКО/ЦОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>АЖО/АРМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidTr="004A227C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3840" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Берілген күні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4142">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Дата выдачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Банктерге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелетке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толмаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүліктеріне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалаларының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелетке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толмаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________ (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болғанда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өкі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аналар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорғаншы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамқоршы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>патронат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиеші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алмастыратын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлғалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) _____________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, ______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болғанда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>куәлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">____________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиесілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инвестициялық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табыспен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өсіммен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсімдермен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамаға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>банк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелетке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толмаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салымдарына</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолтаңба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» 2003 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаңтардағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 370-II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="000D4142">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>7-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="000D4142">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тармағына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тасығыштағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжатқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный документ согласно пункту 1 статьи 7 Закона Республики Казахстан от 7 января 2003 года «Об электронном документе и электронный цифровой подписи» равнозначен документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76DE1860" wp14:editId="415A104A">
-[...2 lines deleted...]
-            <wp:docPr id="3" name="Рисунок 3"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B8A6C0B" wp14:editId="085FDF0E">
+            <wp:extent cx="6057900" cy="1181100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="12" name="Рисунок 12" descr="http://adilet.zan.kz/files/0827/12/11184_2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 8"/>
+                    <pic:cNvPr id="0" name="Picture 6" descr="http://adilet.zan.kz/files/0827/12/11184_2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId21">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="8915400" cy="1476375"/>
+                      <a:ext cx="6057900" cy="1181100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C70E60">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>*Штрих-код «Электрондық әкімдік» ақпараттық жүйесі ұсынған және электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық қолтаңба мен қол қойылған деректерді қамтиды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Штрих-код содержит данные, предоставленные информационной системой «Электронный акимат» и подписанные электронно-цифровой подписью</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="001A4282">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Бірыңғай</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жинақтаушы зейнетақы қорына   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және (немесе) ерікті жинақтаушы зейнетақы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қорына, ба</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нктерге, ішкі істер органдарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелетке толмаған балалардың мүлкіне иелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ету және кәмелетке толмаған балаларғ</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а мұра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресімдеу үші</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">н анықтамалар беру» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартын</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а     </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">4-қосымша               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астан</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а және Алматы қалаларының,     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауданд</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ардың және облыстық маңызы     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар қал</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алардың жергілікті атқарушы    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органдарының басшысы            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">__________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мекен</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жайы бойынша тұратын, телефоны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>замата (ша) ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(өтініш </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жеке сәйкестендіру нөмері)      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00C70E60">
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сізден, салымшы (Т.А.Ә. (бар бол</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғанда) ________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайтыс болуына байланысты _________ жылғы (куәлік берілген күні)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қайтыс болуы туралы куәлік № _________</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, __________________ (қор атауы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мұрагерлікке құқық туралы куәліктегі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға сәйкес көрсетіледі)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жинақтаушы зейнетақы қорындағы</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зейнетақы жинақтарын кәмелетке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толмаған балалар (Т.А.Ә. (бар болғанда) _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>үшін алуғ</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат беруіңізді сұраймын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    Ақпараттық жүйелерде қамт</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ылған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құпиямен қорғалатын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәліметтерді пайдалануға келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      «___» __________20__ жыл ______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                      (өтініш берушінің қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="005B2AED">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Бірыңғай</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жинақтаушы зейнетақы қорына   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және (немесе) ерікті жинақтаушы зейнетақы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қорына, банктерге, ішкі іс</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тер органдарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелетке то</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лмаған балалардың мүлкіне иелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және кәмелетке толмаған балаларға мұра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ресімдеу үші</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4282" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н анықтамалар беру» мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызмет стандартына     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5-қосымша                  Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ас</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тана және Алматы қалаларының,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудандардың және облыстық маңызы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалалардың жергілікті атқарушы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органдарының басшысы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мекен</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жайы бойынша тұратын, телефоны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>замата (ша) ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(өтініш </w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">берушінің Т.А.Ә. (бар болғанда) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жеке сәйкестендіру нөмері) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сізден кәмелетке толмаған балалар _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(балалардың Т.А.Ә. (бар болғанда), туғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ан жылы, туу туралы куәліктің № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетіледі, 10 жастан асқан бала</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лар қолдарын қояды, «келісемін» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген сөзді жазады)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(банк атауы) _____________________________ банктегі салымдарына иелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>етуге (құқықтар мен міндеттемелерд</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і басқағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру, шарттарды бұзу) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рұқсат беруіңізді сұраймын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Әкесі туралы мәліметтер (Т.А.Ә. (бар болғанда) және жеке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сәйкестенді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ру н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмері, жеке куәліктің №, кім және қашан берді) _______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Анасы туралы мәліметтер (Т.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А.Ә. (бар болғанда) және жеке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сәйкестендіру нөмері, жеке куәліктің №, кім және қашан берді) _______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ақпараттық жүйелерде қамтылған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құпиямен қорғалатын мәліметтерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>пайдалануға келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«___» __________20__ жыл ____________________________________________                               (Ата-аналардың екеуінің қолдары) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="005B2AED">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Бірыңғай </w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жинақтаушы зейнетақы қорына    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және (немесе) ерікті жинақтаушы зейнетақы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қорына, бан</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ктерге, ішкі істер органдарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кәмелетке толмаған балалардың мүлкіне иелік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ету және кәм</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">елетке толмаған балаларға мұра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресімдеу үшін анықтамалар беру» мемлек</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет с</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тандартына       </w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6-қосымша    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>               Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аст</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ана және Алматы қалаларының,   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудандардың және облыстық маңызы   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бар қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алалардың жергілікті атқарушы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органдарының басшысы         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мекен</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жайы бойынша тұратын, телефоны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>замата (ша) ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(өтініш </w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">берушінің Т.А.Ә. (бар болғанда) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жеке сәйкестендіру нөмері) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сізден кәмелетке толмаған бала (балалар) ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">меншік құқығында тиесілі көлік </w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құралына қатысты мә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іле жасауға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рұқсат беруіңізді сұраймын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ақпараттық жүйелерде қамтылған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құпиямен қорғалатын мәліметтерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>пайдалануға келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«___» __________20__ жыл ____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                   (өтініш берушінің қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="005B2AED">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Бірыңғай </w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жинақтаушы зейнетақы қорына    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және (немесе) ерікті жинақтаушы зейнетақы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қорына, бан</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ктерге, ішкі істер органдарына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәмелетке толмаған балалардың мүлкіне иелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ету және кә</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мелетке толмаған балаларға мұра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресімдеу үші</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">н анықтамалар беру» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартына     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7-қосымша                 Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдаудан бас тарту туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A227C" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="004A227C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      «Мемлекеттік көрсетілетін қызметтер туралы» 2013 жылғы 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сәуірдегі Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңының 20-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z24" w:history="1">
+        <w:r w:rsidRPr="000D4142">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2) тармақшасын</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басшылыққа алып, ««Азаматтар үшін Үкім</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2AED" w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ет» Мемлекеттік корпорациясының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коммерциялық емес қоғамы филиалының № __ бөлімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                    (мекенжайды көрсету)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мемлекеттік көрсетілетін қызмет стандартында көзделген тізбеге сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Сіз ұсынған құжаттар топтамасының толық болмауына байланысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">         (мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтің атауы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мемлекеттік қызмет көрсетуге құжаттарды қабылдаудан бас тартады, атап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>айтқанда:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Жоқ құжаттардың атауы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) _________________________________________________________________;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) _________________________________________________________________;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) _________________________________________________________________.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>         Осы қолхат ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тарапқа біреуден 2 данада жасалды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Мемлекеттік корпорациясының қызметкері)          ___________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                                       (қолы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Орындаушының Т.А.Ә. (бар болғанда) __________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Телефоны ____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Қабылдаушының Т.А.Ә. (бар болғанда) _________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                               (көрсетілетін қызметті алушының қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A4282" w:rsidRPr="000D4142" w:rsidRDefault="004A227C" w:rsidP="00C24B68">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...67 lines deleted...]
-        <w:t>несовершеннолетних детей</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«____» _____________ 20__ жыл</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidRDefault="00827188" w:rsidP="00827188">
-[...6213 lines deleted...]
-    <w:sectPr w:rsidR="00827188" w:rsidRPr="00C70E60" w:rsidSect="00C70E60">
+    <w:sectPr w:rsidR="001A4282" w:rsidRPr="000D4142" w:rsidSect="00C24B68">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="424" w:bottom="426" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="424" w:bottom="567" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B32CD7"/>
-    <w:rsid w:val="00083C2A"/>
     <w:rsid w:val="000A6A51"/>
-    <w:rsid w:val="005C536C"/>
+    <w:rsid w:val="000D4142"/>
+    <w:rsid w:val="001A4282"/>
+    <w:rsid w:val="002562BD"/>
+    <w:rsid w:val="004A227C"/>
+    <w:rsid w:val="00540DE4"/>
+    <w:rsid w:val="005A27A5"/>
+    <w:rsid w:val="005B2AED"/>
+    <w:rsid w:val="005F56A7"/>
     <w:rsid w:val="00827188"/>
     <w:rsid w:val="008B1DC7"/>
-    <w:rsid w:val="009D5076"/>
     <w:rsid w:val="00B32CD7"/>
-    <w:rsid w:val="00C70E60"/>
+    <w:rsid w:val="00C24B68"/>
+    <w:rsid w:val="00D60E2E"/>
+    <w:rsid w:val="00DD4264"/>
+    <w:rsid w:val="00EF4631"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -14352,58 +16472,73 @@
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00827188"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1489711181">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010764" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013324" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010764" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010764" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000370_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010764" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000370_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010764" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500010764" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000370_" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14652,70 +16787,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>4828</Words>
-  <Characters>27523</Characters>
+  <Words>5264</Words>
+  <Characters>30006</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>229</Lines>
-  <Paragraphs>64</Paragraphs>
+  <Lines>250</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32287</CharactersWithSpaces>
+  <CharactersWithSpaces>35200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>