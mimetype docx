--- v0 (2025-12-19)
+++ v1 (2026-02-22)
@@ -103,136 +103,220 @@
         <w:t xml:space="preserve">3-қосымша         </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00726216" w:rsidRPr="00726216" w:rsidRDefault="00726216" w:rsidP="00726216">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Мүмкіндігі шектеулі балаларды тәрбиелеп отырған отбасыларға консультациялық көмек көрсету» мемлекеттік көрсетілетін қызмет стандарты</w:t>
+        <w:t xml:space="preserve">«Мүмкіндігі шектеулі балаларды тәрбиелеп отырған отбасыларға консультациялық көмек көрсету» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00726216" w:rsidRPr="00726216" w:rsidRDefault="00726216" w:rsidP="00726216">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00726216" w:rsidRPr="00726216" w:rsidRDefault="00726216" w:rsidP="00726216">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      1. «Мүмкіндігі шектеулі балаларды тәрбиелеп отырған отбасыларға консультациялық көмек көрсету» мемлекеттік көрсетілетін қызметі (бұдан әрі - мемлекеттік көрсетілетін қызмет).</w:t>
+        <w:t xml:space="preserve">      1. «Мүмкіндігі шектеулі балаларды тәрбиелеп отырған отбасыларға консультациялық көмек көрсету» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметі (бұдан әрі - мемлекеттік көрсетілетін қызмет).</w:t>
       </w:r>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="z74"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі әзірлеген.</w:t>
+        <w:t>      2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігі әзірлеген.</w:t>
       </w:r>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="z75"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      3. Мемлекеттік көрсетілетін қызметті оңалту орталықтары, психологиялық-педагогикалық түзету кабинеттері (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
+        <w:t xml:space="preserve">      3. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті оңалту орталықтары, психологиялық-педагогикалық түзету кабинеттері (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      Өтініш қабылдау және мемлекеттік көрсетілетін қызметтің нәтижесін беру көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00726216" w:rsidRPr="00726216" w:rsidRDefault="00726216" w:rsidP="00726216">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
@@ -263,131 +347,231 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      4. Мемлекеттік қызметті көрсету мерзімдері:</w:t>
       </w:r>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="z78"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      1) мүмкіндігі шектеулі балаларды тәрбиелеп отырған отбасыларға консультациялық көмек көрсету үшін көрсетілетін қызметті берушіге құжаттар пакетін тапсырылған сәттен бастап 60 минуттан аспайды;</w:t>
+        <w:t xml:space="preserve">      1) мүмкіндігі шектеулі балаларды тәрбиелеп отырған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отбасылар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға консультациялық көмек көрсету үшін көрсетілетін қызметті берушіге құжаттар пакетін тапсырылған сәттен бастап 60 минуттан аспайды;</w:t>
       </w:r>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="z79"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      2) көрсетілетін қызметті берушіге көрсетілетін қызметті алушының құжаттар пакетін тапсыруы үшін күтудің рұқсат етілген ең ұзақ уақыты 15 минуттан аспайды;</w:t>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті берушіге көрсетілетін қызметті алушының құжаттар пакетін тапсыруы үшін күтудің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат етілген ең ұзақ уақыты 15 минуттан аспайды;</w:t>
       </w:r>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="z80"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      3) көрсетілетін қызметті берушінің көрсетілетін қызметті алушыға қызмет көрсетуінің рұқсат етілген ең ұзақ уақыты 15 минуттан аспайды.</w:t>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті берушінің көрсетілетін қызметті алушыға қызмет көрсетуінің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат етілген ең ұзақ уақыты 15 минуттан аспайды.</w:t>
       </w:r>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="z81"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      5. Мемлекеттік қызмет көрсету нысаны: қағаз түрінде.</w:t>
+        <w:t>      5. Мемлекеттік қызмет көрсету нысаны: қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде.</w:t>
       </w:r>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="z82"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      6. Мемлекеттік қызметтің нәтижесі мүмкіндігі шектеулі балаларды тәрбиелеп отырған отбасыларға консультациялық көмек көрсету жөніндегі қорытынды болып табылады.</w:t>
+        <w:t xml:space="preserve">      6. Мемлекеттік қызметтің нәтижесі мүмкіндігі шектеулі балаларды тәрбиелеп отырған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отбасылар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға консультациялық көмек көрсету жөніндегі қорытынды болып табылады.</w:t>
       </w:r>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны: қағаз түрінде.</w:t>
       </w:r>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="z83"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1419,63 +1603,85 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      12. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы арқылы алу мүмкіндігіне ие.</w:t>
       </w:r>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="29" w:name="z119"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      13. Көрсетілетін қызметті берушінің мемлекеттік қызметті көрсетудің мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында «Мемлекеттік көрсетілетін қызметтер» бөлімінде орналастырылған. Мемлекеттік қызмет көрсету мәселелері бойынша </w:t>
+        <w:t>      13. Көрсетілетін қызметті берушінің мемлекеттік қызметті көрсетудің мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында «Мемлекеттік көрсетілетін қызметтер» бөлімінде орналастырылған. Мемлекеттік қызмет көрсету мәселелері бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00726216">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:anchor="z31" w:history="1">
         <w:r w:rsidRPr="00726216">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Бірыңғай байланыс орталығы</w:t>
+          <w:t>Б</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00726216">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ірыңғай байланыс орталығы</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00726216">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>: 8-800-080-7777, 1414.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001655AD" w:rsidRDefault="001655AD" w:rsidP="00726216">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001655AD" w:rsidRDefault="001655AD" w:rsidP="00726216">
       <w:pPr>
@@ -1488,54 +1694,995 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001655AD" w:rsidRDefault="001655AD" w:rsidP="00726216">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001655AD" w:rsidRDefault="001655AD" w:rsidP="00726216">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C4D84" w:rsidRDefault="00355606">
+    <w:p w:rsidR="001655AD" w:rsidRPr="001655AD" w:rsidRDefault="001655AD" w:rsidP="00726216">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
+    <w:p w:rsidR="001655AD" w:rsidRPr="001655AD" w:rsidRDefault="001655AD" w:rsidP="001655AD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 3          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">к приказу Министра       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">образования и науки       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Республики Казахстан      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">от 8 апреля 2015 года № 174   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001655AD" w:rsidRPr="001655AD" w:rsidRDefault="001655AD" w:rsidP="001655AD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги «Оказание консультативной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>помощи семьям, воспитывающим детей с ограниченными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>возможностями»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001655AD" w:rsidRPr="001655AD" w:rsidRDefault="001655AD" w:rsidP="001655AD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Общие положения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001655AD" w:rsidRPr="001655AD" w:rsidRDefault="001655AD" w:rsidP="001655AD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Государственная услуга «Оказание консультативной помощи семьям, воспитывающим детей с ограниченными возможностями» (далее - государственная услуга). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z50"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z51"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Государственная услуга оказывается реабилитационными центрами, кабинетами психолого-педагогической коррекции (далее - услугодатель).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001655AD" w:rsidRPr="001655AD" w:rsidRDefault="001655AD" w:rsidP="001655AD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Порядок оказания государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001655AD" w:rsidRPr="001655AD" w:rsidRDefault="001655AD" w:rsidP="001655AD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Сроки оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) с момента сдачи пакета документов для консультативной помощи семьям, воспитывающим детей с ограниченными возможностями - не более 60 минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) максимально допустимое время ожидания для сдачи пакета документов услугополучателем услугодателю - не более 15 минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      3) максимально допустимое время обслуживания услугополучателя - не более 15 минут. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z54"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Форма оказания государственной услуги: бумажная </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z55"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Результатом оказания государственной услуги является письменная рекомендация семье, воспитывающей ребенка с ограниченными возможностями.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z56"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Государственная услуга оказывается бесплатно физическим лицам (далее - услугополучатель).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z57"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. График работы услугодателя: с понедельника по пятницу, кроме выходных и праздничных дней, с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="001655AD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Трудовому кодексу</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Прием заявления и выдача результата осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Предварительная запись и ускоренное обслуживание не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предусмотрены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z58"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя к услугодателю: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) копия </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="001655AD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>свидетельства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о рождении лица с ограниченными возможностями;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2) заключение психолого-медико-педагогической консультации, подтверждающее наличие психофизических нарушений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001655AD" w:rsidRPr="001655AD" w:rsidRDefault="001655AD" w:rsidP="001655AD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3. Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>услугодателя в местные исполнительные органы города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>республиканского значения и столицы, района (города областного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>значения), и (или) его должностных лиц по вопросам оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001655AD" w:rsidRPr="001655AD" w:rsidRDefault="001655AD" w:rsidP="001655AD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обжалование решений, действий (бездействий) местных исполнительных органов города республиканского значения и столицы, района (города областного значения), услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      жалоба подается в письменном виде: на имя руководителя услугодателя либо руководителя соответствующего местного исполнительного органа областей, города республиканского значения и столицы, района (города областного значения) по адресам, указанным на интернет-ресурсе Министерства: www.edu</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.gov.kz в разделе «Государственные услуги»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в жалобе услугополучателя указывается фамилия и инициалы услугополучателя и лица принявшего жалобу, почтовый адрес и контактный телефон услугополучателя.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Жалоба услугополучателя по вопросам оказания государственных услуг, поступившая в адрес местного исполнительного органа города республиканского значения и столицы, района (города областного значения), услугодателя подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае несогласия с результатами оказания государственной услуги услугополучатель может обратиться в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="001655AD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>уполномоченный орган</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Жалоба услугополучателя, поступившая в адрес уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Информацию о порядке обжалования можно получить посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z61"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель имеет право обратиться в суд в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>установленном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z1429" w:history="1">
+        <w:r w:rsidRPr="001655AD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>порядке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001655AD" w:rsidRPr="001655AD" w:rsidRDefault="001655AD" w:rsidP="001655AD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001655AD" w:rsidRPr="001655AD" w:rsidRDefault="001655AD" w:rsidP="001655AD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="001655AD">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>единого контакт-центра</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z64"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="001655AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе «Государственные услуги». Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4D84" w:rsidRDefault="001655AD"/>
     <w:sectPr w:rsidR="001C4D84">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -1544,51 +2691,50 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A763BC"/>
     <w:rsid w:val="000A6A51"/>
     <w:rsid w:val="001655AD"/>
-    <w:rsid w:val="00355606"/>
     <w:rsid w:val="00726216"/>
     <w:rsid w:val="008B1DC7"/>
     <w:rsid w:val="00A763BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1992,51 +3138,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1573395256">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013324" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U1500000128" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013324" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U1500000128" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013324" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013324" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U1500000128" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000377" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013324" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/U1500000128" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U1500000128" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V15D0010173" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2285,54 +3431,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1717</Words>
-  <Characters>9790</Characters>
+  <Words>2509</Words>
+  <Characters>14304</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>119</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11485</CharactersWithSpaces>
+  <CharactersWithSpaces>16780</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>