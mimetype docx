--- v0 (2025-12-20)
+++ v1 (2025-12-26)
@@ -1,5648 +1,4905 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00671053" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="007D1C30" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00671053">
-[...56 lines deleted...]
-        <w:t xml:space="preserve">№ 198       </w:t>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2015 жылғы 13 сәуірдегі  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">№ 198 бұйрығына       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">13-қосымша          </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00671053" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="007D1C30" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00671053">
+      <w:r w:rsidRPr="007D1C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00671053">
+        <w:t xml:space="preserve">«Жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00671053">
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...12 lines deleted...]
-        <w:t>попечения родителей»</w:t>
+        <w:t>өрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00671053" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="007D1C30" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00671053">
+      <w:r w:rsidRPr="007D1C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1. Общие положения</w:t>
+        <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00671053" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="007D1C30" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00671053">
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="z296"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. «Жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z651"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00671053">
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z297"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірлеген. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z652"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00671053">
-[...79 lines deleted...]
-        <w:r w:rsidRPr="00671053">
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметті Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z653"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушінің кеңсесі; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z654"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) «электрондық үкіметтің» www.egov.kz веб-порталы (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="007D1C30" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="007D1C30" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Мемлекеттік қызмет көрсету мерзімдері: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z657"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті берушіге құжаттарды тапсырған сәттен бастап және портал арқылы өтініш берген кезде – он жұмыс кү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z658"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) көрсетілетін қызметті берушіге құжаттарды тапсыруы үшін күтудің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұқсат берілетін ең ұзақ уақыты – 20 минут; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z659"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) көрсетілетін қызметті берушідегі қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты – 30 минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z660"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z661"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік қызметті көрсету нысаны – электрондық (толық автоматтандырылған) және (немесе) қағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аз ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үзінде. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z662"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Мемлекеттік қызмет көрсетудің нәтижесі – осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z819" w:history="1">
+        <w:r w:rsidRPr="007D1C30">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>веб-портал</w:t>
+          <w:t>1-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00671053">
-[...184 lines deleted...]
-        <w:r w:rsidRPr="00671053">
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап алуға байланысты біржолғы ақшалай төлемді тағайындау туралы шешім. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны – электрондық және (немесе) қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметті көрсету нәтижесі үшін қағаз жеткізгіште өтініш берген жағдайда мемлекеттік қызмет көрсету нәтижесі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>электрондық форматта ресімделеді, қағазға басып шығарылады, көрсетілетін қызметті берушінің уәкілетті тұлғасының қолымен және мө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імен расталады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының «жеке кабинетіне» көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасымен (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – ЭЦҚ) қол қойылған электрондық құжат нысанында жіберіледі және сақталады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z663"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і – көрсетілетін қызметті алушы) тегін көрсетіледі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z664"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жұмыс кестесі: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z665"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті берушіде: 2015 жылғы 23 қарашадағы Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="007D1C30">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложение 1</w:t>
+          <w:t>Еңбек Кодексіне</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00671053">
-[...205 lines deleted...]
-        <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно </w:t>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен дүйсенбіден бастап жұма аралығын қоса алғанда са</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғат 9.00-ден 18.30-ға дейін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады. Мемлекеттік қызмет алдын ала жазылусыз және жеделдеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетусіз кезек тәртібімен көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z666"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (2015 жылғы 23 қарашадағы Қазақстан Республикасының еңбек </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:anchor="z0" w:history="1">
-        <w:r w:rsidRPr="00671053">
+        <w:r w:rsidRPr="007D1C30">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Трудовому кодексу</w:t>
+          <w:t>заңнамасына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00671053">
-[...59 lines deleted...]
-        <w:r w:rsidRPr="00671053">
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күнімен жүзеге асырылады).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z667"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Көрсетілетін қызметті алушы жүгінген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z668"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z823" w:history="1">
+        <w:r w:rsidRPr="007D1C30">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Трудовому кодексу</w:t>
+          <w:t>2-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00671053">
-[...431 lines deleted...]
-      <w:r w:rsidRPr="00671053">
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z669"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) баланы асырап алу туралы заңды күшіне енген сот шешімінің көшірмесі; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z670"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті алушының жеке басын кәуландыратын құжаттың көшірмесі; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z671"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) екінші деңгейдегі банкте немесе банк операцияларының жеке түрлерін жүзеге асыруға Қазақстан Республикасы Ұлттық Банкінің лицензиясы бар ұйымда бала асырап алушылардың бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інің атына жеке шоттың ашылғаны туралы шарттың көшірмесі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Салыстырып тексеру үшін құжаттар түпнұсқада ұсынылады, кейін түпнұсқалары көрсетілетін қызметті алушыға қайтарылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Құжаттарды қабылдау кезінде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мынадай мәліметтерді көрсеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, тиісті құжаттардың қабылданғаны туралы қолхат береді:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z672"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) сұраныстың нөмірі және қабылданған күні; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z673"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) сұралатын мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметтің түрі; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z674"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) қоса берілген құжаттардың саны мен атауы; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z675"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) құжаттардың берілетін күні (уақыты) мен орны; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z676"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) құжаттарды ресімдеуге көрсетілетін қызметті берушінің өтінішті қабылдаған қызметкерінің аты, тегі, сондай-ақ әкесінің аты (бар болғанда); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z807"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) көрсетілетін қызметті алушының тегі, аты, сондай-ақ әкесінің аты (бар болғанда) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Национального банка Республики Казахстан, на осуществление отдельных видов банковских операций.</w:t>
-[...129 lines deleted...]
-        <w:t xml:space="preserve"> в «личный кабинет» направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+        <w:t xml:space="preserve">және оның байланыс телефондары. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Порталда көрсетілетін қызметті алушы жүгінген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z808"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті алушының ЭЦҚ куәландырылған электрондық құжат нысанындағы сұранысы; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z809"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) баланы асырап алу туралы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күшіне енген сот шешімінің электрондық көшірмесі; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z810"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) екінші деңгейдегі банкте немесе банк операцияларының жеке түрлерін жүзеге асыруға Қазақстан Республикасы Ұлттық Банкі</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нің лицензиясы бар ұйымда бала асырап алушылардың бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інің атына жеке шоттың ашылғаны туралы шарттың электрондық көшірмесі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Жеке басын растайтын құжаттар туралы мәліметтерді, Қазақстан Республикасының Бас прокуратурасы Құқықтық статистика және арнайы есепке алу жөніндегі комитетінің есебі бойынша адамның, сондай-ақ жұбайының (зайыбының) қылмыс жасағаны туралы мәліметтің бар немесе жоқтығы туралы анықтамаларды көрсетілетін қызметті беруші «электрондық үкімет» шлюзі арқылы тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і мемлекеттік ақпараттық жүйелерден алады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілген қызметті алушы көрсетілетін қызметті берушіге мемлекеттік қызмет көрсету кезінде заңмен қорғалатын құпияны қамтитын, ақпараттық жүйедегі мәліметтерді </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға келісімін береді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының «жеке кабинетіне» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтің сұранысын қабылдау туралы, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні және уақыты көрсетілген хабарлама мәртебесі жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00671053" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="007D1C30" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00671053">
+      <w:r w:rsidRPr="007D1C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3. Порядок обжалования решений, действий (бездействия)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00671053">
+        <w:t xml:space="preserve">3. Мемлекеттік қызмет көрсету мәселелері көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00671053">
+        <w:t>ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>услугодателя</w:t>
-[...23 lines deleted...]
-        <w:t>государственных услуг</w:t>
+        <w:t>ғымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00671053" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="007D1C30" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00671053">
-[...389 lines deleted...]
-      <w:r w:rsidRPr="00671053">
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану: шағым көрсетілетін қызметті беруші осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартының 12-тармағында көрсетілген мекенжай бойынша басшысының атына беріледі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Шағым жазбаша нысанда пошта не көрсетілетін қызметті берушінің кеңсесі арқылы қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол қабылданады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Жеке тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң арызында оның тегі, аты, әкесінің аты (бар болғанда), пошталық мекен-жайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Шағымның қабылдануын растау оның шағымды қабылдаған адамның аты-жөні, берілген шағымға жауап алу мерзімі және орны көрсетілген көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесінде (мөртабан, кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іс нөмірі мен күні) тіркелуі болып табылады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Портал арқылы өтініш білдіргенде шағымдану тәртібі туралы ақпаратты мемлекеттік қызмет көрсету мәселелері жөніндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ірыңғай байланыс орталығының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Жалоба </w:t>
-[...129 lines deleted...]
-        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+        <w:t>«1414», 8 800 080 7777 телефоны бойынша алуға болады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Портал арқылы өтініштерді жолдау кезінде көрсетілетін қызметті алушының «жеке кабинетінен» көрсетілетін қызметті беруші тарапынан шығымдарды өңдеу барысында (жеткізу, тіркеу туралы белгілер, қарастыру немесе қарастырудан бас тарту туралы жауап) жаңартылатын өтініш жөні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і ақпарат қолжетімді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Көрсетілетін қызметті берушінің мекен-жайына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелгеннен күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру нәтижесі туралы дәлелді жауап көрсетілетін қызметті алушыға почта арқылы жіберіледі не көрсетілетін қызметті берушінің кеңсесінде қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға жүгінеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сондай-ақ, көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамының әрекетіне (әрекетсіздігіне) шағымдану тәртібі туралы ақпаратты мемлекеттік қызмет көрсету мәселесі жөніндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірыңғай байланыс орталығының «1414», 8 800 080 7777 телефоны бойынша алуға болады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z813"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00671053" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="007D1C30" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00671053">
+      <w:r w:rsidRPr="007D1C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4. Иные требования с учетом особенностей оказания</w:t>
-[...23 lines deleted...]
-        <w:t>форме</w:t>
+        <w:t>4. Мемлекеттік қызмет көрсетудің, оның ішінде электрондық форматта көрсетілетін қызмет көрсетудің ерекшеліктері ескерілген өзге де талаптар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00671053" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="007D1C30" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00671053">
-[...206 lines deleted...]
-        <w:t>. Единый контакт-центр по вопросам оказания государственных услуг 1414, 8 800 080 7777.</w:t>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Мемлекеттік қызмет көрсету орындарының мекен-жайлары Министрліктің www.edu.gov.kz интернет-ресурсында орналастырылған.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z816"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда көрсетілетін мемлекеттік қызметті портал арқылы электрондық нысанда </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға мүмкіндігі бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z817"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен жағдайы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты қашықтықтан қол жеткізу режимінде, порталдағы «жеке кабинеті», сондай-ақ Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы алу мүмкіндігіне ие.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z818"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметінің байланыс телефондары Министрліктің www.edu.gov.kz, көрсетілетін қызметті берушінің интернет-ресурстарында орналастырылған. Мемлекеттік қызмет көрсету мәселелері бойынша бірыңғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байланыс-орталығы 1414, 8 800 080 7777.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00671053" w:rsidRDefault="00671053" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Жетім бал</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аны және (немесе) ата-анасының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамқорлығынсыз қалған баланы асырап алуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>байланы</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сты біржолғы ақшалай төлемді   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тағайындау» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">қызмет стандартына              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">1-қосымша                   </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00671053" w:rsidRDefault="00671053" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">нысан                     </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00671053" w:rsidRDefault="00671053" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астана және Алматы қалаларының,      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ауданда</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рдың және облыстық маңызы      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бар қалалардың жергілікті атқарушы     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органдары</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ның, «электрондық үкіметтің»  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-порталыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң қағаз түрде берген      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">құжаттың шығу нысаны             </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00671053" w:rsidRDefault="00671053" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға байланысты біржолғы ақшалай төлемді тағайындау туралы шешім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№ ____                             20 ___ жылғы «___» _______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                           (органның атауы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Азама</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ша) __________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                    (тегі, аты, әкесінің аты (бар болғанда))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Жүгінген күні _______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Асырап алынған баланың (тегі, аты, әкесінің аты (бар болғанда)) _____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Асырап алынған баланың туған күні ___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Асырап алынған баланың туу туралы куәлігі (туу туралы актінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жазбасы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>№ ______________________ берiлген күнi ______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>баланың туу туралы куәлiгiн (туу туралы актiнің жазбасын) берген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органның атауы ______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>20 ___ жылғы «____»______________ бала асырап алу туралы соттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шешімі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Бала асырап </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға байланысты біржолғы ақшалай төлемнің тағайындалған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сомасы _________________________________ теңгені құрайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>               (сомасы жазбаша)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>______________________________________________________ себебі бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>біржолғы ақшалай төлем тағайындаудан бас тартылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мөрдің орны (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астана және Алматы қалаларының,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>аудандардың және облыстық маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органның басшысы                        _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                               (қолы)    (тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...760 lines deleted...]
-        <w:t>городов областного значения</w:t>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астана және Алматы қалаларының,   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ауда</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ндардың және облыстық маңызы   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бар қалалардың жергілікті атқарушы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органд</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арының, «электрондық үкіметтің»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-порталыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң қағаз түрде берген  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">құжаттың шығу нысаны         </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10500" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1940"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2682"/>
+        <w:gridCol w:w="2992"/>
+        <w:gridCol w:w="2714"/>
+        <w:gridCol w:w="2119"/>
+        <w:gridCol w:w="2675"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidTr="00861D55">
+      <w:tr w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidTr="00B20AB7">
         <w:trPr>
-          <w:trHeight w:val="345"/>
+          <w:trHeight w:val="285"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1905" w:type="dxa"/>
+            <w:tcW w:w="3585" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00861D55">
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...335 lines deleted...]
-            <w:r w:rsidRPr="00123C6E">
+            <w:r w:rsidRPr="00B20AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F98B8C2" wp14:editId="60F4C73C">
-[...2 lines deleted...]
-                  <wp:docPr id="1" name="Рисунок 1" descr="http://adilet.zan.kz/files/0842/46/13670_1.jpg"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="444118DE" wp14:editId="1063D8E3">
+                  <wp:extent cx="1209675" cy="561975"/>
+                  <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                  <wp:docPr id="1" name="Рисунок 1" descr="http://adilet.zan.kz/files/0827/12/2323.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 1" descr="http://adilet.zan.kz/files/0842/46/13670_1.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 1" descr="http://adilet.zan.kz/files/0827/12/2323.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11">
+                          <a:blip r:embed="rId9">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="981075" cy="285750"/>
+                            <a:ext cx="1209675" cy="561975"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3660" w:type="dxa"/>
+            <w:tcW w:w="6885" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00861D55">
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00123C6E">
+            <w:r w:rsidRPr="00B20AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Берілген</w:t>
+              <w:t>Құ</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00123C6E">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B20AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>жат</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00123C6E">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B20AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>кү</w:t>
+              <w:t xml:space="preserve"> электрондық үкімет жүйесінде құрылған</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00123C6E">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3180" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>н</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00123C6E">
+            </w:pPr>
+            <w:r w:rsidRPr="00B20AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>і</w:t>
+              <w:t>ЭҮ</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B20AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B20AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ПЭП</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidTr="00B20AB7">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2280" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00861D55">
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2655" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="6885" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00861D55">
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00123C6E">
+            <w:r w:rsidRPr="00B20AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>АЖО/АРМ</w:t>
+              <w:t>Документ сформирован системой электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3180" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B20AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная корпорация/ Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B20AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B20AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidTr="00861D55">
+      <w:tr w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidTr="00B20AB7">
         <w:trPr>
-          <w:trHeight w:val="150"/>
+          <w:trHeight w:val="225"/>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00861D55">
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3660" w:type="dxa"/>
+            <w:tcW w:w="3585" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00861D55">
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="150" w:lineRule="atLeast"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00123C6E">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Дата выдачи</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00861D55">
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidTr="00B20AB7">
+        <w:trPr>
+          <w:trHeight w:val="435"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B20AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Берілген кү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B20AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B20AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3180" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B20AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>АЖО/АРМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidTr="00B20AB7">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00861D55">
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B20AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата выдачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3180" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidTr="00B20AB7">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3585" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3180" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C6E">
-[...26 lines deleted...]
-        <w:t>ребенка-сироты и (или) ребенка, оставшегося без попечения родителей</w:t>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жетім баланы және (немесе) ата-анасының қамқорлығынсыз қалған баланы асырап </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға байланысты біржолғы ақшалай төлемді тағайындау туралы шешім</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C6E">
-[...6 lines deleted...]
-        <w:t>№ ___                                        от «___» ____ 20___ года</w:t>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№ ____                             20 ___ жылғы «___» _______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                            (органның атауы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Азама</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ша) __________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                   (тегі, аты, әкесінің аты (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Жүгінген күні _______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Асырап алынған баланың (тегі, аты, әкесінің аты (бар болғанда)_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Асырап алынған баланың туған күні ___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Асырап алынған баланың туу туралы куәлігі (туу туралы актінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жазбасы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>№ ______________________ берiлген күнi ______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>баланың туу туралы куәлiгiн (туу туралы актiнің жазбасын) берген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органның атауы ______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>20 ___ жылғы «____»________________ бала асырап алу туралы соттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шешімі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Бала асырап </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға байланысты біржолғы ақшалай төлемнің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тағайындалған сомасы ________________________________ теңгені құрайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>              `(сомасы жазбаша)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_______________________________________________ себебі бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>біржолғы ақшалай төлем тағайындаудан бас тартылды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...588 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мөрдің орны (бар болғанда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C6E">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00123C6E">
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы құжат «Электрондық құжат және электрондық цифрлық қолтаңба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">туралы» 2003 жылғы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаңтардағы № 370-II Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Заныңын </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00B20AB7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>статьи 7</w:t>
+          <w:t>7-бабының</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00123C6E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00123C6E">
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағына сәйкес қағаз тасығыштағы құжатқа тең.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Данный документ согласно пункту 1 статьи 7 ЗРК от 7 января 2003 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>«Об электронном документе и электронный цифровой подписи» равнозначен</w:t>
       </w:r>
-      <w:r w:rsidRPr="00123C6E">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">документу на бумажном </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>носителе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C6E">
+      <w:r w:rsidRPr="00B20AB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="298C440E" wp14:editId="051B9F36">
-            <wp:extent cx="4552950" cy="1143000"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="306D8DFF" wp14:editId="75ED41E8">
+            <wp:extent cx="4838700" cy="1181100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2" name="Рисунок 2" descr="http://adilet.zan.kz/files/0842/46/13670_3.jpg"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="http://adilet.zan.kz/files/0827/12/2324.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="http://adilet.zan.kz/files/0842/46/13670_3.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="http://adilet.zan.kz/files/0827/12/2324.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4552950" cy="1143000"/>
+                      <a:ext cx="4838700" cy="1181100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00123C6E">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C6E">
-[...135 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>*Штрих-код «Электрондық әкімдік» ақпараттық жүйесі ұсынған және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>электронды</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00123C6E">
+      <w:r w:rsidRPr="00B20AB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қ-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00123C6E">
-[...108 lines deleted...]
-      <w:r w:rsidRPr="00123C6E">
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық қолтаңбамен қол қойылған деректерді қамтиды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Штрих-код содержит данные, предоставленные информационной системой</w:t>
       </w:r>
-      <w:r w:rsidRPr="00123C6E">
-[...27 lines deleted...]
-        <w:t>» и подписанные электронно-цифровой подписью</w:t>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«Электронный акимат» и подписанные электронно-цифровой подписью</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00671053">
+    <w:p w:rsidR="007D1C30" w:rsidRDefault="007D1C30" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C6E">
-[...148 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="007D1C30" w:rsidRDefault="00B20AB7" w:rsidP="007D1C30">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C6E">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">(наименование органа)   </w:t>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Жетім бал</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C30" w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аны және (немесе) ата-анасының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамқорлығынсыз қалған баланы асырап алуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>байланы</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сты біржолғы ақшалай төлемді   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тағайынд</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C30" w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ау» мемлекеттік көрсетілетін   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ызмет стандартына              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-қосымша                   нысан                     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C6E">
-[...6 lines deleted...]
-        <w:t>                              Заявление</w:t>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(органның атауы)               </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C6E">
-[...347 lines deleted...]
-        <w:t>      «_______» _____________ 20 ___ года Подпись заявителя _________</w:t>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C6E">
-[...78 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бала ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>       (баланың (балалардың) тегі, аты, әкесінің аты (бар болғанда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                 туған күні)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">асырап </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға байланысты біржолы ақшалай төлем тағайындауды сұраймын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Тегі ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Аты _______________ Әкесінің аты (бар болғанда) _____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Мекенжайы ___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Соттың атауы ________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Соттың 20___ жылғы «______»_____________ №_______шешімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Бала асырап алушының жеке басын куәландыратын құжаттың тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і _________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_______________  сериясы ____________ нөмірі ____________ кім берген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Жеке сәйкестендіру нөмірі ___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Жеке шотының № ______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Банктің атауы _______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Қосымша:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) баланы асырап алу туралы заңды күшіне енген сот шешімінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) бала асырап алушының жеке куәлігінің көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) бала асырап алу туралы куәліктің көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) асырап алынған баланың туу туралы куәлігінің көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) екінші деңгейдегі банкте немесе банк операцияларының жекелеген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>түрлерін жүзеге асыруға Қазақстан Республикасы Ұлттық Банкінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>лицензиясы бар ұйымда бала асырап алушылардың бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інің атына жеке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шоттың ашылғаны туралы шарттың көшірмесі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Дәйексіз мәліметтер мен жалған құжаттарды ұсынғаным үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жауаптылық туралы ескертілді.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E56DB5" w:rsidRPr="00123C6E" w:rsidRDefault="00E56DB5" w:rsidP="00E56DB5">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C6E">
-[...46 lines deleted...]
-        <w:t>                              лица, принявшего документы)</w:t>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20 ___ жылғы «_____» ______ Өт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нiш берушiнiң қолы ___________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C4D84" w:rsidRDefault="00671053"/>
-    <w:sectPr w:rsidR="001C4D84" w:rsidSect="00671053">
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құжаттар қабылданды: 20___ жылғы «___» ___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_______________ _____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     (қолы)      (құжаттарды қабылдаған адамның (тегі, аты, әкесінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                            аты (бар болғанда), лауазымы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                            (кесу сызығы)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B20AB7" w:rsidRPr="00B20AB7" w:rsidRDefault="00B20AB7" w:rsidP="00B20AB7">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20__ жылғы «___» ______________ ___________________ азаматтың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(ша) өтініші қосымша құжаттарымен _______________ данада қабылданды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(қолы) (құжаттарды қабылдаған адамның (тегі, аты, әкесінің аты (бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                            болғанда), қызметі)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001C4D84" w:rsidRDefault="007D1C30"/>
+    <w:sectPr w:rsidR="001C4D84" w:rsidSect="007D1C30">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="566" w:bottom="851" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="566" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A52D41"/>
+    <w:rsidRoot w:val="002E70DD"/>
     <w:rsid w:val="000A6A51"/>
-    <w:rsid w:val="00671053"/>
+    <w:rsid w:val="002E70DD"/>
+    <w:rsid w:val="007D1C30"/>
     <w:rsid w:val="008B1DC7"/>
-    <w:rsid w:val="00A52D41"/>
-    <w:rsid w:val="00E56DB5"/>
+    <w:rsid w:val="00B20AB7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5785,103 +5042,102 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E56DB5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E56DB5"/>
+    <w:rsid w:val="00B20AB7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E56DB5"/>
+    <w:rsid w:val="00B20AB7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6006,122 +5262,136 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E56DB5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E56DB5"/>
+    <w:rsid w:val="00B20AB7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E56DB5"/>
+    <w:rsid w:val="00B20AB7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="562062837">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000370_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000418" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000370_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6369,71 +5639,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>14550</Characters>
+  <Pages>8</Pages>
+  <Words>2675</Words>
+  <Characters>15254</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>121</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>127</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17068</CharactersWithSpaces>
+  <CharactersWithSpaces>17894</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>