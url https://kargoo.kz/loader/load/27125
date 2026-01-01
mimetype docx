--- v0 (2025-12-28)
+++ v1 (2026-01-01)
@@ -1,3080 +1,4713 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...56 lines deleted...]
-        <w:t xml:space="preserve">№ 198       </w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2015 жылғы 13 cәуірдегі   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">№ 198 бұйрығына 1–қосымша  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
+      <w:r w:rsidRPr="00704368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="001057CE">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Қорғаншылық және қамқоршылық жөнінде анықтамалар беру»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...4 lines deleted...]
-        <w:t>«Выдача справок по опеке и попечительству»</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="001057CE">
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-қосымша жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім және ғылым министрінің 21.01.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00704368">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 53</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001057CE">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.03.2016).</w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.03.2016 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
+      <w:r w:rsidRPr="00704368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">1. Общие положения </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="z9"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. «Қорғаншылық және қамқоршылық жөнінде анықтама беру» мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметі (бұдан әрі – мемлекеттік көрсе</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="001057CE">
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z10"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілетін қызмет).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірлеген.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z28"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="001057CE">
-[...29 lines deleted...]
-        <w:r w:rsidRPr="001057CE">
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік қызметті Астана және Алматы қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z29"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) «Азаматтарға арналған үкімет» мемлекеттік корпорациясының коммерциялық емес қоғамы (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – Мемлекеттік корпорация);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z30"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) «электрондық үкіметтің» www.e.gov.kz веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Мемлекеттік қызмет көрсету мерзімдері:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z33"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) Мемлекеттік корпорациясына құжаттарды тапсырған сәттен бастап, сондай-ақ портал арқылы өтініш берген кезде – 5 минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Жетім балаға (жетім балаларға) және ата-анасының қамқорлығынсыз қалған балаға (балаларға) қамқоршылық немесе қорғаншылық белгілеу жөніндегі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деректер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттық жүйесінде болмаған жағдайда мемлекеттік қызмет көрсету мерзімі – 3 жұмыс күні (құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z34"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) Мемлекеттік корпорациясында көрсетілетін қызметті алушының құжаттарды тапсыруы үшін күтудің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқсат берілетін ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z35"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Мемлекеттік корпорациясында көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты – 15 минут.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z36"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік қызмет көрсету нысаны – электрондық (ішінара автоматтандырылған) және (немесе) қағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аз ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үзінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z37"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет көрсетудің нәтижесі – осы мемлекеттік көрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z58" w:history="1">
+        <w:r w:rsidRPr="00704368">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Государственная корпорация</w:t>
+          <w:t>1-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001057CE">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="001057CE">
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қамқоршылық және қорғаншылық белгілеу туралы анықтама.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны – электрондық және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(немесе) қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті көрсету нәтижесі үшін қағаз жеткізгіште өтініш берген жағдайда мемлекеттік қызмет көрсету нәтижесі электрондық форматта ресімделеді, қағазға басып шығарылады, көрсетілетін қызметті берушінің уәкілетті тұлғасының қолымен және мө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імен расталады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының «жеке кабинетіне» көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасымен (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – ЭЦҚ) қол қойылған электрондық құжат нысанында жіберіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z38"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і – көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z39"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Жұмыс кестесі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z40"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) Мемлекеттік корпорациясында: еңбек заңнамасына сәйкес жексенбі күні және мереке күндерін қоспағанда, дүйсенбі мен сенбіні қоса алғанда белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 20.00-ге дейін, түскі үзіліссіз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Қабылдау жеделдеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетусіз, қызмет алушының тіркеу орны бойынша «электронды» кезек </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үту тәртібімен жүзеге асырылады, портал арқылы электрондық кезекті «брондауға» болады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z41"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ул</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ік бойы (Қазақстан Республикасының еңбек заңнамасына сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үзеге асырылады).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z42"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Көрсетілетін қызметті алушы жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік корпорациясында:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z43"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z61" w:history="1">
+        <w:r w:rsidRPr="00704368">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>«Правительство для граждан»</w:t>
+          <w:t>2-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001057CE">
-[...19 lines deleted...]
-        <w:r w:rsidRPr="001057CE">
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z44"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) көрсетілетін қызметті алушының жеке басын кәуландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z45"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) бала 2007 жылғы 13 тамызға дейін не Қазақстан Республикасынан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерде туылған жағдайда баланың туу туралы куәлігі (жеке басын сәйкестендіру үшін талап етіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      порталда:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z46"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті алушының ЭЦҚ қойылған электрондық құжат нысанындағы сұраныс;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Порталда электрондық сұранысты қабылдау көрсетілетін қызметті алушының «жеке кабинетінде» жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Көрсетілетін қызметті алушының жеке басын растайтын құжаттарының, баланың туу туралы куәлігінің мәліметтерін (бала 2007 жылғы 13 тамыздан кейін туылған жағдайда) Мемлекеттік корпорациясының қызметкері және көрсетілетін қызметті беруші «электрондық үкімет» шлюзі арқылы тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і мемлекеттік ақпараттық жүйеден алады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">қызметті алушы Мемлекеттік корпорациясының қызметкеріне мемлекеттік қызмет көрсету кезінде заңмен қорғалатын құпияны қамтитын, ақпараттық жүйедегі мәліметтерді </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға келісімін береді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z47"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік корпорациясы арқылы құжаттарды қабылдау кезінде көрсетілетін қызметті алушыға тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і құжаттардың қабылданғаны туралы қолхат береді:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік корпорациясын дадайын құжаттарды беру жеке куәлігін (не нотариалды расталған сенімхат бойынша оның өкілі) ұсыну кезінде құжаттарды қабылдау туралы қолхат негізінде жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік корпорациясы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ай ішінде нәтижені сақтауды қамтамасыз етеді, содан кейін оларды көрсетілетін қызметті берушіге одан әрі сақтау үшін тапсырады. Көрсетілетін қызметті алушы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ай өткеннен кейін жүгінген жағдайда Мемлекеттік корпорациясының сұранысы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорациясына жібереді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z48"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Көрсетілетін қызметті алушы осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда, Мемлекеттік корпорациясының қызметкері өтінішті қабылдаудан бас тартады және осы мемлекеттік көрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z63" w:history="1">
+        <w:r w:rsidRPr="00704368">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>веб-портал</w:t>
+          <w:t>3-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001057CE">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> «электронного правительства» www.egov.kz (далее – портал).</w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
+      <w:r w:rsidRPr="00704368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...3 lines deleted...]
-        <w:t>2. Порядок оказания государственной услуги</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету мәселелері бойынша облыстардың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>республикалық маңызы бар қалалардың, астананың, аудандардың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>облыстық маңызы бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органдарының, сондай-ақ көрсетілетін қызметті берушілердің және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(немесе) олардың лауазымды адамдарының, Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>корпорациясы және (немесе) олардың қызметкерлерінің шешімдеріне, әрекетіне (әрекетсіздігіне) ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...89 lines deleted...]
-        <w:r w:rsidRPr="001057CE">
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану: осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының 14-тармағында көрсетілген мекенжай бойынша шағым көрсетілетін қызметті беруші басшысының атына беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Шағым жазбаша нысанда пошта не көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесі арқылы қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол қабылданады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Жеке тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң арызында оның тегі, аты, әкесінің аты (бар болғанда), пошталық мекенжайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Шағымның қабылдануын растау оның шағымды қабылдаған адамның аты-жөні, берілген шағымға жауап алу мерзімі және орны көрсетілген көрсетілетін қызметті берушінің кеңсесінде (мөртабан, кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс нөмірі мен күні) тіркелуі болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Мемлекеттік корпорациясының қызметкерінің әрекетіне (әрекетсіздігіне) шағым осы мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет стандартының 14-тармағында көрсетілген мекенжай және телефондар бойынша Мемлекеттік корпорациясының басшысына жіберіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Мемлекеттік корпорациясында қолма-қол, сонымен бірге пошта арқылы келіп түскен шағымның қабылданғанын растау оның тіркелуі (мөртабан, кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс нөмірі және тіркеу күні шағымның екінші данасына немесе шағымның ілеспе хатына қойылады) болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Портал арқылы өтініш білдіргенде шағымдану тәртібі туралы ақпаратты мемлекеттік қызмет көрсету мәселелері жөніндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірыңғай байланыс орталығының «1414» телефоны бойынша алуға болады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Портал арқылы өтініштерді жолдау кезінде көрсетілетін қызметті алушының «жеке кабинетінен» көрсетілетін қызметті беруші тарапынан шығымдарды өңдеу барысында (жеткізу, тіркеу туралы белгілер, қарастыру немесе қарастырудан бас тарту туралы жауап) жаңартылатын өтініш жөні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і ақпарат қолжетімді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Көрсетілетін қызметті берушінің, әкімдіктің немесе Мемлекеттік корпорация мекенжайына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелгеннен күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру нәтижесі туралы дәлелді жауап көрсетілетін қызметті алушыға почта арқылы жіберіледі не көрсетілетін қызметті берушінің немесе Мемлекеттік корпорациясының кеңсесінде қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қол беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жүгіне алады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z51"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтің, оның ішінде электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қызметтің ерекшеліктері ескерілген өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Тұрмыс-тіршілігін шектейтін организм функциялары тұрақты бұзылып, денсаулығы нашарлаған көрсетілетін қызметті алушыларға қажет болған жағдайда 1414, 8 800 0807777 Бірыңғай байланыс орталығы арқылы жүгінсе мемлекеттік қызмет көрсету үшін құжаттар қабылдауды тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылықты жеріне бара отырып мемлекеттік корпорацияның қызметкері жүргізеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z54"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14. Мемлекеттік қызмет көрсету орындарының мекенжайлары мынадай интернет-ресурстарда орналастырылған:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Министрлік www.edu.gov.kz;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Мемлекеттік корпорациясының www.con.gov.kz;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      порталда.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z55"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15. Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда көрсетілетін мемлекеттік қызметті портал арқылы электрондық нысанда </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға мүмкіндігі бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z56"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен жағдайы туралы ақпаратты қашықтықтан қолжеткізу режимінде порталдағы «жеке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>кабинеті», сондай-ақ, мемлекеттік қызмет көрсету мәселелері жөніндег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="00704368">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 1</w:t>
+          <w:t>Б</w:t>
         </w:r>
-      </w:hyperlink>
-[...100 lines deleted...]
-        <w:r w:rsidRPr="001057CE">
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00704368">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>трудовому законодательству</w:t>
+          <w:t>ірыңғай байланыс орталығы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001057CE">
-[...69 lines deleted...]
-        <w:r w:rsidRPr="001057CE">
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «1414» арқылы алу мүмкіндігіне ие.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z57"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17. Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметінің байланыс телефондары Министрліктің www.edu.gov.kz, көрсетілетін қызметті берушінің: www.bala-kkk.kz интернет-ресурстарында орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қорғаншылық және қамқоршылық   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жөнінде анықтама беру» мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">1-қосымша           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астана және Алматы қалаларының,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">аудандардың және облыстық маңызы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң қағаз түрде берген  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">құжаттың шығу нысаны       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қамқоршылық және қорғаншылық белгілеу туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы анықтама _______________________________________________ берілді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                (өтініш берушінің Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________ мекенжайы бойынша тұратын ол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (өтініш берушінің мекенжайы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шын мәнінде (қала, аудан) әкімінің 20___ жылғы «___» ________ № _____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шешіміне сәйкес _________________ жылы туылған ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>          (баланың туған күні)                (Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________ және оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлкіне қорғаншы (қамқоршы) болып тағайындалды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Қорғаншыға (қамқоршыға) қамқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ққа алынатын баланы тәрбиелеу,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>оқыту, қоғамдық пайдалы қызметке дайындау және оның жеке мүліктік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>құқықтарын қорғау және сақтау, сотта және барлық мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мекемелерде айрықша өкілеттіксіз оның өкі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і болу міндеті жүктеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астана және Алматы қалаларының,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>аудандардың және облыстық маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органдарының басшысы ___________ ____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                    (қолы) (Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мөрдің орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Астана және Алматы қалаларының,    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">аудандардың және облыстық маңызы    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">бар қалалардың жергілікті атқарушы   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">органдарының электронды түрде берген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">құжаттың шығу нысаны        </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10500" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="915"/>
+        <w:gridCol w:w="2895"/>
+        <w:gridCol w:w="3870"/>
+        <w:gridCol w:w="2820"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidTr="00F2560D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00704368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49E47E58" wp14:editId="5DCFD846">
+                  <wp:extent cx="1695450" cy="800100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="3" name="Рисунок 3" descr="http://adilet.zan.kz/files/0827/12/5858.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 3" descr="http://adilet.zan.kz/files/0827/12/5858.jpg"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1695450" cy="800100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3840" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00704368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Құжат электрондық ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00704368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00704368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імет жүйесінде құрылған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00704368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Документ сформирован системой электронного правительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00704368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЭҮ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00704368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00704368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ПЭП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00704368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ХҚКО/ЦОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00704368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>АЖО/АРМ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidTr="00F2560D">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2865" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3840" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="30" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00704368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Берілген күні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00704368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Дата выдачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қамқоршылық және қорғаншылық белгілеу туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Осы анықтама _______________________________________________ берілді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>               (өтініш берушінің Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________ мекенжайы бойынша тұратын ол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      (өтініш берушінің мекенжайы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шын мәнінд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қала, аудан) әкімінің 20___ жылғы «___» __________ № ____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шешіміне сәйкес _________________ жылы туылған ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                (баланың туған күні) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________ және оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     мүлкіне қорғаншы (қамқоршы) болып тағайындалды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Қорғаншыға (қамқоршыға) қамқорлыққа алынатын баланы тәрбиелеу,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>оқыту, қоғамдық пайдалы қызметке дайындау және оның жеке мүліктік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>құқықтарын қорғау және сақтау, сотта және барлық мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мекемелерде айрықша өкілеттіксіз оның өкілі болу міндеті жүктеледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Астана және Алматы қалаларының,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>аудандардың және облыстық маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>бар қалалардың жергілікті атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>органдарының басшысы Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Осы құжат «Электрондық құжат және электрондық цифрлық қолтаңба туралы» 2003 жылғы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаңтардағы № 370-II Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00704368">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 2</w:t>
+          <w:t>7-бабының</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001057CE">
-[...148 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги.</w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағына сәйкес қағаз тасығыштағы құжатқа тең. Данный документ согласно пункту 1 статьи 7 Закона Республики Казахстан от 7 января 2003 года «Об электронном документе и электронный цифровой подписи» равнозначен документу на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
-[...5 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...5 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>3. Порядок обжалования решений, действий (бездействия)</w:t>
-[...870 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33030ACF" wp14:editId="16C265C4">
-            <wp:extent cx="6686550" cy="1104900"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09A8DB43" wp14:editId="2DF0470C">
+            <wp:extent cx="6057900" cy="1181100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Рисунок 1" descr="http://adilet.zan.kz/files/0842/46/13273.jpg"/>
+            <wp:docPr id="4" name="Рисунок 4" descr="http://adilet.zan.kz/files/0827/12/11184_2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="http://adilet.zan.kz/files/0842/46/13273.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 4" descr="http://adilet.zan.kz/files/0827/12/11184_2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13">
+                    <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6686550" cy="1104900"/>
+                      <a:ext cx="6057900" cy="1181100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...29 lines deleted...]
-        <w:t>об опеке и попечительстве</w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>*Штрих-код «Электрондық әкімдік» ақпараттық жүйесі ұсынған және электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық қолтаңба мен қол қойылған деректерді қамтиды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Штрих-код содержит данные, предоставленные информационной системой «Электронный акимат» и подписанные электронно-цифровой подписью</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
-[...278 lines deleted...]
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...36 lines deleted...]
-        <w:t xml:space="preserve">опеке и попечительству»  </w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Қорғаншылық және қамқоршылық   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жөнінде анықтама беру» мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2-қосымша             </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Форма           </w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...106 lines deleted...]
-        <w:t>тел._____________________________________</w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Астана және Алматы қалаларының,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>аудандардың және облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>маңызы бар қалалардың жергілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>атқарушы органдары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">мекенжайы бойынша тұратын, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">телефоны қорғаншы (қамқоршы) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Т.А.Ә. (бар болғанда), жеке сәйкестенді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмері)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="001057CE">
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>                           Заявление</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...96 lines deleted...]
-        <w:t>                         № свидетельства о рождении)</w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сізден мына: ________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">мекенжай бойынша тұратын кәмелеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа толмаған балаға (балаларға)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қорғаншылық (қамқоршылық) жөнінде анықтама беруіңізді сұраймын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Балалар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) _________________________________________________________________;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) __________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(баланың Т.А.Ә. (бар болғанда) және жеке сәйкестенді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ру н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмері, туған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жылы, туу туралы куәлігінің № көрсету)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...18 lines deleted...]
-        <w:r w:rsidRPr="001057CE">
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ақпараттық жүйелерде сипатталған «Дербес деректер және оларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қорғау туралы» ҚР</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00704368">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Законом</w:t>
+          <w:t>З</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00704368">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>аңымен</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001057CE">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> РК «О персональных данных и их защите» тайну, содержащихся в информационных системах.</w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құпия қорғалатын мәліметтерді қолдануға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>келісемін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«____» _____________ 20__ жыл _______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                     қорғаншының (қамқоршының) қолы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
-[...30 lines deleted...]
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...36 lines deleted...]
-        <w:t xml:space="preserve">опеке и попечительству»  </w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Қорғаншылық және қамқоршылық   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>жөнінде анықтама беру» мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">3-қосымша             </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Форма           </w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...56 lines deleted...]
-        <w:t>                                  (адрес проживания услугополучателя)</w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Т.А.Ә. (бар болғанда) немесе көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">қызметті алушы ұйымның атауы) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(көрсетілетін қызметті алушының мекенжайы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="001057CE">
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="001057CE">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00704368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>об отказе в приеме документов</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдаудан бас тарту туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>қолхат</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
+    <w:p w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidRDefault="00F2560D" w:rsidP="00F2560D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001057CE">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="001057CE">
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      «Мемлекеттік көрсетілетін қызметтер туралы» 2013 жылғы 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сәуірдегі Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z24" w:history="1">
+        <w:r w:rsidRPr="00704368">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>подпунктом 2</w:t>
+          <w:t>20-бабының</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001057CE">
-[...62 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>басшылыққа алып, ««Азаматтар үшін Үкімет» Мемлекеттік корпорациясының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>коммерциялық емес қоғамы филиалының № __ бөлімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>_____________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="001057CE">
-[...77 lines deleted...]
-        <w:t>      3) ________________________________________.</w:t>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                    (мекенжайды көрсету)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мемлекеттік көрсетілетін қызмет стандартында көзделген тізбеге сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Сіз ұсынған құжаттар топтамасының толық болмауына байланысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">            (мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтің атауы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мемлекеттік қызмет көрсетуге құжаттарды қабылдаудан бас тартады, атап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>айтқанда:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Жоқ құжаттардың атауы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) _________________________________________________________________;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) _________________________________________________________________;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>            Осы қолхат ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тарапқа біреуден 2 данада жасалды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Т.А.Ә. (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Мемлекеттік корпорациясының қызметкері) ____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                                   (қолы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Орындаушының Т.А.Ә. (бар болғанда) __________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Телефоны ____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Қабылдаушының Т.А.Ә. (бар болғанда) _________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                                (көрсетілетін қызметті алушының қолы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«____» _____________ 20__ жыл</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001057CE" w:rsidRPr="001057CE" w:rsidRDefault="001057CE" w:rsidP="001057CE">
-[...113 lines deleted...]
-    <w:sectPr w:rsidR="001C4D84">
+    <w:sectPr w:rsidR="00F2560D" w:rsidRPr="00704368" w:rsidSect="00704368">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="566" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00444213"/>
     <w:rsid w:val="000A6A51"/>
     <w:rsid w:val="001057CE"/>
     <w:rsid w:val="00444213"/>
+    <w:rsid w:val="00704368"/>
     <w:rsid w:val="008B1DC7"/>
+    <w:rsid w:val="00F2560D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3501,72 +5134,85 @@
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001057CE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="406417413">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1137181299">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000418" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013248" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1600000039" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013273" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011184" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000370_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013273" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013324" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3815,54 +5461,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2514</Words>
-  <Characters>14335</Characters>
+  <Words>2693</Words>
+  <Characters>15351</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>119</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>127</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16816</CharactersWithSpaces>
+  <CharactersWithSpaces>18008</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>