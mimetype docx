--- v0 (2025-12-27)
+++ v1 (2026-03-02)
@@ -2,3067 +2,3059 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00EE5841" w:rsidRDefault="00EE5841" w:rsidP="00EE5841">
+    <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA" w:rsidP="00D079CA">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«Қарағанды қаласының білім бөлімі» ММ</w:t>
+        <w:t xml:space="preserve">Утверждено </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5841" w:rsidRDefault="00AB4235" w:rsidP="00EE5841">
+    <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA" w:rsidP="00D079CA">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>басшысының 2016</w:t>
+        <w:t xml:space="preserve">приказом руководителя </w:t>
       </w:r>
-      <w:r w:rsidR="00DE2D15">
+    </w:p>
+    <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA" w:rsidP="00D079CA">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жылғы «____</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГУ «Отдел образования города Караганды» </w:t>
       </w:r>
-      <w:r w:rsidR="00EE5841">
+    </w:p>
+    <w:p w:rsidR="00D079CA" w:rsidRDefault="000B47F5" w:rsidP="00D079CA">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">» </w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «___» января 2016</w:t>
       </w:r>
-      <w:r w:rsidR="00DE2D15">
+      <w:r w:rsidR="00D079CA">
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>_______</w:t>
+        <w:t xml:space="preserve"> года № </w:t>
       </w:r>
-      <w:r w:rsidR="000D0F82">
+      <w:r>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA" w:rsidP="00D079CA">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA" w:rsidP="00D079CA">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПЛАН </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA" w:rsidP="00D079CA">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мероприятий по противодействию коррупции в ГУ «Отдел образования города Караганды» и </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA" w:rsidP="00D079CA">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях образования </w:t>
+      </w:r>
+      <w:r w:rsidR="000B47F5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на 2015-2017 годы по реализации Антикоррупционной стратегии Республики Казахстан на 2015-2025 годы и противодействию теневой экономике в городе Караганде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE5841" w:rsidRDefault="00DE2D15" w:rsidP="00EE5841">
-[...46 lines deleted...]
-    <w:p w:rsidR="00EE5841" w:rsidRDefault="00EE5841" w:rsidP="00EE5841">
+    <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA" w:rsidP="00D079CA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="26"/>
-[...57 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14907" w:type="dxa"/>
+        <w:tblW w:w="14902" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="862"/>
+        <w:gridCol w:w="711"/>
         <w:gridCol w:w="5996"/>
         <w:gridCol w:w="2115"/>
-        <w:gridCol w:w="241"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2956"/>
+        <w:gridCol w:w="2978"/>
+        <w:gridCol w:w="3102"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE5841" w:rsidTr="00241586">
+      <w:tr w:rsidR="00D079CA" w:rsidTr="009827AD">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE5841" w:rsidRDefault="00EE5841">
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EE5841" w:rsidRDefault="00EE5841">
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE5841" w:rsidRDefault="00EE5841">
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Іс-шараның атауы</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE5841" w:rsidRDefault="00EE5841">
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Орындау мерзімдері</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE5841" w:rsidRDefault="00EE5841">
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2956" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ответственные за исполнения</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE5841" w:rsidRDefault="00EE5841">
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Аяқталу нысаны</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00241586" w:rsidRPr="00162730" w:rsidTr="00F16187">
+      <w:tr w:rsidR="009827AD" w:rsidTr="009827AD">
         <w:trPr>
-          <w:trHeight w:val="276"/>
+          <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14907" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="14902" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00241586" w:rsidRPr="00241586" w:rsidRDefault="00241586" w:rsidP="00241586">
+          <w:p w:rsidR="009827AD" w:rsidRPr="00B76896" w:rsidRDefault="009827AD" w:rsidP="009827AD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00241586">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B231B">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Мемлекттік қызмет саласындағы сыбайлас жемқорлыққа қарсы іс-қимыл</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Противодействие коррупции в сфере государственной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00241586" w:rsidRPr="00992D49" w:rsidTr="00B15F2D">
+      <w:tr w:rsidR="009827AD" w:rsidTr="009827AD">
         <w:trPr>
-          <w:trHeight w:val="2400"/>
+          <w:trHeight w:val="2910"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="862" w:type="dxa"/>
-[...29 lines deleted...]
-              <w:t>.</w:t>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009827AD" w:rsidRDefault="009827AD" w:rsidP="009827AD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00241586" w:rsidRDefault="00241586" w:rsidP="0030088C">
+          <w:p w:rsidR="009827AD" w:rsidRDefault="009827AD" w:rsidP="009827AD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> орналастыруды қамтамассыз ету</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечить функционирование специальных разделов на Интернет-ресурсах местных государственных органов об их деятельности по противодействию коррупции, в том числе содержащих информацию, о лицах (полные анкетные данные, фотография) привлеченных за коррупционные правонарушения </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с января 2016 года), в том числе уволенных с государственной службы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00DE2D15" w:rsidRDefault="00241586" w:rsidP="00241586">
-[...32 lines deleted...]
-              <w:t xml:space="preserve">3 тоқсаны </w:t>
+          <w:p w:rsidR="009827AD" w:rsidRDefault="00E372AA" w:rsidP="00E372AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 квартал </w:t>
+            </w:r>
+            <w:r w:rsidR="009827AD">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2015-2017 годов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...88 lines deleted...]
-          <w:p w:rsidR="00241586" w:rsidRDefault="00241586" w:rsidP="00241586">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009827AD" w:rsidRDefault="009827AD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ананьев А.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009827AD" w:rsidRDefault="009827AD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кашенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009827AD" w:rsidRDefault="009827AD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аубакиров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009827AD" w:rsidRDefault="009827AD" w:rsidP="009827AD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009827AD" w:rsidRDefault="009827AD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...10 lines deleted...]
-              <w:t>Білім беру ұйымдары ақпаратты білім бөліміне ұсынады. Білім бөлімі ақпаратты қала әкімінің аппаратына ұсынады</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организации образования предоставляют информацию в отдел образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009827AD" w:rsidRDefault="009827AD" w:rsidP="009827AD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отдел образования предоставляет информацию в аппарат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акима</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE5841" w:rsidTr="00241586">
+      <w:tr w:rsidR="00D079CA" w:rsidTr="009827AD">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE5841" w:rsidRDefault="00EE5841">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w:rsidR="00EE5841" w:rsidRDefault="00DE2D15" w:rsidP="0030088C">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00E372AA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> Интернет желісінің жергілікті мемлекеттік органдар сайттарына мемлекеттік органдардың бірінші басшыларының, олардың жұбайыларының, кәмелетке толмаған балаларының кірістері, шығыстары, мүлкі, мүліктік сипаттағы міндеттемелері туралы мәліметтер орналастыруды ұйымдастыру </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация размещения сведений о доходах, расходах, об имуществе и обязательствах имущественного характера первых руководителей государственных органов, их супруг (супругов) и несовершеннолетних детей на официальных сайтах местных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">исполнительных органов в сети Интернет в соответствии с действующим законодательством. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE5841" w:rsidRDefault="00992D49">
-[...22 lines deleted...]
-              <w:t>ға дейін</w:t>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00E372AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1 раз в год до 31 марта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...55 lines deleted...]
-            <w:tcW w:w="2956" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E372AA" w:rsidRDefault="00E372AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кашенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аубакиров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE5841" w:rsidRDefault="0030088C" w:rsidP="0030088C">
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00B76896">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Ақпаратты қала әкімінің аппаратына ұсынады </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сдача декларации, информация руководителю отдела образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE5841" w:rsidRPr="00992D49" w:rsidTr="00241586">
+      <w:tr w:rsidR="00B76896" w:rsidTr="009827AD">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="862" w:type="dxa"/>
-[...22 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B76896" w:rsidRDefault="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00241586" w:rsidRDefault="00241586">
+          <w:p w:rsidR="00B76896" w:rsidRDefault="00B76896">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Кәсіпкерлердің мүдделеріне нұқсан келтіретін мемлекеттік органдардың НҚА сараптамалық кеңес аясында сараптама жүргізу </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение экспертизы НПА государственных органов затрагивающих интересы предпринимателей в рамках экспертного совета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
-[...16 lines deleted...]
-              <w:t>Жыл ішінде</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00B76896" w:rsidRDefault="00B76896">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>На протяжении всего года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...64 lines deleted...]
-          <w:p w:rsidR="00EE5841" w:rsidRPr="00241586" w:rsidRDefault="00241586">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B76896" w:rsidRDefault="00B76896">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мештаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00835AA6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>А.Д.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B76896" w:rsidRDefault="00B76896">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аубакиров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00527A0A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B76896" w:rsidRDefault="00B76896">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...10 lines deleted...]
-              <w:t>Сараптамалық кеңес отырыстарының хаттамлары, КБ</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заключения экспертных советов, протокола рассмотрения экспертных </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заключении</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акимом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992D49" w:rsidRPr="00992D49" w:rsidTr="00241586">
+      <w:tr w:rsidR="00835AA6" w:rsidTr="009827AD">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="862" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00992D49" w:rsidRDefault="00992D49">
+          <w:p w:rsidR="00835AA6" w:rsidRPr="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...10 lines deleted...]
-              <w:t>Мемлекеттік қызметшілерге қатысты Құқықтық статистика және арнайы есепке алу жөніндегі комитетінің Қарағанды облысы бойынша басқармасында тексеруді қамтамасыз ету</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00835AA6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществлять проверку по учетам </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00835AA6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>УКПСиСУ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00835AA6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по Карагандинской области в отношении государственных служащих</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00992D49" w:rsidRDefault="00992D49">
-[...14 lines deleted...]
-              <w:t>Шілде</w:t>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Июль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...80 lines deleted...]
-          <w:p w:rsidR="00992D49" w:rsidRDefault="00992D49">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кашенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аубакиров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...10 lines deleted...]
-              <w:t>Ақпаратты бөлім басшысына ұсыну</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Информация руководителю отдела образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992D49" w:rsidRPr="00992D49" w:rsidTr="00241586">
+      <w:tr w:rsidR="00835AA6" w:rsidTr="009827AD">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="862" w:type="dxa"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00992D49" w:rsidRDefault="00992D49">
-            <w:pPr>
+          <w:p w:rsidR="00835AA6" w:rsidRPr="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...35 lines deleted...]
-            </w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00835AA6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Издание приказа по недопущению</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00835AA6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> создания </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00835AA6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>условий, способствующих корру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пции в организациях образования</w:t>
+            </w:r>
+            <w:r w:rsidR="008E5817">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00992D49" w:rsidRDefault="00992D49">
-[...14 lines deleted...]
-              <w:t>Қыркүйек</w:t>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...70 lines deleted...]
-          <w:p w:rsidR="00992D49" w:rsidRDefault="00992D49">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кашенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аубакиров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...10 lines deleted...]
-              <w:t>Ақпаратты бөлім басшысына ұсыну</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Информация руководителю отдела образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992D49" w:rsidRPr="00992D49" w:rsidTr="00241586">
+      <w:tr w:rsidR="00835AA6" w:rsidTr="009827AD">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="862" w:type="dxa"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00992D49" w:rsidRDefault="00992D49" w:rsidP="00326949">
-            <w:pPr>
+          <w:p w:rsidR="00835AA6" w:rsidRPr="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00992D49">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проводить день </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A177F1">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="26"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> күндерін өткізу</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«открытых дверей»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных органов, в рамках которых оказывать правовую помощь населению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00992D49" w:rsidRDefault="00992D49">
-[...14 lines deleted...]
-              <w:t>Тоқсан сайын, есептік кезеңнің 5 күні</w:t>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ежеквартально к 5 числу после отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...98 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E43662">
-[...2 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мештаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Д.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кенешова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Р.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кашенова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...12 lines deleted...]
-            <w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информация в аппарат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>акима</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00835AA6" w:rsidRDefault="00835AA6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992D49" w:rsidRPr="00992D49" w:rsidTr="00F94351">
-[...487 lines deleted...]
-      <w:tr w:rsidR="005E5846" w:rsidRPr="00992D49" w:rsidTr="002C4EB5">
+      <w:tr w:rsidR="00E372AA" w:rsidTr="008A7AD6">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="862" w:type="dxa"/>
-[...214 lines deleted...]
-              <w:t>Ақпаратты қала әкімінің аппаратына ұсынады</w:t>
+            <w:tcW w:w="14902" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E372AA" w:rsidRPr="00B76896" w:rsidRDefault="00E372AA" w:rsidP="00B76896">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B76896">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внедрение института общественного контроля и привлечение граждан, институтов гражданского общества в реализации </w:t>
+            </w:r>
+            <w:r w:rsidR="00B76896" w:rsidRPr="00B76896">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Антикоррупционной стратегии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5846" w:rsidRPr="00992D49" w:rsidTr="002C4EB5">
+      <w:tr w:rsidR="00D079CA" w:rsidTr="00B76896">
         <w:trPr>
           <w:trHeight w:val="146"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="862" w:type="dxa"/>
+            <w:tcW w:w="711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005E5846" w:rsidRDefault="005E5846">
-[...4 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="008E5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00D079CA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRPr="00B76896" w:rsidRDefault="00B76896">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка и размещение информационных стендов, с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B76896">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«телефонами доверия»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и графиками личного приема первых руководителей, а также продолжить работу функционирования «телефона доверия», почтового ящика для </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>писем и обращений физических и юридических лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00B76896" w:rsidP="00B76896">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1 квартал 2016-2017 года</w:t>
+            </w:r>
+            <w:r w:rsidR="00D079CA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кашенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00B76896">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аубакиров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00527A0A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00B76896">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отдел образования предоставляет информацию в аппарат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акима</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E5817" w:rsidTr="00B76896">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E5817" w:rsidRDefault="008E5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E5817" w:rsidRDefault="008E5817">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Обеспечить опубликование «Телефона доверия» в СМИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E5817" w:rsidRDefault="008E5817" w:rsidP="00B76896">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ежемесячно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E5817" w:rsidRDefault="008E5817" w:rsidP="008E5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кашенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E5817" w:rsidRDefault="008E5817" w:rsidP="008E5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аубакиров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="008E5817" w:rsidRDefault="008E5817">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Информация руководителю отдела образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D079CA" w:rsidTr="009827AD">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="008E5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00F30FC1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Повысить прозрачность проведения процедур государственных закупок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00527A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B231B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 раз в полугодие 2016-2017 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мештаев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Д.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D079CA" w:rsidRPr="006B231B" w:rsidRDefault="00527A0A" w:rsidP="00527A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B231B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жумабаева Г.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00527A0A" w:rsidRDefault="00527A0A" w:rsidP="00527A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B231B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Исембекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006B231B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж.Д.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00527A0A" w:rsidP="00527A0A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информация в аппарат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акима</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D079CA" w:rsidTr="00527A0A">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="008E5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00527A0A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение анкетирования среди родителей на предмет сбора с них денежных средств на различные расходы администрацией школ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005E5846" w:rsidRDefault="005E5846">
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00527A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ежеквартально</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кашенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Е. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00527A0A" w:rsidRDefault="00527A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аубакиров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00527A0A" w:rsidRDefault="00527A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Головина Н.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00527A0A" w:rsidRDefault="00527A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00527A0A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информация в аппарат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акима</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00527A0A" w:rsidTr="009D6B8D">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14902" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00527A0A" w:rsidRPr="00527A0A" w:rsidRDefault="00835AA6" w:rsidP="00527A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мониторинг и оценка реализации стратегии </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D079CA" w:rsidTr="009827AD">
+        <w:trPr>
+          <w:trHeight w:val="146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="008E5817">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектеп әкімшілігінің әр түрлі шығыстарға ақша жинауды туралы ата-аналар арасында сауалнама өткізу </w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005E5846" w:rsidRDefault="005E5846">
-[...20 lines deleted...]
-            <w:tcW w:w="2737" w:type="dxa"/>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00835AA6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разместить в СМИ ежегодный отчет о реализации Антикоррупционной стратегии </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005E5846" w:rsidRDefault="005E5846">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00835AA6" w:rsidP="00835AA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ежегодно по итогам года, не позднее 15 апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кашенова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...47 lines deleted...]
-            <w:tcW w:w="2956" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аубакиров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005E5846" w:rsidRDefault="005E5846" w:rsidP="00D73DE5">
+          <w:p w:rsidR="00D079CA" w:rsidRDefault="00835AA6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...178 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отчет, информация в аппарат </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:sz w:val="26"/>
-[...2 lines deleted...]
-              <w:t>Кашенова</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акима</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...61 lines deleted...]
-              <w:t>Есеп, ақпаратты қала әкімінің аппаратына ұсынады</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Караганды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EE5841" w:rsidRDefault="00EE5841" w:rsidP="00EE5841">
+    <w:p w:rsidR="00D079CA" w:rsidRDefault="00D079CA" w:rsidP="00D079CA">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...21 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE5841" w:rsidRPr="00DE2D15" w:rsidRDefault="00EE5841" w:rsidP="00DE2D15">
+    <w:p w:rsidR="00D079CA" w:rsidRPr="006B231B" w:rsidRDefault="00D079CA" w:rsidP="006B231B">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE2D15">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B231B">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Е.С. Әубәкіров</w:t>
+        <w:t>Аубакиров</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B231B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C24DF" w:rsidRDefault="003C24DF">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00EE5841" w:rsidRPr="00DE2D15" w:rsidSect="00EE5841">
+    <w:sectPr w:rsidR="003C24DF" w:rsidSect="00D079CA">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="03242E22"/>
+    <w:nsid w:val="447E6175"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3628EEBE"/>
+    <w:tmpl w:val="276EEA0E"/>
     <w:lvl w:ilvl="0" w:tplc="C84829F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -3128,367 +3120,131 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...224 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00632AD7"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00EE5841"/>
+    <w:rsidRoot w:val="008141C7"/>
+    <w:rsid w:val="000B47F5"/>
+    <w:rsid w:val="003C24DF"/>
+    <w:rsid w:val="00527A0A"/>
+    <w:rsid w:val="006B231B"/>
+    <w:rsid w:val="00810045"/>
+    <w:rsid w:val="008141C7"/>
+    <w:rsid w:val="00835AA6"/>
+    <w:rsid w:val="008E5817"/>
+    <w:rsid w:val="009827AD"/>
+    <w:rsid w:val="00A177F1"/>
+    <w:rsid w:val="00B76896"/>
+    <w:rsid w:val="00D079CA"/>
+    <w:rsid w:val="00E372AA"/>
+    <w:rsid w:val="00F30FC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
@@ -3584,150 +3340,195 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE5841"/>
+    <w:rsid w:val="00D079CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D079CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="00D079CA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="34"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE2D15"/>
+    <w:rsid w:val="00835AA6"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D0F82"/>
+    <w:rsid w:val="008E5817"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000D0F82"/>
+    <w:rsid w:val="008E5817"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006B231B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
@@ -3823,134 +3624,244 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE5841"/>
+    <w:rsid w:val="00D079CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D079CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="00D079CA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="34"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE2D15"/>
+    <w:rsid w:val="00835AA6"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D0F82"/>
+    <w:rsid w:val="008E5817"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000D0F82"/>
+    <w:rsid w:val="008E5817"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006B231B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1190951192">
+    <w:div w:id="114301979">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="626354842">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1018889430">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1131480637">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1204101707">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1454712769">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -4224,78 +4135,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E08CC229-08C1-4F82-B066-DD346D015964}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{416F5028-BC96-4945-803F-D5FAAD43A6C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>538</Words>
-  <Characters>3073</Characters>
+  <Words>568</Words>
+  <Characters>3243</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3604</CharactersWithSpaces>
+  <CharactersWithSpaces>3804</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>