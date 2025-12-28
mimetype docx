--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -1,1482 +1,1625 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidRDefault="00CA4F9F" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidRDefault="00003B30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z105"/>
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> от 9 июня 2014 года № 633</w:t>
+      <w:bookmarkStart w:id="0" w:name="z106"/>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Үкіметінің      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2014 жылғы  9 маусымдағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 633 қаулысымен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidRDefault="00CA4F9F" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidRDefault="00003B30" w:rsidP="00752B66">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z106"/>
+      <w:bookmarkStart w:id="1" w:name="z107"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00CA4F9F">
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Стандарт государственной услуги</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00CA4F9F">
+        <w:t>«Аз қамтылған отбасылардағы балалардың қала сыртындағы және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«Прием документов и выдача направлений</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00CA4F9F">
+        <w:t>мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>на предоставление отдыха детям из малообеспеченных</w:t>
-[...17 lines deleted...]
-        <w:t>семей в загородных и пришкольных лагерях»</w:t>
+        <w:t>және жолдама беру» мемлекеттік көрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidRDefault="00CA4F9F" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidRDefault="00003B30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z107"/>
+      <w:bookmarkStart w:id="2" w:name="z108"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00CA4F9F">
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">   1. Общие положения</w:t>
+        <w:t xml:space="preserve">   1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidRDefault="00CA4F9F" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidRDefault="00003B30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z108"/>
+      <w:bookmarkStart w:id="3" w:name="z109"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00CA4F9F">
-[...57 lines deleted...]
-        <w:t>      Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию услугодателя.</w:t>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. «Аз қамтылған отбасылардағы балалардың қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру» мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік қызметті облыстардың, Астана және Алматы қалаларының білім басқармалары, аудандардың, қалалардың білім бөлімдері, білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және беру көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidRDefault="00CA4F9F" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidRDefault="00003B30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z111"/>
+      <w:bookmarkStart w:id="4" w:name="z112"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00CA4F9F">
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">   2. Порядок оказания государственной услуги</w:t>
+        <w:t xml:space="preserve">   2. Мемлекеттік қызметті көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidRDefault="00CA4F9F" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidRDefault="00003B30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z112"/>
+      <w:bookmarkStart w:id="5" w:name="z113"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00CA4F9F">
-[...178 lines deleted...]
-      <w:r w:rsidRPr="00CA4F9F">
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Мемлекеттік қызметті көрсету мерзімдері:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      көрсетілетін қызметті берушіге құжаттар топтамасын тапсырған сәттен бастап:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      жолдама беру бойынша – 15 жұмыс күні;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      құжаттарды қабылдау сәтіне дейінгі күтудің рұқсат етілген ең ұзақ уақыты – 15 минуттан аспайды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минуттан аспайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік қызметті көрсету нысаны: қағаз түрінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Мемлекеттік қызмет көрсетудің нәтижесі: қала сыртындағы және мектеп жанындағы лагерьлерге жолдама.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны: қағаз түрінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7. Мемлекеттік қызмет ақылы/тегін көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      «Білім туралы» 2007 жылғы 27 шілдедегі Қазақстан Республикасының Заңында көзделген білім алушылар санатына мемлекеттік көрсетілетін қызмет тегін немесе жеңілдік негізінде ақылы түрде көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мемлекеттік көрсетілетін қызмет құнын «Білім туралы» 2007 жылғы 27 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>и размещается на интернет - ресурсах местных исполнительных органов областей, города республиканского значения, столицы.</w:t>
-[...186 lines deleted...]
-        <w:t>      6) справка о состоянии здоровья (медицинский паспорт) c приложением флюроснимка услугополучателя (при наличии).</w:t>
+        <w:t>шілдедегі Қазақстан Республикасының Заңына сәйкес көрсетілетін қызметті беруші айқындайды және облыстардың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органдарының интернет-ресурстарында орналастырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8. Көрсетілетін қызметті берушінің жұмыс кестесі: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі мен сенбі аралығында белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 9.00-ден 18.00-ге дейін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті алушыны алдын ала жазу және жеделдетіп қызмет көрсету қарастырылмаған.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      9. Көрсетілетін қызметті алушы өзі немесе оның заңды өкілдері көрсетілетін қызметті берушіге жүгінген кезде мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті алушының ата-анасынан (заңды өкілінен) өтініш (еркін нысанда);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) көрсетілетін қызметті алушының жеке басын куәландыратын құжат;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) мыналар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      жетім балалар және ата-анасының қамқорлығынсыз қалған, отбасыларда тәрбиеленуші балалар үшін – қамқоршылық (қорғаншылық), патронаттық тәрбиені бекіту туралы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      мүгедек балалардың мүгедектігі туралы анықтамалардың (болған жағдайда) көшірмелері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) аз қамтылған отбасы болып табылатындығын растайтын мәліметтер: өтініш берушінің (отбасының) ағымдағы жылы мемлекеттік атаулы әлеуметтік көмекті алушы болып табылатындығын растайтын анықтамалар не өтініш берушінің (отбасының) алдыңғы тоқсанда алынған орташа кірістері туралы мәлімет (жалақы және әлеуметтік көмек түрінде алатын кірістері; кәсіпкерлік қызмет және басқа да қызмет түрлерінің кірісі; балаларға және басқа да асырауындағыларға арналған алимент түріндегі кіріс; мал мен құстарды, бау-бақша, егін шаруашылығын ұстауды қоса алғанда жеке қосалқы шаруашылығы – үй жанындағы шаруашылығының кірістері), жан басына шаққандағы орташа табысының өңірдегі ең төменгі күнкөріс деңгейінен төмен екенін растайтын анықтамалар;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) даму мүмкіндігі шектеулі балалар үшін психологиялық-медициналық-педагогикалық-консультациялардың медициналық қорытындысының көшірмелері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      6) көрсетілетін қызметті алушының флюросуретімен қоса денсаулық жағдайы туралы (медициналық паспорты) анықтама (болған жағдайда).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidRDefault="00CA4F9F" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidRDefault="00003B30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z118"/>
+      <w:bookmarkStart w:id="6" w:name="z119"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00CA4F9F">
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">   3. Порядок обжалования решений, действий (бездействий)</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00CA4F9F">
+        <w:t xml:space="preserve">   3. Мемлекеттік қызмет көрсету мәселелері бойынша республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>местных исполнительных органов, города республиканского</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00CA4F9F">
+        <w:t>маңызы бар қаланың және астананың, ауданның (облыстық маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>значения и столицы, района (города областного значения),</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00CA4F9F">
+        <w:t>бар қаланың) жергілікті атқарушы органдарының, мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00CA4F9F">
+        <w:t>көрсетілетін қызметті берушінің және (немесе) оның лауазымды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>оказания государственных услуг</w:t>
+        <w:t>адамдарының шешімдеріне,  әрекетіне (әрекетсіздігіне) шағымдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidRDefault="00CA4F9F" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidRDefault="00003B30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z119"/>
+      <w:bookmarkStart w:id="7" w:name="z120"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00CA4F9F">
-[...125 lines deleted...]
-        <w:t>      11. В случаях несогласия с результатами оказанной государственной услуги, услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      10. Мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану үшін шағым жазбаша түрде:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) Министрліктің www.edu.gov.kz интернет-ресурсының «Мемлекеттік көрсетілетін қызметтер» бөлімінде көрсетілген мекенжайлар бойынша республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органы басшысының атына;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарының интернет-ресурстарында көрсетілген мекенжайлар бойынша көрсетілетін қызметті беруші басшысының атына шағымды қабылдаған адамның тегі мен аты-жөні, берілген шағымға жауап алу мерзімі мен орны көрсетіле отырып беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті берушінің, республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың), жергілікті атқарушы органының атына шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға жүгіне алады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Шағымдану тәртібі туралы ақпаратты мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға болады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      11. Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidRDefault="00CA4F9F" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidRDefault="00003B30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z121"/>
+      <w:bookmarkStart w:id="8" w:name="z122"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="00CA4F9F">
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">   4. Иные требования с учетом особенностей оказания</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00CA4F9F">
+        <w:t xml:space="preserve">   4. Мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>государственной услуги</w:t>
+        <w:t>қойылатын өзге де талаптар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidRDefault="00CA4F9F" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidRDefault="00003B30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="z122"/>
+      <w:bookmarkStart w:id="9" w:name="z123"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="00CA4F9F">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00CA4F9F">
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      13. Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+        <w:t>      12. Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі және мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде мемлекеттік қызмет көрсету мәселесі жөніндегі бірыңғай байланыс орталығы арқылы алу мүмкіндігі бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      13. Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 8-800-080-7777, 1414.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:p w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidRDefault="00CA4F9F" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidRDefault="00003B30">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA4F9F">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CA4F9F">
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00386916">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidRDefault="00CA4F9F" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidRDefault="00003B30">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA4F9F">
-[...7 lines deleted...]
-        <w:t>© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан</w:t>
+      <w:r w:rsidRPr="00386916">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRPr="00CA4F9F" w:rsidRDefault="0093270A">
-[...17 lines deleted...]
-    <w:sectPr w:rsidR="00CA4F9F" w:rsidRPr="00CA4F9F" w:rsidSect="00505AB4">
+    <w:sectPr w:rsidR="00C064F0" w:rsidRPr="00386916" w:rsidSect="00C064F0">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="0093270A" w:rsidRDefault="0093270A" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="001B4222" w:rsidRDefault="001B4222" w:rsidP="00C064F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="0093270A" w:rsidRDefault="0093270A" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="001B4222" w:rsidRDefault="001B4222" w:rsidP="00C064F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="0093270A" w:rsidRDefault="0093270A" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="001B4222" w:rsidRDefault="001B4222" w:rsidP="00C064F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="0093270A" w:rsidRDefault="0093270A" w:rsidP="00CA4F9F">
+    <w:p w:rsidR="001B4222" w:rsidRDefault="001B4222" w:rsidP="00C064F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00CA4F9F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CA4F9F"/>
+    <w:rsidRoot w:val="00C064F0"/>
+    <w:rsid w:val="00003B30"/>
+    <w:rsid w:val="001B4222"/>
+    <w:rsid w:val="00386916"/>
+    <w:rsid w:val="00752B66"/>
+    <w:rsid w:val="00AF4FE3"/>
+    <w:rsid w:val="00C064F0"/>
+    <w:rsid w:val="00D06278"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
-[...13 lines deleted...]
-    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...109 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C064F0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00C064F0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CA4F9F"/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00C064F0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+    <w:rsid w:val="00C064F0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00386916"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00386916"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00386916"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Верхний колонтитул Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CA4F9F"/>
-[...23 lines deleted...]
-    <w:rsid w:val="00CA4F9F"/>
+    <w:rsid w:val="00386916"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...1 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -1727,54 +1870,64 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>970</Words>
-  <Characters>5532</Characters>
+  <Words>1032</Words>
+  <Characters>5887</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Organization</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6490</CharactersWithSpaces>
+  <CharactersWithSpaces>6906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>