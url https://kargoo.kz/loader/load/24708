--- v0 (2025-12-20)
+++ v1 (2026-03-10)
@@ -1,21143 +1,15314 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00333B77" w:rsidRPr="00333B77" w:rsidRDefault="00333B77" w:rsidP="00333B77">
-[...35 lines deleted...]
-    <w:p w:rsidR="00B9394F" w:rsidRPr="005845C6" w:rsidRDefault="00333B77" w:rsidP="00B9394F">
+    <w:p w:rsidR="00B9394F" w:rsidRPr="005845C6" w:rsidRDefault="00B9394F" w:rsidP="00B9394F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1080" w:right="-1494"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005845C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Барлығы (68 сағат</w:t>
+        <w:t>КАЛЕНДАРНО-ТЕМАТИЧЕСКОЕ ПЛАНИРОВАНИЕ</w:t>
       </w:r>
-      <w:r w:rsidR="00B9394F" w:rsidRPr="005845C6">
+    </w:p>
+    <w:p w:rsidR="00B9394F" w:rsidRPr="005845C6" w:rsidRDefault="00B9394F" w:rsidP="00B9394F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-1080" w:right="-1494"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="005845C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4 класс (68 часов)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00333B77" w:rsidRPr="00000939" w:rsidRDefault="00333B77" w:rsidP="009A5771">
+    <w:p w:rsidR="00B9394F" w:rsidRPr="005845C6" w:rsidRDefault="00B9394F" w:rsidP="00B9394F">
       <w:pPr>
         <w:ind w:left="-1080" w:right="-1494"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005845C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00000939">
+        <w:t>Апробационный УМК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005845C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Primary Colours 4, “Cambridge”</w:t>
+        <w:t xml:space="preserve">“Primary Colors 4” </w:t>
       </w:r>
-      <w:r w:rsidRPr="00333B77">
+      <w:r w:rsidRPr="005845C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>издательство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005845C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Cambridge” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005845C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> баспасы</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Andrew Littlejohn, Diana Hicks</w:t>
+        <w:t xml:space="preserve">Andrew Little John,Diana Hicks </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="15782" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1323"/>
+        <w:gridCol w:w="881"/>
+        <w:gridCol w:w="2939"/>
+        <w:gridCol w:w="1278"/>
+        <w:gridCol w:w="2011"/>
+        <w:gridCol w:w="1427"/>
+        <w:gridCol w:w="1644"/>
+        <w:gridCol w:w="1406"/>
+        <w:gridCol w:w="3200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="00000939" w:rsidTr="008B5789">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00000939">
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcW w:w="2939" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00333B77" w:rsidRPr="00333B77" w:rsidRDefault="00333B77" w:rsidP="001C6CDC">
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...15 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тема занятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00333B77" w:rsidRPr="00000939" w:rsidRDefault="00333B77" w:rsidP="001C6CDC">
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00333B77">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...8 lines deleted...]
-            <w:tcW w:w="2126" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00333B77" w:rsidRPr="00333B77" w:rsidRDefault="00333B77" w:rsidP="001C6CDC">
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="001C6CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00000939">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Грамматика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1427" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00333B77" w:rsidRPr="00333B77" w:rsidRDefault="00333B77" w:rsidP="00333B77">
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="001C6CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00000939">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00333B77">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лексика, чтение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...8 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аудирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00333B77" w:rsidRPr="00333B77" w:rsidRDefault="00333B77" w:rsidP="001C6CDC">
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="001C6CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00333B77">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...8 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Устная речь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00333B77" w:rsidRPr="00333B77" w:rsidRDefault="00333B77" w:rsidP="001C6CDC">
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="001C6CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00333B77">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Письмо/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00333B77">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>графика,</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6CDC" w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...13 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орфограф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...57 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ия</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...48 lines deleted...]
-          <w:p w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidRDefault="00333B77" w:rsidP="00333B77">
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007221D8" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00DE7E8B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Повторение </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE7E8B" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>изученного</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00DE7E8B" w:rsidP="00DE7E8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00333B77">
-[...104 lines deleted...]
-          <w:p w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidRDefault="00333B77" w:rsidP="00361295">
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за 3 класс</w:t>
+            </w:r>
+            <w:r w:rsidR="00E818AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...138 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Страна изучаемого языка/Мистер Вилсон хочет путешествовать</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00727A10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Настоящее неопределенное время, герундий.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 5,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E818AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00E818AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2, 4 стр. 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лондон/ Предлоги</w:t>
+            </w:r>
+            <w:r w:rsidR="00B00BC6" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00B00BC6" w:rsidP="00B00BC6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Предлоги места.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00020E54" w:rsidRPr="005845C6" w:rsidRDefault="00020E54" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. 1 стр. 6, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00020E54" w:rsidRPr="005845C6" w:rsidRDefault="00020E54" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00020E54" w:rsidRPr="005845C6" w:rsidRDefault="00020E54" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00020E54" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00020E54" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00020E54" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Города Великобритании/Не трогать!</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00826A0B" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вопросительные местоимения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00826A0B" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00670AF8" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 8,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00826A0B" w:rsidRPr="005845C6" w:rsidRDefault="00826A0B" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00826A0B" w:rsidRPr="005845C6" w:rsidRDefault="00826A0B" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00826A0B" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 8,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00670AF8" w:rsidRPr="005845C6" w:rsidRDefault="00670AF8" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>упр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>стр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>. 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00826A0B" w:rsidRPr="005845C6" w:rsidRDefault="00826A0B" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00826A0B" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00826A0B" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. 3 стр. 9, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00826A0B" w:rsidRPr="005845C6" w:rsidRDefault="00826A0B" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00826A0B" w:rsidRPr="005845C6" w:rsidRDefault="00826A0B" w:rsidP="00826A0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            <w:r w:rsidR="00333B77" w:rsidRPr="005845C6">
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Путешествия по Англии</w:t>
+            </w:r>
+            <w:r w:rsidR="003E2EF9" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="004A297A" w:rsidP="004A297A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вопросительные местоимения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00292678" w:rsidRPr="005845C6" w:rsidRDefault="00292678" w:rsidP="00292678">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00292678" w:rsidP="00292678">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00292678" w:rsidRPr="005845C6" w:rsidRDefault="00292678" w:rsidP="00292678">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00292678" w:rsidRPr="005845C6" w:rsidRDefault="00292678" w:rsidP="00292678">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00292678" w:rsidP="00292678">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Путешествия по Англии/ Животные</w:t>
+            </w:r>
+            <w:r w:rsidR="00C821CB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00486E07" w:rsidP="00486E07">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Настоящее неопределенное время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00C821CB" w:rsidP="00C821CB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00670AF8" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00C821CB" w:rsidP="00982258">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00670AF8" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00982258" w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00333B77" w:rsidRPr="00E3360A" w:rsidRDefault="00E3360A" w:rsidP="00826A0B">
-[...17 lines deleted...]
-            <w:r w:rsidR="00333B77" w:rsidRPr="005845C6">
+          <w:p w:rsidR="00982258" w:rsidRPr="005845C6" w:rsidRDefault="00982258" w:rsidP="00982258">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00670AF8" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982258" w:rsidRPr="005845C6" w:rsidRDefault="00982258" w:rsidP="00982258">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00486E07" w:rsidP="00982258">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00982258" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982258" w:rsidRPr="005845C6" w:rsidRDefault="00982258" w:rsidP="00982258">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00982258" w:rsidRPr="005845C6" w:rsidRDefault="00982258" w:rsidP="00982258">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00DE7E8B" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00DE7E8B" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наречия</w:t>
+            </w:r>
+            <w:r w:rsidR="0075355C" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="0075355C" w:rsidP="0075355C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наречия.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0075355C" w:rsidRPr="005845C6" w:rsidRDefault="0075355C" w:rsidP="0075355C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="0075355C" w:rsidP="0075355C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="0075355C" w:rsidP="0075355C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. 2 стр. 11, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075355C" w:rsidRPr="005845C6" w:rsidRDefault="0075355C" w:rsidP="0075355C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidR="008F4D9C" w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075355C" w:rsidRPr="005845C6" w:rsidRDefault="0075355C" w:rsidP="0075355C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0075355C" w:rsidRPr="005845C6" w:rsidRDefault="0075355C" w:rsidP="0075355C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidR="008F4D9C" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="0075355C" w:rsidP="0075355C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00DE7E8B" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="007003FA" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опасное место.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="007003FA" w:rsidP="007003FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Прошедшее неопределенное время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007003FA" w:rsidRPr="005845C6" w:rsidRDefault="007003FA" w:rsidP="007003FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="007003FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007003FA" w:rsidRPr="005845C6" w:rsidRDefault="007003FA" w:rsidP="007003FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="007003FA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007003FA" w:rsidRPr="005845C6" w:rsidRDefault="007003FA" w:rsidP="007003FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007003FA" w:rsidRPr="005845C6" w:rsidRDefault="007003FA" w:rsidP="007003FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="007003FA" w:rsidP="007003FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00DE7E8B" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Путешествия во времени</w:t>
+            </w:r>
+            <w:r w:rsidR="007003FA" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="003E2EF9" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Прошедшее неопределенное время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E2EF9" w:rsidRPr="005845C6" w:rsidRDefault="003E2EF9" w:rsidP="003E2EF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3а стр. 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E2EF9" w:rsidRPr="005845C6" w:rsidRDefault="003E2EF9" w:rsidP="003E2EF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3</w:t>
+            </w:r>
+            <w:r w:rsidR="006D6867" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E2EF9" w:rsidRPr="005845C6" w:rsidRDefault="003E2EF9" w:rsidP="003E2EF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3с стр. 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E2EF9" w:rsidRPr="005845C6" w:rsidRDefault="003E2EF9" w:rsidP="003E2EF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3с стр. 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="003E2EF9" w:rsidP="003E2EF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00DE7E8B" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Понятия времени</w:t>
+            </w:r>
+            <w:r w:rsidR="003E2EF9" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00E818AB" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Настоящее неопределенное время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00E818AB" w:rsidP="001E15A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1в стр. 14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00E818AB" w:rsidP="001E15A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1с стр. 14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00E818AB" w:rsidP="001E15A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidR="004C3092" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3092" w:rsidRPr="005845C6" w:rsidRDefault="004C3092" w:rsidP="001E15A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="004C3092" w:rsidP="001E15A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00DE7E8B" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тамгалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в Казахстане</w:t>
+            </w:r>
+            <w:r w:rsidR="0069198D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001E15A5" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вопросительные местоимения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001E15A5" w:rsidP="001E15A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> 2</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001E15A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001E15A5" w:rsidP="001E15A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
             </w:r>
             <w:r w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>a</w:t>
-[...94 lines deleted...]
-            <w:r w:rsidRPr="005845C6">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="006D6867" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001E15A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00DE7E8B" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вы шпионы</w:t>
+            </w:r>
+            <w:r w:rsidR="002A19FE" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="003D0256" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Прошедшее неопределенное время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="003D0256" w:rsidP="001C6CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="003D0256" w:rsidP="003D0256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="003D0256" w:rsidP="003D0256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003D0256" w:rsidRPr="005845C6" w:rsidRDefault="003D0256" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1, 2 стр. 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="003D0256" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Моя страна/ Настоящее продолженное время</w:t>
+            </w:r>
+            <w:r w:rsidR="0069198D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="003D0256" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Настоящее продолженное время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="003D0256" w:rsidP="003D0256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="003D0256" w:rsidP="003D0256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003D0256" w:rsidRPr="005845C6" w:rsidRDefault="003D0256" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidR="0069198D" w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="0069198D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="003D0256" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мой город/ Свободное время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Настоящее простое время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="00E13573">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1а стр. 18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="00E13573">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="00E13573">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1в стр. 18, упр. 1 стр. 18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="00E13573">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="00E13573">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1с стр. 18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Моё село/ Настоящее простое время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Настоящее простое время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="0069198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 19</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3, 4 стр. 19</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0069198D" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="000648AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Астана/ Повторение</w:t>
+            </w:r>
+            <w:r w:rsidR="0069198D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="0079189C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Контрольная работа</w:t>
+            </w:r>
+            <w:r w:rsidR="003C36F8" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>a</w:t>
-[...100 lines deleted...]
-            <w:pPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...59 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...33 lines deleted...]
-            <w:r w:rsidR="00333B77" w:rsidRPr="005845C6">
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="0079189C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Путешествие по Казахстану/ Закрепление</w:t>
+            </w:r>
+            <w:r w:rsidR="0069198D" w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="0079189C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Меня зовут </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Зена</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0069198D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00993B88" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Степени сравнения прилагательных.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="0045299B" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="0045299B" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="0045299B" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0045299B" w:rsidRPr="005845C6" w:rsidRDefault="0045299B" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1, 2 стр.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0045299B" w:rsidRPr="005845C6" w:rsidRDefault="0045299B" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20, 21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="0045299B" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="0079189C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вокруг света/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Космический корабль</w:t>
+            </w:r>
+            <w:r w:rsidR="0069198D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="0069198D" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Степени </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сравнения прилагательных.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="0045299B" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">упр. 3а стр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="0045299B" w:rsidP="002869CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. 3в стр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0045299B" w:rsidRPr="005845C6" w:rsidRDefault="0045299B" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>упр. 4а, 4в стр. 21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="0045299B" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="0079189C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вокруг света/ Ночное небо</w:t>
+            </w:r>
+            <w:r w:rsidR="0045299B" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00015F3C" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1а стр. 22</w:t>
+            </w:r>
+            <w:r w:rsidR="00671D85" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, упр. 1 стр. 22 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00015F3C" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1в стр. 22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:trPr>
+          <w:trHeight w:val="1094"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF61B8" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF61B8" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="0079189C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Континенты и страны/ Космодром Байконур в Казахстане.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF61B8" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF61B8" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="00671D85">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Предлоги.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF61B8" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>упр. 3а стр. 23, упр. 1 стр. 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF61B8" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF61B8" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>упр. 3б стр. 23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF61B8" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF61B8" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>проект стр. 23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="0079189C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мир животных/ Повторение</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF61B8" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF61B8" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="00322A31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>упр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
-[...278 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>стр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00322A31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00322A31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="00322A31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2а, в стр. 24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF61B8" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="00322A31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00FF61B8" w:rsidP="00322A31">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...6144 lines deleted...]
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
         <w:trPr>
           <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...286 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="0079189C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мир моих увлечений/ Я собираюсь прятаться</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF61B8" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00C553F4" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00C553F4" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00C553F4" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2стр. 27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C553F4" w:rsidRPr="005845C6" w:rsidRDefault="00C553F4" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1, 2 стр. 26</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00C553F4" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мир моих увлечений/ Планета Зены</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF61B8" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00675ED0" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="000425AB" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00675ED0" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00675ED0" w:rsidRPr="005845C6" w:rsidRDefault="00675ED0" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3, 4 стр. 27</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00675ED0" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
-            <w:r>
-[...21 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Грамматическая структура </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidR="000425AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r w:rsidR="000425AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>going</w:t>
+            </w:r>
+            <w:r w:rsidR="000425AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidR="006F4210" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000425AB" w:rsidRPr="005845C6" w:rsidRDefault="00BF6DC9" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оборот собираться, </w:t>
+            </w:r>
+            <w:r w:rsidR="000425AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>намереваться</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00BF6DC9" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>что либо</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сделать.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF6DC9" w:rsidRPr="005845C6" w:rsidRDefault="00BF6DC9" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 28</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00BF6DC9" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF6DC9" w:rsidRPr="005845C6" w:rsidRDefault="00BF6DC9" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 28</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF6DC9" w:rsidRPr="005845C6" w:rsidRDefault="00BF6DC9" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1, 2в стр. 28,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BF6DC9" w:rsidRPr="005845C6" w:rsidRDefault="00BF6DC9" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 28</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00BF6DC9" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="00266D9C" w:rsidTr="008B5789">
-[...50 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Моё хобби/ Планирование времени</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0C4E" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="002D0C4E" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оборот собираться, намереваться что</w:t>
+            </w:r>
+            <w:r w:rsidR="000425AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо сделать.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="000425AB" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 5 стр. 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="000425AB" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000425AB" w:rsidRPr="005845C6" w:rsidRDefault="00165B1D" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000425AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00474BDD" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="000425AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00474BDD" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00266D9C">
-[...222 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="000425AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стр. 2</w:t>
+            </w:r>
+            <w:r w:rsidR="000425AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00474BDD" w:rsidRPr="005845C6" w:rsidRDefault="00474BDD" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00165B1D" w:rsidRPr="005845C6" w:rsidRDefault="00474BDD" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00474BDD" w:rsidRPr="005845C6" w:rsidRDefault="00474BDD" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00474BDD" w:rsidP="000425AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...52 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="002D0C4E" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Я знаю кто ты!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="002D0C4E" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оборот собираться, намереваться что</w:t>
+            </w:r>
+            <w:r w:rsidR="000425AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо сделать.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="002D0C4E" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 30, упр. 2 стр. 31,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D0C4E" w:rsidRPr="005845C6" w:rsidRDefault="002D0C4E" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D0C4E" w:rsidRPr="005845C6" w:rsidRDefault="002D0C4E" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="002D0C4E" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002D0C4E" w:rsidRPr="005845C6" w:rsidRDefault="002D0C4E" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="002D0C4E" w:rsidP="002D0C4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00FF61B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Моё хобби/ Как добраться до туда?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00F8380B" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3б стр. 31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005F128D" w:rsidRPr="005845C6" w:rsidRDefault="00F8380B" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3а</w:t>
+            </w:r>
+            <w:r w:rsidR="005F128D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00F8380B" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00F8380B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Хобби моего друга/ Повторение</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8380B" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0018031A" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Простое прошедшее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0018031A" w:rsidRPr="005845C6" w:rsidRDefault="0018031A" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0018031A" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0018031A" w:rsidRPr="005845C6" w:rsidRDefault="0018031A" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0018031A" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0018031A" w:rsidRPr="005845C6" w:rsidRDefault="0018031A" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0018031A" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00F8380B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Контрольная работа</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8380B" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00AB3B66">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00F8380B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Закрепление</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8380B" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="002B383A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="002B383A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="002B383A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="002B383A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00F8380B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Город </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тараз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и Шелковый Путь</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8380B" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="002B383A" w:rsidP="002B383A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="002B383A" w:rsidP="002B383A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2  стр.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 32,</w:t>
+            </w:r>
+            <w:r w:rsidR="00064CC3" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00266D9C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3б</w:t>
+            </w:r>
+            <w:r w:rsidR="00064CC3" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00266D9C">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стр. 33</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B383A" w:rsidRPr="005845C6" w:rsidRDefault="002B383A" w:rsidP="002B383A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="002B383A" w:rsidP="002B383A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. 1а, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в  стр.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B383A" w:rsidRPr="005845C6" w:rsidRDefault="002B383A" w:rsidP="002B383A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3а стр. 33</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="002B383A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00F8380B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проектная работа «Древнее место в моей стране»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B383A" w:rsidRPr="005845C6" w:rsidRDefault="002B383A" w:rsidP="002B383A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 33</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="002B383A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В музее</w:t>
+            </w:r>
+            <w:r w:rsidR="002B383A" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00EF2EF3" w:rsidP="00EF2EF3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Простое прошедшее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00392685" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1  стр. 34,  упр. 2 стр. 35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00392685" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1  стр. 34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00392685" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00392685" w:rsidRPr="005845C6" w:rsidRDefault="00392685" w:rsidP="00EF2EF3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1, 2 стр. 34</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00392685" w:rsidP="00EF2EF3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Экспонаты в музее</w:t>
+            </w:r>
+            <w:r w:rsidR="002B383A" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00EF2EF3" w:rsidP="00EF2EF3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Простое прошедшее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00EF2EF3" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а  стр.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 35,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF2EF3" w:rsidRPr="005845C6" w:rsidRDefault="00EF2EF3" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3а стр. 35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF2EF3" w:rsidRPr="005845C6" w:rsidRDefault="00EF2EF3" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00EF2EF3" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4  стр. 35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00EF2EF3" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3в стр. 35,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF2EF3" w:rsidRPr="005845C6" w:rsidRDefault="00EF2EF3" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3в стр. 35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF2EF3" w:rsidRPr="005845C6" w:rsidRDefault="00EF2EF3" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF2EF3" w:rsidRPr="005845C6" w:rsidRDefault="00EF2EF3" w:rsidP="00EF2EF3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3с стр. 35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00EF2EF3" w:rsidP="00EF2EF3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Пещерные люди</w:t>
+            </w:r>
+            <w:r w:rsidR="002B383A" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00682F87" w:rsidP="00682F87">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Простое прошедшее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00682F87" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00682F87" w:rsidRPr="005845C6" w:rsidRDefault="00682F87" w:rsidP="00682F87">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2  стр. 36,упр. 1 стр. 36</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00682F87" w:rsidP="00682F87">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00682F87" w:rsidRPr="005845C6" w:rsidRDefault="00682F87" w:rsidP="00682F87">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выходные </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кейт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002B383A" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00682F87" w:rsidP="00682F87">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Простое прошедшее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00682F87" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00682F87" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00682F87" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4а, в стр. 37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00682F87" w:rsidP="00682F87">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 37</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00682F87" w:rsidRPr="005845C6" w:rsidRDefault="00682F87" w:rsidP="00682F87">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Я и моё окружение/ Мы свободны</w:t>
+            </w:r>
+            <w:r w:rsidR="002B383A" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="005E626D" w:rsidP="00682F87">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Простое прошедшее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001B1057" w:rsidRPr="005845C6" w:rsidRDefault="001B1057" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 38,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004C3F74" w:rsidRPr="005845C6" w:rsidRDefault="001B1057" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 38</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="004C3F74" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1057" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="001B1057" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00064CC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3F74" w:rsidRPr="005845C6" w:rsidRDefault="004C3F74" w:rsidP="004C3F74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 38</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="004C3F74" w:rsidP="004C3F74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="001B1057">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Интересы и увлечения моих родственников/ </w:t>
+            </w:r>
+            <w:r w:rsidR="001B1057" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Прошедшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> простое </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>время с неправильными глаголами</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1057" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="005E626D" w:rsidP="005E626D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Простое прошедшее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="005E626D" w:rsidP="005E626D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3а стр. 38, упр. 4 стр. 39</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="005E626D" w:rsidP="005E626D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3в стр. 39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3F74" w:rsidRPr="005845C6" w:rsidRDefault="004C3F74" w:rsidP="005E626D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3в стр.39</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="004C3F74" w:rsidP="005E626D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>41</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интересы и увлечения моих родственников/ Грамматические упражнения</w:t>
+            </w:r>
+            <w:r w:rsidR="005E626D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="005E626D" w:rsidP="005E626D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Простое прошедшее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="005E626D" w:rsidP="005E626D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 5 стр. 39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="005E626D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3F74" w:rsidRPr="005845C6" w:rsidRDefault="005E626D" w:rsidP="005E626D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. 3с </w:t>
+            </w:r>
+            <w:r w:rsidR="004C3F74" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стр.39</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="004C3F74" w:rsidP="005E626D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Изобретения</w:t>
+            </w:r>
+            <w:r w:rsidR="005E626D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00F35508" w:rsidP="00F35508">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Числительные.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00F35508" w:rsidP="00F35508">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1, 2 стр. 40 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00683015" w:rsidP="00F35508">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00683015" w:rsidP="00F35508">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Интересы и увлечения семьи моего друга/ Знаменитые казахские ученые</w:t>
+            </w:r>
+            <w:r w:rsidR="00683015" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00A71CAD" w:rsidP="00A71CAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Простое прошедшее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00A71CAD" w:rsidP="00A71CAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3а стр. 41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00A71CAD" w:rsidP="00A71CAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3а стр. 41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00A71CAD" w:rsidP="00A71CAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00A71CAD" w:rsidP="00A71CAD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3б стр. 41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Моё здоровье/ Повторение</w:t>
+            </w:r>
+            <w:r w:rsidR="004030AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="004030AB" w:rsidP="004030AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 43 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="004030AB" w:rsidP="004030AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 42,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004030AB" w:rsidRPr="005845C6" w:rsidRDefault="004030AB" w:rsidP="004030AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 43 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00A33DC6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Я хочу быть здоровым/ Соблюдайте тишину</w:t>
+            </w:r>
+            <w:r w:rsidR="004030AB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="0079189C" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Модальные глаголы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F76813" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 44, упр. 2 стр. 44</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0079189C" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 44</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F76813" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спорт/ Модальный глагол </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidR="00F76813" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Модальные глаголы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 45, упр. 3а стр. 45 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 5 стр. 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 45,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F76813" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3в стр. 45 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Игры/ Прошедшее продолженное время</w:t>
+            </w:r>
+            <w:r w:rsidR="00F76813" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Прошедшее продолженное время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00A85B6C" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. 1 стр. 46 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00A85B6C" w:rsidP="00A85B6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00A85B6C" w:rsidP="00A85B6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1, 2 стр. 46 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Давайте играть!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Прошедшее продолженное время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. 4 стр. 47 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F76813" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 47</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00F76813" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 47 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Я хочу быть врачом/ Нос</w:t>
+            </w:r>
+            <w:r w:rsidR="00A85B6C" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="007E6CDF" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Простое продолженное время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00630570" w:rsidRPr="005845C6" w:rsidRDefault="00630570" w:rsidP="00630570">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 48,упр. 1 стр. 48</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00630570" w:rsidP="00630570">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00630570" w:rsidRPr="005845C6" w:rsidRDefault="00630570" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00630570" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00630570" w:rsidP="00F76813">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00630570" w:rsidP="00630570">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 48</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00630570" w:rsidRPr="005845C6" w:rsidRDefault="00630570" w:rsidP="00630570">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кем ты хочешь </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>быть?/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00266D9C">
-[...310 lines deleted...]
-          <w:p w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidRDefault="00333B77" w:rsidP="002D0C4E">
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Послание в картинках</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF1FF9" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="009C3C58" w:rsidP="009C3C58">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Простое </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>прошедшее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009C3C58" w:rsidRPr="005845C6" w:rsidRDefault="009C3C58" w:rsidP="009C3C58">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">упр. 3 стр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>49, упр. 3 стр. 49</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C3C58" w:rsidRPr="005845C6" w:rsidRDefault="009C3C58" w:rsidP="009C3C58">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="009C3C58">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="009C3C58">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="009C3C58">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009C3C58" w:rsidRPr="005845C6" w:rsidRDefault="009C3C58" w:rsidP="009C3C58">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 49</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="009C3C58">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...445 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>51</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Контрольная работа</w:t>
+            </w:r>
+            <w:r w:rsidR="009C3C58" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...400 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кем ты хочешь </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>быть?/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закрепление</w:t>
+            </w:r>
+            <w:r w:rsidR="009C3C58" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...266 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Где это? Что это?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="004D1671" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. 2 стр. 50, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D1671" w:rsidRPr="005845C6" w:rsidRDefault="004D1671" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 50 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="004D1671" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1в стр. 50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="004D1671" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1а стр. 50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="004D1671" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...116 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...197 lines deleted...]
-          <w:p w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidRDefault="00333B77" w:rsidP="0018031A">
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Знамениты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> здания</w:t>
+            </w:r>
+            <w:r w:rsidR="004D1671" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="004D1671" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Простое прошедшее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="004D1671" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="004D1671" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="004D1671">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...152 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проектная работа</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6179D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A87C64" w:rsidRPr="005845C6" w:rsidRDefault="00A87C64" w:rsidP="00A87C64">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A87C64" w:rsidRPr="005845C6" w:rsidRDefault="00196A33" w:rsidP="004D1671">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 51</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...146 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Моё любимое время года/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Xenorilum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F6179D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00196A33" w:rsidRPr="005845C6" w:rsidRDefault="00196A33" w:rsidP="00196A33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 52,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00196A33" w:rsidRPr="005845C6" w:rsidRDefault="00196A33" w:rsidP="00196A33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 53,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00196A33" w:rsidP="00196A33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 52 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00196A33" w:rsidP="00196A33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00196A33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00196A33" w:rsidRPr="005845C6" w:rsidRDefault="00196A33" w:rsidP="00196A33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 51,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00196A33" w:rsidP="00196A33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 52 тетрадь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...374 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00490083" w:rsidRPr="005845C6" w:rsidRDefault="00490083" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>57.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00490083" w:rsidRPr="005845C6" w:rsidRDefault="00490083" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Моё любимое время года/ Путь в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Xenorilum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00490083" w:rsidRPr="005845C6" w:rsidRDefault="00490083" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00490083" w:rsidRPr="005845C6" w:rsidRDefault="00490083" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00490083" w:rsidRPr="005845C6" w:rsidRDefault="00490083" w:rsidP="00196A33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00490083" w:rsidRPr="005845C6" w:rsidRDefault="00490083" w:rsidP="00196A33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00490083" w:rsidRPr="005845C6" w:rsidRDefault="00490083" w:rsidP="00196A33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00490083" w:rsidRPr="005845C6" w:rsidRDefault="00196A33" w:rsidP="00196A33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3, 4 стр. 51</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00196A33" w:rsidRPr="005845C6" w:rsidRDefault="00196A33" w:rsidP="00196A33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...7221 lines deleted...]
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...109 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="001E5A75" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Условные предложения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="001E5A75" w:rsidP="000A3559">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 тип условных предложений.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="001E5A75" w:rsidP="000A3559">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="001E5A75" w:rsidP="000A3559">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="001E5A75" w:rsidP="000A3559">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="001E5A75" w:rsidP="000A3559">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1, 2 стр. 54</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001E5A75" w:rsidRPr="005845C6" w:rsidRDefault="001E5A75" w:rsidP="000A3559">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Количественные числительные с датами</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6179D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="000A3559" w:rsidP="000A3559">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Порядковые числительные.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="000A3559" w:rsidP="000A3559">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="000A3559">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="000A3559" w:rsidP="000A3559">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 5, 6а стр. 55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A3559" w:rsidRPr="005845C6" w:rsidRDefault="000A3559" w:rsidP="000A3559">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3стр. 55</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="000A3559" w:rsidP="000A3559">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Занятия в свободное время</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6179D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00672E3A" w:rsidP="00672E3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Порядковые числительные.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00672E3A" w:rsidRPr="005845C6" w:rsidRDefault="00672E3A" w:rsidP="00672E3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 55</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00672E3A" w:rsidP="00672E3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00672E3A" w:rsidRPr="005845C6" w:rsidRDefault="00672E3A" w:rsidP="00672E3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 6б стр. 55</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00672E3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00672E3A" w:rsidRPr="005845C6" w:rsidRDefault="00672E3A" w:rsidP="00FC4DCE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 4 стр. 55</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00672E3A" w:rsidP="00FC4DCE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Погода в </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Англии</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4DCE" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дом!</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00FC4DCE" w:rsidP="00FC4DCE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Даты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="000D574A" w:rsidP="000D574A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="000D574A" w:rsidP="000D574A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="000D574A" w:rsidP="000D574A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="000D574A" w:rsidP="00FC4DCE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 2 стр. 57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Погода в </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Казахстане</w:t>
+            </w:r>
+            <w:r w:rsidR="000D574A" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Время</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6179D" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00FC4DCE" w:rsidP="00FC4DCE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. 3 стр. 57 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="000D574A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="000D574A" w:rsidP="00FC4DCE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 56 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00FC4DCE" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">История путешествия во </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>времени.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00FC4DCE" w:rsidP="00FC4DCE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. 3 стр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>57 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00FC4DCE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00FC4DCE" w:rsidP="00FC4DCE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. 4 стр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">57 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00FC4DCE" w:rsidP="00FC4DCE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>упр. 3 стр. 57 тетрадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>64</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="0018031A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Будущее</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4DCE" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="000E7FEE" w:rsidP="000E7FEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Простое будущее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00F764B1" w:rsidP="00EF5CB1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF5CB1" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00F764B1" w:rsidP="00F764B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 1 стр. 58,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F764B1" w:rsidRPr="005845C6" w:rsidRDefault="00F764B1" w:rsidP="00F764B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>упр. 3 стр. 58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF5CB1" w:rsidRPr="005845C6" w:rsidRDefault="00EF5CB1" w:rsidP="00EF5CB1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 56 тетрадь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00C821CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проектная работа «Моё будущее»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="000E7FEE" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Простое будущее время.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E7FEE" w:rsidRPr="005845C6" w:rsidRDefault="000E7FEE" w:rsidP="000E7FEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="000E7FEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E7FEE" w:rsidRPr="005845C6" w:rsidRDefault="000E7FEE" w:rsidP="000E7FEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="000E7FEE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E7FEE" w:rsidRPr="005845C6" w:rsidRDefault="000E7FEE" w:rsidP="000E7FEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF5CB1" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00C821CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Повторение</w:t>
+            </w:r>
+            <w:r w:rsidR="008B1A84" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00940C08" w:rsidP="005845C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
-            <w:r w:rsidR="00A146C0">
-[...188 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>стр. 60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00940C08" w:rsidRPr="005845C6" w:rsidRDefault="00940C08" w:rsidP="00940C08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 60</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00940C08" w:rsidP="005845C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 61</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00940C08" w:rsidRPr="005845C6" w:rsidRDefault="00940C08" w:rsidP="00940C08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стр. 60</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...253 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00C821CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Контрольная работа</w:t>
+            </w:r>
+            <w:r w:rsidR="008B1A84" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidTr="008B5789">
-[...2463 lines deleted...]
-          <w:p w:rsidR="00333B77" w:rsidRPr="005845C6" w:rsidRDefault="00333B77" w:rsidP="00670AF8">
+      <w:tr w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidTr="00064CC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+            <w:r w:rsidR="009241BB" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00C821CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Закрепление</w:t>
+            </w:r>
+            <w:r w:rsidR="008B1A84" w:rsidRPr="005845C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00670AF8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00727A10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00727A10" w:rsidRPr="005845C6" w:rsidRDefault="00727A10" w:rsidP="00727A10">
@@ -21322,53 +15493,257 @@
     </w:p>
     <w:p w:rsidR="00B66601" w:rsidRPr="005845C6" w:rsidRDefault="00B66601" w:rsidP="00B66601">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidRDefault="005845C6" w:rsidP="00F1098D">
+    <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3B66" w:rsidRPr="005845C6" w:rsidRDefault="00AB3B66" w:rsidP="00AB3B66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="001C6CDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00361295" w:rsidRPr="005845C6" w:rsidRDefault="00361295" w:rsidP="00361295">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C6CDC" w:rsidRPr="005845C6" w:rsidRDefault="001C6CDC" w:rsidP="00361295">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00361295" w:rsidRPr="005845C6" w:rsidRDefault="00361295" w:rsidP="00361295">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidRDefault="005845C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005845C6" w:rsidRPr="005845C6" w:rsidSect="00015F3C">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -24642,272 +19017,248 @@
   <w:num w:numId="25">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00793A92"/>
-    <w:rsid w:val="00000939"/>
     <w:rsid w:val="00014FB5"/>
     <w:rsid w:val="00015F3C"/>
     <w:rsid w:val="00020E54"/>
     <w:rsid w:val="000425AB"/>
     <w:rsid w:val="00043448"/>
     <w:rsid w:val="000648AE"/>
     <w:rsid w:val="00064CC3"/>
     <w:rsid w:val="000A3559"/>
     <w:rsid w:val="000D574A"/>
     <w:rsid w:val="000E7682"/>
     <w:rsid w:val="000E7FEE"/>
     <w:rsid w:val="00165B1D"/>
     <w:rsid w:val="00167669"/>
     <w:rsid w:val="0018031A"/>
     <w:rsid w:val="00196A33"/>
     <w:rsid w:val="001B1057"/>
     <w:rsid w:val="001C6CDC"/>
     <w:rsid w:val="001E15A5"/>
     <w:rsid w:val="001E5A75"/>
-    <w:rsid w:val="001E7D36"/>
     <w:rsid w:val="00254D05"/>
-    <w:rsid w:val="00266D9C"/>
     <w:rsid w:val="0027097C"/>
     <w:rsid w:val="002869CF"/>
     <w:rsid w:val="00290271"/>
     <w:rsid w:val="00292678"/>
     <w:rsid w:val="002A19FE"/>
     <w:rsid w:val="002B383A"/>
     <w:rsid w:val="002D0C4E"/>
-    <w:rsid w:val="002D1904"/>
     <w:rsid w:val="00322A31"/>
-    <w:rsid w:val="00333B77"/>
     <w:rsid w:val="00361295"/>
     <w:rsid w:val="00392685"/>
     <w:rsid w:val="003C36F8"/>
     <w:rsid w:val="003D0256"/>
     <w:rsid w:val="003E2EF9"/>
     <w:rsid w:val="004024CA"/>
     <w:rsid w:val="004030AB"/>
     <w:rsid w:val="00406130"/>
     <w:rsid w:val="00414898"/>
     <w:rsid w:val="0045299B"/>
     <w:rsid w:val="0046014F"/>
     <w:rsid w:val="00465E53"/>
     <w:rsid w:val="00474BDD"/>
     <w:rsid w:val="00486E07"/>
     <w:rsid w:val="00490083"/>
     <w:rsid w:val="00494265"/>
     <w:rsid w:val="004A297A"/>
-    <w:rsid w:val="004B2BCE"/>
     <w:rsid w:val="004C3092"/>
     <w:rsid w:val="004C3F74"/>
     <w:rsid w:val="004D1671"/>
     <w:rsid w:val="004E26C6"/>
     <w:rsid w:val="004F1BE0"/>
     <w:rsid w:val="00516B49"/>
     <w:rsid w:val="00551D04"/>
     <w:rsid w:val="00554B13"/>
     <w:rsid w:val="00560685"/>
     <w:rsid w:val="005845C6"/>
     <w:rsid w:val="005A468E"/>
-    <w:rsid w:val="005C43AD"/>
     <w:rsid w:val="005E626D"/>
     <w:rsid w:val="005F128D"/>
     <w:rsid w:val="00610943"/>
     <w:rsid w:val="006168AB"/>
     <w:rsid w:val="00625616"/>
     <w:rsid w:val="00630570"/>
     <w:rsid w:val="0063154B"/>
     <w:rsid w:val="00670AF8"/>
     <w:rsid w:val="00671D85"/>
     <w:rsid w:val="00672E3A"/>
     <w:rsid w:val="00673D7A"/>
     <w:rsid w:val="00675ED0"/>
     <w:rsid w:val="00682F87"/>
     <w:rsid w:val="00683015"/>
     <w:rsid w:val="0069198D"/>
-    <w:rsid w:val="00696153"/>
     <w:rsid w:val="006A52F0"/>
     <w:rsid w:val="006B4B67"/>
     <w:rsid w:val="006C3C00"/>
     <w:rsid w:val="006D6867"/>
     <w:rsid w:val="006E158A"/>
-    <w:rsid w:val="006F0B7D"/>
     <w:rsid w:val="006F4210"/>
     <w:rsid w:val="007003FA"/>
     <w:rsid w:val="00716DF3"/>
     <w:rsid w:val="007221D8"/>
     <w:rsid w:val="00727A10"/>
     <w:rsid w:val="007301B5"/>
-    <w:rsid w:val="007345D4"/>
     <w:rsid w:val="0075355C"/>
     <w:rsid w:val="00753ACE"/>
     <w:rsid w:val="00773EC5"/>
     <w:rsid w:val="0079189C"/>
     <w:rsid w:val="00793A92"/>
     <w:rsid w:val="007C4C14"/>
     <w:rsid w:val="007E6CDF"/>
     <w:rsid w:val="00825D64"/>
     <w:rsid w:val="00826A0B"/>
     <w:rsid w:val="008534D9"/>
     <w:rsid w:val="00855C35"/>
     <w:rsid w:val="008A6B9E"/>
     <w:rsid w:val="008B1A84"/>
-    <w:rsid w:val="008B5789"/>
     <w:rsid w:val="008D11F0"/>
     <w:rsid w:val="008E1A63"/>
     <w:rsid w:val="008F4D9C"/>
     <w:rsid w:val="008F756B"/>
     <w:rsid w:val="00903433"/>
     <w:rsid w:val="009241BB"/>
     <w:rsid w:val="00940C08"/>
     <w:rsid w:val="00982258"/>
     <w:rsid w:val="00985941"/>
     <w:rsid w:val="00993B88"/>
-    <w:rsid w:val="009A5771"/>
     <w:rsid w:val="009B1857"/>
     <w:rsid w:val="009B6BB1"/>
     <w:rsid w:val="009C3C58"/>
-    <w:rsid w:val="00A146C0"/>
     <w:rsid w:val="00A166DA"/>
     <w:rsid w:val="00A262BE"/>
     <w:rsid w:val="00A33DC6"/>
     <w:rsid w:val="00A6160D"/>
     <w:rsid w:val="00A62526"/>
     <w:rsid w:val="00A7007F"/>
     <w:rsid w:val="00A71CAD"/>
     <w:rsid w:val="00A85B6C"/>
     <w:rsid w:val="00A87C64"/>
     <w:rsid w:val="00A906B9"/>
     <w:rsid w:val="00A947FA"/>
     <w:rsid w:val="00AB0CE4"/>
     <w:rsid w:val="00AB3B66"/>
     <w:rsid w:val="00AD3AB6"/>
     <w:rsid w:val="00AE68AF"/>
     <w:rsid w:val="00B00BC6"/>
     <w:rsid w:val="00B04DCD"/>
     <w:rsid w:val="00B66601"/>
     <w:rsid w:val="00B9394F"/>
-    <w:rsid w:val="00BC0F0D"/>
     <w:rsid w:val="00BF6DC9"/>
     <w:rsid w:val="00C12545"/>
-    <w:rsid w:val="00C278B1"/>
     <w:rsid w:val="00C41A30"/>
-    <w:rsid w:val="00C47A8B"/>
     <w:rsid w:val="00C553F4"/>
     <w:rsid w:val="00C663B8"/>
     <w:rsid w:val="00C821CB"/>
     <w:rsid w:val="00C87445"/>
     <w:rsid w:val="00D23B67"/>
     <w:rsid w:val="00D40287"/>
     <w:rsid w:val="00DB6678"/>
     <w:rsid w:val="00DE7E8B"/>
     <w:rsid w:val="00DF1FF9"/>
     <w:rsid w:val="00DF546D"/>
     <w:rsid w:val="00E13573"/>
     <w:rsid w:val="00E23B5D"/>
-    <w:rsid w:val="00E3360A"/>
     <w:rsid w:val="00E818AB"/>
-    <w:rsid w:val="00EA4118"/>
     <w:rsid w:val="00EF2EF3"/>
     <w:rsid w:val="00EF5CB1"/>
     <w:rsid w:val="00EF7157"/>
-    <w:rsid w:val="00F1098D"/>
     <w:rsid w:val="00F16E04"/>
     <w:rsid w:val="00F223F0"/>
     <w:rsid w:val="00F269C6"/>
     <w:rsid w:val="00F35508"/>
     <w:rsid w:val="00F6179D"/>
     <w:rsid w:val="00F764B1"/>
     <w:rsid w:val="00F76813"/>
     <w:rsid w:val="00F8380B"/>
     <w:rsid w:val="00FC4DCE"/>
     <w:rsid w:val="00FC5CDA"/>
-    <w:rsid w:val="00FD3F0D"/>
     <w:rsid w:val="00FF61B8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{E1BBCC86-37FD-4C44-87E2-009D960A4E9C}"/>
+  <w15:docId w15:val="{01A93810-79D2-4154-B2E0-B58F2D017315}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -25248,50 +19599,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00773EC5"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -25635,77 +19987,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{428281AA-C782-4D4F-9B2D-29703EF4DEF8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2B00653-E393-4A83-A071-6678A6417777}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5057</Characters>
+  <Pages>8</Pages>
+  <Words>1187</Words>
+  <Characters>6767</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5933</CharactersWithSpaces>
+  <CharactersWithSpaces>7939</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>