--- v0 (2025-12-18)
+++ v1 (2026-02-16)
@@ -1,3339 +1,4133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00FA6863" w:rsidRDefault="006201E7" w:rsidP="00FA6863">
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="0051057A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C559A" w:rsidRDefault="000439EC" w:rsidP="0051057A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C559A" w:rsidRPr="001C559A" w:rsidRDefault="000439EC" w:rsidP="001C559A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра </w:t>
+      </w:r>
+      <w:r w:rsidR="001C559A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и науки </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="0051057A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="0051057A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4821" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="0051057A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  201</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00C03570" w:rsidRDefault="000439EC" w:rsidP="0051057A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="0051057A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0051057A" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Реабилитация и социальная адаптация детей и п</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-        <w:ind w:firstLine="5529"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одростков </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...73 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с проблемами в развити</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...68 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...120 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Государственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Реабилитация и социальная адаптация детей и подростков с проблемами в развитии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее - Министерство). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Государственная услуга оказывается реабилитационными центрами, кабинетами психолого-педагогической коррекции (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-        </w:tabs>
-[...226 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществля</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...102 lines deleted...]
-    <w:p w:rsidR="006201E7" w:rsidRDefault="006201E7" w:rsidP="006201E7">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="2410"/>
+        </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...21 lines deleted...]
-        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...238 lines deleted...]
-    <w:p w:rsidR="006201E7" w:rsidRDefault="006201E7" w:rsidP="006201E7">
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Сроки оказания государственной услуги: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="006201E7" w:rsidRPr="006201E7" w:rsidRDefault="006201E7" w:rsidP="006201E7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) с момента сдачи пакета документов для заключения договора на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психолого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>медико</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогическую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коррекцию и социальную реабилитацию детей с ограниченными возможностями – 60 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для прохождения курса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коррекции и социальной реабилитации детей с ограниченными возможностями – от                       90 календарных дней до 365 календарных дней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) максимально допустимое время ожидания для сдачи документов – не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> максимально допустимое время ожидания для сдачи документов – не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3) максимально допустимое время обслуживания – не более 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Форма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> индивидуальные, подгрупповые и групповые занятия и консультации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Результатом оказания государственной услуги является выдача</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> справки по форме,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к настоящему стандарту.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">7. Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:color w:val="auto"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. График работы услугодателя: с понедельника по пятницу включительно, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кроме выходных и праздничных дней, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с 9.00 до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 часов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перерыв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обед с 13.00 до 14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 часов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Өтініш қабылдау және </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рудовому </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кодексу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rStyle w:val="s0"/>
-          <w:kern w:val="2"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача результата осуществляется с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.00 до </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 часов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перерыв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обед с 13.00 до 14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предусмотрена предварительная запись по телефону и/или при непосредственном обращении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для оказания государственной услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14571">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C14571">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) заявление родителя (законного представителя) услугополучателя в произвольной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         2) копия документа удостоверяющего личность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>родителя (законного представителя) услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) копия свидетельства о рождении ребенка (оригинал для сверки);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аключение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z44"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слугодателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнительны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>города республиканского значения и столицы, района (города областного значения),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) его должностных лиц  по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10. Для обжалования решений, действий (бездействий)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0009216D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0009216D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">беру сағат </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местны</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнительны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>города республиканского значения и столицы, район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а (города областного значения), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалоба подается в письменном виде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на имя руководителя услугодателя либо руководителя соответствующего местного исполнительного органа областей, города республиканского значения и столицы, района (города областного значения) по адресам, указанным на интернет-ресурсе Министерства: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00FF1FCF">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>www.edu.gov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разделе «Государственные услуги»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в жалобе услугополучателя указывается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия и инициалы услугополучателя и лица принявшего жалобу, почтовый адрес и контактный телефон услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...230 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя по вопросам оказания государственных услуг, поступившая в адрес местного исполнительного органа города республиканского значения и столицы, района (города областного значения), услугодателя подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае несогласия с результатами оказания государственной услуги  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценке и контролю за качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по оценке и контролю за качеством оказания государственной услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="4074"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информацию о порядке обжалования можно получить посредством </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. В случаях несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Иные требования с учетом особенностей оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-          <w:tab w:val="left" w:pos="284"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:kern w:val="2"/>
-[...30 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>диного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-        <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00FF1FCF">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...169 lines deleted...]
-    <w:p w:rsidR="006201E7" w:rsidRPr="006201E7" w:rsidRDefault="006201E7" w:rsidP="006201E7">
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разделе «Государственные услуги». Единый  контакт-центр по вопросам оказания государственных услуг:  8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1196 lines deleted...]
-      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    Приложение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    к стандарту государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Психолого-медико-педагогическая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          коррекция и социальная реабилитация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          детей с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>ограниченными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000439EC">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>возможностями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Р  А  В  К  А</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3647"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дана  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3647"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                               (Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003355D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ребенка)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3647"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«____»______20__г.р., в том, что о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) действительно посещал(а)  ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3647"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(наименование РЦ, КППК)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3647"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___»_______20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___ года по «____»__________200___г.,  _____________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3647"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(дата оказание услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3647"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3647"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3647"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3647"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003355D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F208D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителя организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRPr="00FF1FCF" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF1FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4821" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4821" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4821" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4821" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000439EC" w:rsidRDefault="000439EC" w:rsidP="000439EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4821" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007E70FD" w:rsidRDefault="007E70FD"/>
     <w:sectPr w:rsidR="007E70FD" w:rsidSect="007E70FD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0602030504020204"/>
+  <w:font w:name="DejaVu Sans">
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000003F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="D200FDFF" w:usb2="0A042029" w:usb3="00000000" w:csb0="800001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0BCD5E51"/>
+    <w:nsid w:val="065A4C5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="961C1BE4"/>
-    <w:lvl w:ilvl="0" w:tplc="F4E452AA">
+    <w:tmpl w:val="2C5C1CAE"/>
+    <w:lvl w:ilvl="0" w:tplc="2526AFAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8014" w:hanging="360"/>
+        <w:ind w:left="1065" w:hanging="1065"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...108 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...55 lines deleted...]
-    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="115"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="006201E7"/>
+    <w:rsidRoot w:val="000439EC"/>
+    <w:rsid w:val="000439EC"/>
     <w:rsid w:val="000D7604"/>
+    <w:rsid w:val="00124C88"/>
     <w:rsid w:val="00170F72"/>
+    <w:rsid w:val="001C559A"/>
     <w:rsid w:val="001F3FF0"/>
-    <w:rsid w:val="00267DAA"/>
-    <w:rsid w:val="002B1B9F"/>
     <w:rsid w:val="00377ABF"/>
     <w:rsid w:val="004011F1"/>
     <w:rsid w:val="00440D54"/>
+    <w:rsid w:val="0051057A"/>
     <w:rsid w:val="00537619"/>
-    <w:rsid w:val="006201E7"/>
     <w:rsid w:val="007E70FD"/>
+    <w:rsid w:val="0089788A"/>
     <w:rsid w:val="00967226"/>
     <w:rsid w:val="00AC29D0"/>
     <w:rsid w:val="00AE5CCD"/>
+    <w:rsid w:val="00B15745"/>
     <w:rsid w:val="00B81E68"/>
+    <w:rsid w:val="00C03570"/>
+    <w:rsid w:val="00C16388"/>
     <w:rsid w:val="00DA21D2"/>
     <w:rsid w:val="00F12857"/>
-    <w:rsid w:val="00FA6863"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -3381,171 +4175,200 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006201E7"/>
+    <w:rsid w:val="000439EC"/>
     <w:pPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="000439EC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
-    <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006201E7"/>
+    <w:rsid w:val="000439EC"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="006201E7"/>
+    <w:rsid w:val="000439EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
-    <w:name w:val="Emphasis"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Абзац списка2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="000439EC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000439EC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:qFormat/>
-    <w:rsid w:val="006201E7"/>
+    <w:link w:val="a5"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000439EC"/>
     <w:rPr>
-      <w:i/>
-      <w:iCs/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:rsid w:val="000439EC"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a7"/>
+    <w:rsid w:val="000439EC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -3800,54 +4623,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>994</Words>
-  <Characters>5672</Characters>
+  <Words>970</Words>
+  <Characters>5534</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>yo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6653</CharactersWithSpaces>
+  <CharactersWithSpaces>6492</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>