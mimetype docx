--- v0 (2025-12-19)
+++ v1 (2026-02-09)
@@ -7,16924 +7,14132 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00103C3A" w:rsidRPr="00CD11A8" w:rsidRDefault="00103C3A" w:rsidP="00103C3A">
+    <w:p w:rsidR="004815BD" w:rsidRPr="007F2DBE" w:rsidRDefault="004815BD" w:rsidP="004815BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00103C3A" w:rsidRPr="00CD11A8" w:rsidRDefault="00103C3A" w:rsidP="00103C3A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002510C3" w:rsidRPr="007F2DBE" w:rsidRDefault="004815BD" w:rsidP="004815BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00103C3A" w:rsidRPr="00CD11A8" w:rsidRDefault="00103C3A" w:rsidP="00103C3A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004815BD" w:rsidRPr="007F2DBE" w:rsidRDefault="004815BD" w:rsidP="004815BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00CE43EF" w:rsidRDefault="00103C3A" w:rsidP="00103C3A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004815BD" w:rsidRPr="007F2DBE" w:rsidRDefault="004815BD" w:rsidP="004815BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00103C3A" w:rsidRPr="00CD11A8" w:rsidRDefault="00103C3A" w:rsidP="00103C3A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от «___» _________ 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004815BD" w:rsidRPr="007F2DBE" w:rsidRDefault="004815BD" w:rsidP="004815BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="00896A13" w:rsidRPr="00CD11A8" w:rsidRDefault="00896A13" w:rsidP="00896A13">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="004815BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="00386B20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="7030A0"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00103C3A" w:rsidRPr="00CD11A8" w:rsidRDefault="00103C3A" w:rsidP="00896A13">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="007648B7" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выдача справок органов, осуществляющих функции по опеке или попечительству, для оформления сделок с имуществом, принадлежащим на праве собственности несовершеннолетним детям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="005418C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="7030A0"/>
-[...53 lines deleted...]
-    <w:p w:rsidR="00896A13" w:rsidRPr="005274E5" w:rsidRDefault="00896A13" w:rsidP="00896A13">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="005418C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="7030A0"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00896A13" w:rsidRPr="00CD11A8" w:rsidRDefault="00896A13" w:rsidP="00896A13">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="00386B20">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CD11A8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00896A13" w:rsidRPr="00CD11A8" w:rsidRDefault="00896A13" w:rsidP="00896A13">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="00386B20">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="7030A0"/>
-[...12 lines deleted...]
-        </w:numPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00C23339" w:rsidP="00C23339">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidR="007648B7" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выдача справок органов, осуществляющих функции по опеке или попечительству, для оформления сделок с имуществом, принадлежащим на праве собственности несовершеннолетним детям</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» (далее </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осударственн</w:t>
+      </w:r>
+      <w:r w:rsidR="002545A0" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="002545A0" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00C23339" w:rsidP="00C23339">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00C23339" w:rsidP="00C23339">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается </w:t>
+      </w:r>
+      <w:r w:rsidR="00511FB9" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>местными исполнительными органами городов Астаны и Алматы, районов</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7342" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidR="00511FB9" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> городов областного значения </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00223DCE" w:rsidP="00004D40">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...217 lines deleted...]
-        <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...45 lines deleted...]
-    <w:p w:rsidR="00896A13" w:rsidRPr="00CD11A8" w:rsidRDefault="00896A13" w:rsidP="00103C3A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием заявления</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдача результат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="00004D40">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00896A13" w:rsidRPr="00CD11A8" w:rsidRDefault="00896A13" w:rsidP="00103C3A">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>республиканское государственное предприятие на праве хозяйственного ведения «Центр обслуживания населения» Комитета связи, информатизации и информации Министерства по инвестициям и развитию Республики Казахстан (далее – ЦОН);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="00004D40">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="00896A13" w:rsidRDefault="00896A13" w:rsidP="00896A13">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал «электронного правительства» www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="005418C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="7030A0"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00717283" w:rsidRPr="00CD11A8" w:rsidRDefault="00717283" w:rsidP="00717283">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="00386B20">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CD11A8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00717283" w:rsidRPr="00CD11A8" w:rsidRDefault="00717283" w:rsidP="00717283">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="005418C0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="7030A0"/>
-[...12 lines deleted...]
-        </w:numPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00B52409" w:rsidP="00DC509C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="003A0EF7" w:rsidRPr="00CD11A8" w:rsidRDefault="003A0EF7" w:rsidP="003A0EF7">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="002510C3" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00004D40" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сроки оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC509C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00004D40" w:rsidP="00004D40">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...83 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с момента сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в ЦОН, а также при обращении на портал</w:t>
+      </w:r>
+      <w:r w:rsidR="0028204B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– пять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00004D40" w:rsidP="00004D40">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="006A1A66" w:rsidRPr="00CD11A8" w:rsidRDefault="006A1A66" w:rsidP="006A1A66">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении в ЦОН день приема не входит в срок оказания государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00004D40" w:rsidP="00004D40">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">максимально допустимое время ожидания для сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD11A8">
-[...9 lines deleted...]
-    <w:p w:rsidR="006A1A66" w:rsidRPr="00CD11A8" w:rsidRDefault="00410EF6" w:rsidP="006A1A66">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E51D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в ЦОН – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00004D40" w:rsidP="00004D40">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>көрсетілетін қызметті берушінің</w:t>
-[...24 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve">максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 30 минут, в ЦОН – 20 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00B52409" w:rsidP="002510C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="002510C3" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма оказания государственной услуги – </w:t>
+      </w:r>
+      <w:r w:rsidR="00946951" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B02BCA" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>частично</w:t>
+      </w:r>
+      <w:r w:rsidR="00946951" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> автоматизированная) и (или) бумажная</w:t>
+      </w:r>
+      <w:r w:rsidR="00F043D9" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00B52409" w:rsidP="00DC509C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="002510C3" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00386B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги –</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3178B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00B02BCA" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справка органов, осуществляющих функции по опеке или попечительству, для оформления сделок с имуществом, принадлежащим на праве собственности несовершеннолетним детям, выдаваемая по месту нахождения недвижимого имущества, по форме согласно приложению 1 к настоящему с</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3585">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00707C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00707C12" w:rsidRPr="00707C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B52409" w:rsidRPr="007F2DBE" w:rsidRDefault="008E468C" w:rsidP="00B52409">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма пред</w:t>
+      </w:r>
+      <w:r w:rsidR="006F797D" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ставления результата оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E50" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01D0B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00966E50" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B52409" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C578AE" w:rsidRPr="007F2DBE" w:rsidRDefault="00C578AE" w:rsidP="00C578AE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00004D40" w:rsidP="00B52409">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="690"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73CC3" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в «личный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кабинет» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00C578AE" w:rsidP="00C578AE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00332F77" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="002510C3" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="001869E4" w:rsidRPr="00CD11A8" w:rsidRDefault="00717283" w:rsidP="006A1A66">
+      <w:r w:rsidR="00004D40" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая услуга оказывается бесплатно физическим лицам (далее</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6FFB" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00332F77" w:rsidP="002510C3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="002510C3" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00004D40" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00004D40" w:rsidP="00004D40">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="00717283" w:rsidRPr="00CD11A8" w:rsidRDefault="00717283" w:rsidP="006A1A66">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЦОН: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов без перерыва на обед, за исключением выходных и праздничных дней, согласно трудовому законодательству. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00004D40" w:rsidP="00004D40">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием осуществляется в порядке «электронной» очереди, по месту регистрации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, без ускоренного обслуживания, возможно «бронирование» электронной очереди посредством портала</w:t>
+      </w:r>
+      <w:r w:rsidR="003861FF" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00004D40" w:rsidP="00004D40">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="00125F44" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдача результат</w:t>
+      </w:r>
+      <w:r w:rsidR="00125F44" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00332F77" w:rsidP="00DC509C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="002510C3" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00004D40" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00004D40" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00004D40" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC509C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:anchor="z123" w:history="1">
-[...98 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+    </w:p>
+    <w:p w:rsidR="00640FDC" w:rsidRPr="007F2DBE" w:rsidRDefault="00640FDC" w:rsidP="00640FDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...89 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>за получением справки в нотариальную контору:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...52 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в ЦОН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB0E91" w:rsidRPr="007F2DBE" w:rsidRDefault="00DB0E91" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00593BDE" w:rsidRPr="00CD11A8" w:rsidRDefault="00593BDE" w:rsidP="00593BDE">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="003B3385" w:rsidP="00004D40">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00717283" w:rsidRPr="00CD11A8" w:rsidRDefault="00717283" w:rsidP="00F540F9">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="000D39A5" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложению 2 к настоящему стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="000D39A5" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004D40" w:rsidRPr="007F2DBE" w:rsidRDefault="00004D40" w:rsidP="00004D40">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00432F15" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D1637" w:rsidRPr="007F2DBE" w:rsidRDefault="003B3385" w:rsidP="001D1637">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нотариально заверенное заявление от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о предоставлении гарантированного жилья либо нотариально заверенное заявление от близких родственников о предоставлении гарантированного жилья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002309D8" w:rsidRPr="007F2DBE" w:rsidRDefault="002309D8" w:rsidP="001D1637">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласие ребенка (детей), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">являющегося собственником </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67943" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">недвижимого </w:t>
+      </w:r>
+      <w:r w:rsidR="001D1637" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>имущества</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, на совершение сделок по отчуждению </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67943" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">недвижимого </w:t>
+      </w:r>
+      <w:r w:rsidR="001D1637" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>имущества</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заверенное администрацией </w:t>
+      </w:r>
+      <w:r w:rsidR="001D1637" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организации образования, где ребенок (дети) обучается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при достижении ребенком 10-летнего возраста);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE" w:rsidRDefault="00FF1EBB" w:rsidP="008B5E3E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>доверенность от имени отсутствующего супруг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-и), заверенная нотариусом, на совершение оформления сделки</w:t>
+      </w:r>
+      <w:r w:rsidR="00324017" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свидетельство о смерти;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE" w:rsidRDefault="001367F9" w:rsidP="008B5E3E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о рождении ребенка </w:t>
+      </w:r>
+      <w:r w:rsidR="003861FF" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в случае рождения до </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7DA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>13 августа 2007 года</w:t>
+      </w:r>
+      <w:r w:rsidR="003578F7" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003578F7" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">либо за </w:t>
+      </w:r>
+      <w:r w:rsidR="003861FF" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="003F1656" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE" w:rsidRDefault="001367F9" w:rsidP="008B5E3E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о заключении</w:t>
+      </w:r>
+      <w:r w:rsidR="002309D8" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или расторжении</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> брака (в случае заключения </w:t>
+      </w:r>
+      <w:r w:rsidR="002309D8" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или расторжения </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>брака до 2008 года</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2E3D" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003861FF" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>либо за пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="003F1656" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF1EBB" w:rsidRPr="007F2DBE" w:rsidRDefault="00E65904" w:rsidP="00491E3D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка о рождении по форме, утвержденной приказом Министра юстиции Республики Казахстан «Об утверждении Правил организации государственной регистрации актов гражданского состояния, внесения изменений, восстановления записей актов гражданского состояния» от </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01D0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>25 февраля 2015 № 112 (далее – приказ № 112)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D948CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 10764) (в случае рождения ребенка вне брака до 2008 года)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D948CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в случае рождения ребенка вне брака до 2008 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB22E3" w:rsidRPr="007F2DBE" w:rsidRDefault="00CB22E3" w:rsidP="000D39A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на портал: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B4A05" w:rsidRPr="007F2DBE" w:rsidRDefault="00B43AD7" w:rsidP="00BF270F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00717283" w:rsidRPr="00CD11A8" w:rsidRDefault="00717283" w:rsidP="00C30627">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">запрос в форме электронного документа, подписанный ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B4A05" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02F85" w:rsidRPr="007F2DBE" w:rsidRDefault="00E609CE" w:rsidP="00BF270F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
-[...125 lines deleted...]
-          <w:numId w:val="2"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...116 lines deleted...]
-    <w:p w:rsidR="0021311C" w:rsidRPr="00CD11A8" w:rsidRDefault="0021311C" w:rsidP="0021311C">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная копия</w:t>
+      </w:r>
+      <w:r w:rsidR="007616C4" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нотариально заверенного заявления от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007616C4" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007616C4" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о предоставлении гарантированного жилья либо нотариально заверенное заявление от близких родственников о предоставлении гарантированного жилья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00796B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00C02F85" w:rsidP="00BF270F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-    <w:p w:rsidR="00EC373C" w:rsidRPr="00CD11A8" w:rsidRDefault="0021311C" w:rsidP="00EC373C">
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная копия </w:t>
+      </w:r>
+      <w:r w:rsidR="00796B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласия ребенка (детей), </w:t>
+      </w:r>
+      <w:r w:rsidR="00796B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">являющегося собственником </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67943" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">недвижимого </w:t>
+      </w:r>
+      <w:r w:rsidR="00796B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имущества, на совершение сделок по отчуждению </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67943" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">недвижимого </w:t>
+      </w:r>
+      <w:r w:rsidR="00796B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имущества, </w:t>
+      </w:r>
+      <w:r w:rsidR="00796B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заверенного администрацией организации образования, где ребенок (дети) обучается (при достижении ребенком </w:t>
+      </w:r>
+      <w:r w:rsidR="00442B76" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00796B20" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10-летнего возраста);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007616C4" w:rsidRPr="007F2DBE" w:rsidRDefault="007616C4" w:rsidP="00BF270F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...60 lines deleted...]
-    <w:p w:rsidR="00EC373C" w:rsidRPr="00CD11A8" w:rsidRDefault="00EC373C" w:rsidP="00EC373C">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная копия доверенности от имени отсутствующего супруга</w:t>
+      </w:r>
+      <w:r w:rsidR="0018773A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(-и), заверенная нотариусом, на совершение оформления сделки, в случае смерти супруг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-и)</w:t>
+      </w:r>
+      <w:r w:rsidR="00407E1B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свидетельство о смерти;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007616C4" w:rsidRPr="007F2DBE" w:rsidRDefault="007616C4" w:rsidP="00BF270F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...30 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная копия свидетельства о рождении ребенка (в случае рождения до 13 августа 2007 года</w:t>
+      </w:r>
+      <w:r w:rsidR="003578F7" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003861FF" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>либо за пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="003F1656" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC373C" w:rsidRPr="00CD11A8" w:rsidRDefault="001869E4" w:rsidP="00EC373C">
+    <w:p w:rsidR="007616C4" w:rsidRPr="007F2DBE" w:rsidRDefault="007616C4" w:rsidP="00E91599">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...55 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">электронная копия свидетельства о заключении </w:t>
+      </w:r>
+      <w:r w:rsidR="003502A8" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или расторжении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>брака (в случае</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91599" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заключения брака до 2008 года</w:t>
+      </w:r>
+      <w:r w:rsidR="003578F7" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D93521">
-[...18 lines deleted...]
-    <w:p w:rsidR="001869E4" w:rsidRPr="00CD11A8" w:rsidRDefault="001869E4" w:rsidP="00EC373C">
+      <w:r w:rsidR="003861FF" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>либо за пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="003F1656" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003578F7" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E05E2C" w:rsidRPr="007F2DBE" w:rsidRDefault="00E05E2C" w:rsidP="00386B20">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная копия справки о рождении по форме, </w:t>
+      </w:r>
+      <w:r w:rsidR="003861FF" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказом № </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65904" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>112</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в случае рождения ребенка вне брака до 2008 года).</w:t>
+      </w:r>
+      <w:r w:rsidR="00324017" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A86A84" w:rsidRPr="007F2DBE" w:rsidRDefault="00A86A84" w:rsidP="00E05E2C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>при получении справки в банки для оформления ссуды под залог жилья, принадлежащего несовершеннолетнему:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E8270A" w:rsidRPr="007F2DBE" w:rsidRDefault="00E8270A" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в ЦОН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983D77" w:rsidRPr="007F2DBE" w:rsidRDefault="00D20F2B" w:rsidP="00F07EC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...55 lines deleted...]
-    <w:p w:rsidR="000F785B" w:rsidRDefault="00F95A59" w:rsidP="000F785B">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заявление согласно приложению 3 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00983D77" w:rsidRPr="007F2DBE" w:rsidRDefault="00983D77" w:rsidP="00F07EC4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...120 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00993965" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F785B" w:rsidRDefault="00C103D1" w:rsidP="000F785B">
+    <w:p w:rsidR="00E67943" w:rsidRPr="007F2DBE" w:rsidRDefault="00D20F2B" w:rsidP="00F07EC4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...95 lines deleted...]
-    <w:p w:rsidR="000F785B" w:rsidRPr="0075639E" w:rsidRDefault="0075639E" w:rsidP="0075639E">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нотариально заверенное заявление от законных представителей о предоставлении гарантированного жилья либо нотариально заверенное заявление от близких родственников о предоставлении гарантированного жилья в случае ненадлежащего исполнения обязательств перед банком;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00826E1B" w:rsidRPr="007F2DBE" w:rsidRDefault="00826E1B" w:rsidP="00F07EC4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
-[...79 lines deleted...]
-          <w:numId w:val="20"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="000F6031" w:rsidRPr="00CD11A8" w:rsidRDefault="000F6031" w:rsidP="000F6031">
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласие ребенка (детей), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">являющегося собственником жилища, на совершение сделок по отчуждению </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67943" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жилища</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заверенно</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67943" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>администрацией организации образования, где ребенок (дети) обучается (при достижении ребенком 10-летнего возраста);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C65F96" w:rsidRPr="007F2DBE" w:rsidRDefault="00D20F2B" w:rsidP="00F07EC4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...36 lines deleted...]
-    <w:p w:rsidR="000F6031" w:rsidRPr="00CD11A8" w:rsidRDefault="000F6031" w:rsidP="000F6031">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>доверенность от имени отсутствующего супруг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-и), заверенная нотариусом на совершение оформления сделки либо свидетельство о смерти;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C65F96" w:rsidRPr="007F2DBE" w:rsidRDefault="00D20F2B" w:rsidP="00F07EC4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...78 lines deleted...]
-    <w:p w:rsidR="000F6031" w:rsidRPr="00CD11A8" w:rsidRDefault="000F6031" w:rsidP="000F6031">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>письмо из банка о выдаче справки на разрешение залога жилья, принадлежащего несовершеннолетнему (в случае предоставления ссуды под залог жилья, принадлежащего несовершеннолетнему);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C65F96" w:rsidRPr="007F2DBE" w:rsidRDefault="0027060C" w:rsidP="00F07EC4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...71 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20F2B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20F2B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о рождении ребенка в случае рождения до 13 августа 2007 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD11A8">
-[...84 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="003F1656" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>либо за пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="003F1656" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(требуется для идентификации личности)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20F2B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F6031" w:rsidRPr="00CD11A8" w:rsidRDefault="000F6031" w:rsidP="000F6031">
+    <w:p w:rsidR="00666E27" w:rsidRPr="007F2DBE" w:rsidRDefault="0027060C" w:rsidP="00666E27">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20F2B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20F2B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о заключении </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67943" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или расторжении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">брака </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20F2B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в случае заключения</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67943" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или расторжения</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20F2B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> брака до 2008 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F95A59">
-[...44 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="003F1656" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>либо за пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="003F1656" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F95A59">
-[...74 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(требуется для идентификации личности)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20F2B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D87EA1" w:rsidRDefault="00C103D1" w:rsidP="00D87EA1">
+    <w:p w:rsidR="00C65F96" w:rsidRPr="007F2DBE" w:rsidRDefault="00666E27" w:rsidP="00666E27">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...104 lines deleted...]
-    <w:p w:rsidR="00FF67E3" w:rsidRPr="00D87EA1" w:rsidRDefault="00D87EA1" w:rsidP="00D87EA1">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка о рождении по форме, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65904" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказом </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65904" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>112</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в случае рождения ребенка вне брака до 2008 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0025166D" w:rsidRPr="007F2DBE" w:rsidRDefault="0025166D" w:rsidP="0025166D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на портал: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0025166D" w:rsidRPr="007F2DBE" w:rsidRDefault="0025166D" w:rsidP="00664EE6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...126 lines deleted...]
-    <w:p w:rsidR="000F6031" w:rsidRPr="00CD11A8" w:rsidRDefault="000F6031" w:rsidP="007A387E">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5DF3" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прос</w:t>
+      </w:r>
+      <w:r w:rsidR="00324017" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в форме электронного документа, подписанный ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00324017" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02F85" w:rsidRPr="007F2DBE" w:rsidRDefault="0025166D" w:rsidP="00664EE6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...78 lines deleted...]
-    <w:p w:rsidR="000F6031" w:rsidRPr="00CD11A8" w:rsidRDefault="007A387E" w:rsidP="007A387E">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная копия нотариально заверенного заявления от законных представителей о предоставлении гарантированного жилья либо нотариально заверенное заявление от близких родственников о предоставлении гарантированного жилья в случае ненадлежащего исполнения обязательств перед банком;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02F85" w:rsidRPr="007F2DBE" w:rsidRDefault="00C02F85" w:rsidP="00664EE6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...70 lines deleted...]
-    <w:p w:rsidR="000F6031" w:rsidRPr="00CD11A8" w:rsidRDefault="000F6031" w:rsidP="007A387E">
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная копия согласия несовершеннолетнего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(при достижении ребенком 10-летнего возраста)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, являющегося собственником жилища, на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">совершение сделок по отчуждению недвижимого имущества, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заверенное администрацией организации образования, где несовершеннолетний обучается;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0025166D" w:rsidRPr="007F2DBE" w:rsidRDefault="0025166D" w:rsidP="00664EE6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w:rsidR="007A387E" w:rsidRPr="00CD11A8" w:rsidRDefault="007A387E" w:rsidP="007A387E">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная копия доверенности от имени отсутствующего </w:t>
+      </w:r>
+      <w:r w:rsidR="00324017" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>супруг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-и), заверенная нотариусом на совершение оформления сделки либо свидетельство о смерти;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0025166D" w:rsidRPr="007F2DBE" w:rsidRDefault="0025166D" w:rsidP="00664EE6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...105 lines deleted...]
-    <w:p w:rsidR="00692804" w:rsidRPr="00CD11A8" w:rsidRDefault="00692804" w:rsidP="00692804">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная копия письма из банка о выдаче справки на разрешение залога жилья, принадлежащего несовершеннолетнему (в случае предоставления ссуды под залог жилья, принадлежащего несовершеннолетнему);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0025166D" w:rsidRPr="007F2DBE" w:rsidRDefault="0025166D" w:rsidP="00664EE6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...106 lines deleted...]
-    <w:p w:rsidR="000F6031" w:rsidRPr="00CD11A8" w:rsidRDefault="000F6031" w:rsidP="00692804">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная копия свидетельства о рождении ребенка (в случае рождения до 13 августа 2007 года</w:t>
+      </w:r>
+      <w:r w:rsidR="000972B5" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо за пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E05E2C" w:rsidRPr="007F2DBE" w:rsidRDefault="0025166D" w:rsidP="00E05E2C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="000F6031" w:rsidRPr="00CD11A8" w:rsidRDefault="00F95A59" w:rsidP="00692804">
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная копия свидетельства о заключении </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7DA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или расторжении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>брака (в случае</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3239F" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заключения </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7DA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или расторжения </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3239F" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>брака до 2008 года</w:t>
+      </w:r>
+      <w:r w:rsidR="000972B5" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо за пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3239F" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001F0A3E" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E05E2C" w:rsidRPr="007F2DBE" w:rsidRDefault="00E05E2C" w:rsidP="00E05E2C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...50 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная копия справки о рождении по форме, </w:t>
+      </w:r>
+      <w:r w:rsidR="003861FF" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказом № </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65904" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>112</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в случае рождения ребенка вне брака до 2008 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B55FF" w:rsidRPr="007F2DBE" w:rsidRDefault="00F824C6" w:rsidP="00F824C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения документов, удостоверяющих личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, свидетельства о рождении ребенка (в случае рождения ребенка после 13 августа 2007 года), свидетельства о заключении </w:t>
+      </w:r>
+      <w:r w:rsidR="000972B5" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или расторжении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>брака (в случае заключения</w:t>
+      </w:r>
+      <w:r w:rsidR="000972B5" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или расторжения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>брака после 2008 года), справк</w:t>
+      </w:r>
+      <w:r w:rsidR="000972B5" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а о рождении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00D51FD8" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с приказом № 112 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(в случае рождения ребенка вне брака после 2008 года), правоустанавливающих документов на недвижимое имущество работник ЦОН</w:t>
+      </w:r>
+      <w:r w:rsidR="00561C1B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002C013E">
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>получает из соответствующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных информационных систем через шлюз «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B55FF" w:rsidRPr="007F2DBE" w:rsidRDefault="006B55FF" w:rsidP="006B55FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C434A2" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C434A2" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002C013E">
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00324017" w:rsidRPr="007F2DBE" w:rsidRDefault="00324017" w:rsidP="00324017">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">При приеме документов через ЦОН </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов с указанием:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00324017" w:rsidRPr="007F2DBE" w:rsidRDefault="00324017" w:rsidP="00324017">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>номера и даты приема запроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00324017" w:rsidRPr="007F2DBE" w:rsidRDefault="00324017" w:rsidP="00324017">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>вида запрашиваемой государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00324017" w:rsidRPr="007F2DBE" w:rsidRDefault="00324017" w:rsidP="00324017">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>количества и название приложенных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00324017" w:rsidRPr="007F2DBE" w:rsidRDefault="00324017" w:rsidP="00324017">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>даты (времени) и места выдачи документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00324017" w:rsidRPr="007F2DBE" w:rsidRDefault="00324017" w:rsidP="00324017">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>фамилии, имени, отчество (при его наличии) работника ЦОН, принявшего заявление на оформление документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00324017" w:rsidRPr="007F2DBE" w:rsidRDefault="00324017" w:rsidP="00324017">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">фамилии, имени, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и его контактные телефоны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B55FF" w:rsidRPr="007F2DBE" w:rsidRDefault="006B55FF" w:rsidP="006B55FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ЦОН выдача готовых документов осуществляется на основании расписки о приеме документов при предъявлении удостоверения личности (либо его представителя по нотариально заверенной доверенности). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B55FF" w:rsidRPr="007F2DBE" w:rsidRDefault="006B55FF" w:rsidP="006B55FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЦОН обеспечивает хранение результата в течение одного месяца, после чего передает их </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечении одного месяца по запросу ЦОН</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72555" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A67AF2" w:rsidRPr="00CD11A8">
-[...32 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">течение одного рабочего дня направляет готовые документы в ЦОН для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F6031" w:rsidRPr="00CD11A8" w:rsidRDefault="00744A8D" w:rsidP="00692804">
-[...10 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+    <w:p w:rsidR="006B55FF" w:rsidRPr="007F2DBE" w:rsidRDefault="006B55FF" w:rsidP="006B55FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...245 lines deleted...]
-    <w:p w:rsidR="00F0489D" w:rsidRPr="00CD11A8" w:rsidRDefault="00F0489D" w:rsidP="00F0489D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в «личный кабинет» направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0792" w:rsidRPr="007F2DBE" w:rsidRDefault="00BF7941" w:rsidP="00800919">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...761 lines deleted...]
-    <w:p w:rsidR="00742BA6" w:rsidRPr="00CD11A8" w:rsidRDefault="00742BA6" w:rsidP="00F31FFC">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На портале прием электронного запроса осуществляется в «личном кабинете» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00707C12" w:rsidRPr="00707C12" w:rsidRDefault="002510C3" w:rsidP="003D0792">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...218 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00332F77" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00707C12" w:rsidRPr="00707C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Основанием для отказа в оказании государственной услуги является совершение сделок по отчуждению, в том числе обмену или дарению жилища ребенка-сироты, ребенка, оставшегося без попечения родителей, не достигшего четырнадцатилетнего возраста, или заключение от их имени договора поручительства, сделок по сдаче жилища в безвозмездное пользование или в залог, сделок, влекущих отказ от принадлежащих им прав на наследство по закону, завещанию, раздел их</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00707C12" w:rsidRPr="00707C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жилища или выдел из него доли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D0792" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="003D0792">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...60 lines deleted...]
-        <w:suppressAutoHyphens/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту </w:t>
+      </w:r>
+      <w:r w:rsidR="003B09B2" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги работник ЦОН отказывает в приеме заявления и выдает расписк</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5DF3" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у об отказе в приеме документов по форме согласно приложению 4 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="007F2DBE" w:rsidRDefault="00386B20" w:rsidP="003D0792">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-        <w:suppressAutoHyphens/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003861FF" w:rsidRPr="007F2DBE" w:rsidRDefault="003861FF" w:rsidP="003D0792">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...528 lines deleted...]
-    <w:p w:rsidR="0067457C" w:rsidRPr="00CD11A8" w:rsidRDefault="0067457C" w:rsidP="0067457C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00085331" w:rsidP="00085331">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, города республиканского значения, столицы, районов, городов областного значения, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="0067457C" w:rsidRPr="00CD11A8" w:rsidRDefault="0067457C" w:rsidP="0067457C">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) их должностных лиц, центров обслуживания населения и (или) их работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00085331" w:rsidP="00085331">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="7030A0"/>
-[...12 lines deleted...]
-        </w:numPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00D85D0A" w:rsidP="00D85D0A">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="-3969"/>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...419 lines deleted...]
-    <w:p w:rsidR="00096FDA" w:rsidRPr="00CD11A8" w:rsidRDefault="00096FDA" w:rsidP="00096FDA">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95474" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00085331" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обжалование решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00085331" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00085331" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00085331" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00085331" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо руководителя соответствующего местного исполнительного органа областей, города республиканского значения, столицы (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00085331" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00085331" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о адресам, указанным в пункте 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00085331" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00085331" w:rsidP="00085331">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00085331" w:rsidP="00085331">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В жалобе физического лица указывается его фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidR="005120D4" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00085331" w:rsidP="00085331">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00085331" w:rsidP="00085331">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы в ЦОН, поступившей как нарочно, так и почтой, является ее регистрация (штамп, входящий номер и дата регистрации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">проставляются на втором экземпляре жалобы или сопроводительном письме к жалобе). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00085331" w:rsidP="00085331">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении через портал информацию о порядке обжалования можно получить по телефону </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7EB2" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Единого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7EB2" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7EB2" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>центра</w:t>
+      </w:r>
+      <w:r w:rsidR="00324017" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7EB2" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00324017" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1414</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7EB2" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00085331" w:rsidP="00085331">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из «личного кабинета» доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00085331" w:rsidP="00085331">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или ЦОН, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услогополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или ЦОН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00085331" w:rsidP="00085331">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00085331" w:rsidP="00085331">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085331" w:rsidRPr="007F2DBE" w:rsidRDefault="00D85D0A" w:rsidP="00D85D0A">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="-4678"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...86 lines deleted...]
-    <w:p w:rsidR="00096FDA" w:rsidRPr="00DA45F1" w:rsidRDefault="00096FDA" w:rsidP="00096FDA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95474" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00085331" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00085331" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00085331" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16AD5" w:rsidRPr="007F2DBE" w:rsidRDefault="00C16AD5" w:rsidP="00C16AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00324017" w:rsidRPr="007F2DBE" w:rsidRDefault="00324017" w:rsidP="00C16AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F52685" w:rsidRPr="007F2DBE" w:rsidRDefault="00F52685" w:rsidP="00F52685">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00DA45F1" w:rsidRPr="00CD11A8" w:rsidRDefault="00DA45F1" w:rsidP="00DA45F1">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через центры обслуживания населения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F52685" w:rsidRPr="007F2DBE" w:rsidRDefault="00F52685" w:rsidP="00F52685">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...313 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="00011465" w:rsidRPr="003A5958" w:rsidRDefault="00011465" w:rsidP="00011465">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F52685" w:rsidRPr="007F2DBE" w:rsidRDefault="00D85D0A" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95474" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, имеющим в установленном законодательством порядке полную или частичную утрату способности или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться прием документов для оказания государственной услуги производится работником ЦОН с выездом по месту жительства посредством обращения через </w:t>
+      </w:r>
+      <w:r w:rsidR="005120D4" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Единый контакт-центр по вопросам оказания государственных услуг «1414».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F52685" w:rsidRPr="007F2DBE" w:rsidRDefault="00D85D0A" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95474" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F52685" w:rsidRPr="007F2DBE" w:rsidRDefault="00F52685" w:rsidP="00F52685">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...111 lines deleted...]
-    <w:p w:rsidR="00011465" w:rsidRPr="00CD11A8" w:rsidRDefault="00011465" w:rsidP="00011465">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Министерства www.edu.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F52685" w:rsidRPr="007F2DBE" w:rsidRDefault="00F52685" w:rsidP="00F52685">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...982 lines deleted...]
-    <w:p w:rsidR="0067457C" w:rsidRDefault="0067457C" w:rsidP="0067457C">
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦОН www.con.gov.kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F52685" w:rsidRPr="007F2DBE" w:rsidRDefault="00F52685" w:rsidP="00F52685">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:ind w:left="709"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>портале</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F52685" w:rsidRPr="007F2DBE" w:rsidRDefault="00D95474" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:ind w:left="709"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3CB7" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЭЦП</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F52685" w:rsidRPr="007F2DBE" w:rsidRDefault="00D95474" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:ind w:left="709"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством «личного кабинета» </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70718" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">портала, а также Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C70718" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="005120D4" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «1414»</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F52685" w:rsidRPr="007F2DBE" w:rsidRDefault="00D95474" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...383 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства www.edu.gov.kz, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C3178B" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>bala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kkk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F52685" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F52685" w:rsidRPr="007F2DBE" w:rsidRDefault="00F52685" w:rsidP="00C16AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C16AD5" w:rsidRPr="007F2DBE" w:rsidRDefault="00C16AD5" w:rsidP="00C16AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C16AD5" w:rsidRPr="007F2DBE" w:rsidRDefault="00C16AD5" w:rsidP="00480E49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C16AD5" w:rsidRPr="007F2DBE" w:rsidRDefault="00C16AD5" w:rsidP="00480E49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C16AD5" w:rsidRPr="007F2DBE" w:rsidRDefault="00C16AD5" w:rsidP="00480E49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453C25" w:rsidRPr="007F2DBE" w:rsidRDefault="00453C25" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E7A47" w:rsidRDefault="001E7A47" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E7A47" w:rsidRDefault="001E7A47" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E7A47" w:rsidRDefault="001E7A47" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E7A47" w:rsidRDefault="001E7A47" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E7A47" w:rsidRPr="007F2DBE" w:rsidRDefault="001E7A47" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0082606E" w:rsidRPr="007F2DBE" w:rsidRDefault="0082606E" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453C25" w:rsidRPr="007F2DBE" w:rsidRDefault="00453C25" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00453C25" w:rsidRPr="007F2DBE" w:rsidRDefault="00453C25" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00453C25" w:rsidRPr="007F2DBE" w:rsidRDefault="00D85D0A" w:rsidP="00D85D0A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4820"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...31 lines deleted...]
-        <w:ind w:left="4820"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Выдача справок органов, </w:t>
+      </w:r>
+      <w:r w:rsidR="00453C25" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляющих </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00453C25" w:rsidRPr="007F2DBE" w:rsidRDefault="00453C25" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...29 lines deleted...]
-        <w:ind w:left="708" w:firstLine="4678"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>функции по опеке или попечительству, для оформления сделок с имуществом, принадлежащим на праве собственности несовершеннолетним детям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D1649" w:rsidRPr="007F2DBE" w:rsidRDefault="00D4788E" w:rsidP="00D4788E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:ind w:left="708" w:firstLine="4678"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D4788E" w:rsidRPr="007F2DBE" w:rsidRDefault="00D4788E" w:rsidP="00D4788E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...613 lines deleted...]
-    <w:p w:rsidR="00ED0B3F" w:rsidRPr="00FA694E" w:rsidRDefault="00ED0B3F" w:rsidP="00ED0B3F">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D1649" w:rsidRPr="007F2DBE" w:rsidRDefault="005D1649" w:rsidP="005D1649">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...22 lines deleted...]
-    <w:p w:rsidR="00ED0B3F" w:rsidRPr="00FA694E" w:rsidRDefault="00ED0B3F" w:rsidP="00ED0B3F">
+        <w:ind w:left="5387"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма выходного документа, выданная в бумажном виде </w:t>
+      </w:r>
+      <w:r w:rsidR="00151A47" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16AD5" w:rsidRPr="007F2DBE" w:rsidRDefault="00C16AD5" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B86137" w:rsidRPr="007F2DBE" w:rsidRDefault="00B86137" w:rsidP="00B86137">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86137" w:rsidRPr="007F2DBE" w:rsidRDefault="00B86137" w:rsidP="00B86137">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органов, осуществляющих функции по опеке или попечительству, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86137" w:rsidRPr="007F2DBE" w:rsidRDefault="00B86137" w:rsidP="00B86137">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для оформления сделок с имуществом, принадлежащим на праве </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86137" w:rsidRPr="007F2DBE" w:rsidRDefault="00B86137" w:rsidP="00B86137">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">собственности несовершеннолетним детям, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выдаваемая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00B86137" w:rsidP="00B86137">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по месту нахождения недвижимого имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B86137" w:rsidRPr="007F2DBE" w:rsidRDefault="00B86137" w:rsidP="00B86137">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="003861FF" w:rsidP="00261D52">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Местны</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B3C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнительны</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B3C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган городов Астаны и Алматы, районов и городов областного значения</w:t>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, действующий в интересах несовершеннолетнего (-ей, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х) ___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>разрешает на _________________________________________ недвижимого имущества, расположенного по адресу _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00261D52" w:rsidP="00261D52">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справка действительна в течение 1 (одного) месяца со дня выдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00261D52" w:rsidP="00261D52">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F1A" w:rsidRPr="007F2DBE" w:rsidRDefault="00174F1A" w:rsidP="00174F1A">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель местного исполнительного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174F1A" w:rsidRPr="007F2DBE" w:rsidRDefault="00174F1A" w:rsidP="00174F1A">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органа городов Астаны и Алматы, районов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00174F1A" w:rsidP="00174F1A">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>городов областного значения</w:t>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:tab/>
+        <w:t xml:space="preserve">                (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7C38" w:rsidRPr="007F2DBE" w:rsidRDefault="003E7C38" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00261D52" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00261D52" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00261D52" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00261D52" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00261D52" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00261D52" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00261D52" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00261D52" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261D52" w:rsidRPr="007F2DBE" w:rsidRDefault="00261D52" w:rsidP="00453C25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00151A47" w:rsidRPr="007F2DBE" w:rsidRDefault="003E7C38" w:rsidP="00151A47">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...152 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма выходного документа, выданная в </w:t>
+      </w:r>
+      <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> виде </w:t>
+      </w:r>
+      <w:r w:rsidR="00151A47" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...213 lines deleted...]
-        <w:ind w:left="4962"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7C38" w:rsidRPr="007F2DBE" w:rsidRDefault="003E7C38" w:rsidP="00151A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...48 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8195" w:type="dxa"/>
-        <w:tblInd w:w="1985" w:type="dxa"/>
+        <w:tblW w:w="10107" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1795"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1280"/>
+        <w:gridCol w:w="3536"/>
+        <w:gridCol w:w="3257"/>
+        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="1778"/>
         <w:gridCol w:w="20"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidTr="00ED0B3F">
+      <w:tr w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidTr="00C05D97">
         <w:trPr>
-          <w:trHeight w:val="216"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5275" w:type="dxa"/>
+            <w:tcW w:w="6794" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="2180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD11A8">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="00CD11A8">
+            <w:bookmarkStart w:id="0" w:name="page1"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F2DBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Құжат электрондық үкімет жүйесінде құрылған</w:t>
+              <w:t>Құ</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007F2DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007F2DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F2DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F2DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F2DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>үкімет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F2DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F2DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жүйесінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007F2DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007F2DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>құрылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="480"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD11A8">
+            <w:r w:rsidRPr="007F2DBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>ЭҮП/ПЭП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="20" w:type="dxa"/>
+            <w:tcW w:w="19" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidTr="00ED0B3F">
+      <w:tr w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidTr="00C05D97">
         <w:trPr>
-          <w:trHeight w:val="223"/>
+          <w:trHeight w:val="337"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5275" w:type="dxa"/>
+            <w:tcW w:w="6794" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="2180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD11A8">
+            <w:r w:rsidRPr="007F2DBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Документ сформирован системой электронного правительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1516" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="480"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD11A8">
+            <w:r w:rsidRPr="007F2DBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>ХҚКО/ЦОН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="534"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="20" w:type="dxa"/>
+            <w:tcW w:w="19" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidTr="00ED0B3F">
+      <w:tr w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidTr="00C05D97">
         <w:trPr>
-          <w:trHeight w:val="178"/>
+          <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcW w:w="3537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcW w:w="3256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1516" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="20" w:type="dxa"/>
+            <w:tcW w:w="19" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidTr="00ED0B3F">
+      <w:tr w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidTr="00C05D97">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcW w:w="3537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="2180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CD11A8">
+            <w:r w:rsidRPr="007F2DBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Берілген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00DB1E18">
+            <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CD11A8">
+            <w:r w:rsidRPr="007F2DBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>күні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcW w:w="3256" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="2017"/>
+              <w:ind w:right="2014"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="480"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD11A8">
+            <w:r w:rsidRPr="007F2DBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>АЖО/АРМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="574"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="20" w:type="dxa"/>
+            <w:tcW w:w="19" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidTr="00ED0B3F">
+      <w:tr w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidTr="00C05D97">
         <w:trPr>
-          <w:trHeight w:val="128"/>
+          <w:trHeight w:val="163"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcW w:w="3537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="2180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CD11A8">
+            <w:r w:rsidRPr="007F2DBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>Дата</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00DB1E18">
+            <w:r w:rsidR="00261D52" w:rsidRPr="007F2DBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CD11A8">
+            <w:r w:rsidRPr="007F2DBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>выдачи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcW w:w="3256" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="11"/>
-                <w:szCs w:val="11"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="11"/>
-                <w:szCs w:val="11"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="11"/>
-                <w:szCs w:val="11"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="20" w:type="dxa"/>
+            <w:tcW w:w="19" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidTr="00ED0B3F">
+      <w:tr w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidTr="00C05D97">
         <w:trPr>
-          <w:trHeight w:val="95"/>
+          <w:trHeight w:val="174"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcW w:w="3537" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="8"/>
-                <w:szCs w:val="8"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3480" w:type="dxa"/>
+            <w:tcW w:w="3256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="8"/>
-                <w:szCs w:val="8"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="1516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="8"/>
-                <w:szCs w:val="8"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="8"/>
-                <w:szCs w:val="8"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="20" w:type="dxa"/>
+            <w:tcW w:w="19" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="00DB1E18">
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidTr="00C05D97">
+        <w:trPr>
+          <w:trHeight w:val="171"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3256" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="19" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003E7CE8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00361A0B" w:rsidRDefault="00361A0B" w:rsidP="00625169">
-[...513 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="27CBF9AB" wp14:editId="5735E0A6">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>76200</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-785495</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1216660" cy="566420"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="5080"/>
+            <wp:wrapNone/>
+            <wp:docPr id="3" name="Рисунок 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1216660" cy="566420"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A036A" w:rsidRPr="007F2DBE" w:rsidRDefault="007A036A" w:rsidP="007A036A">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Справка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A036A" w:rsidRPr="007F2DBE" w:rsidRDefault="007A036A" w:rsidP="007A036A">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органов, осуществляющих функции по опеке или попечительству, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A036A" w:rsidRPr="007F2DBE" w:rsidRDefault="007A036A" w:rsidP="007A036A">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для оформления сделок с имуществом, принадлежащим на праве </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A036A" w:rsidRPr="007F2DBE" w:rsidRDefault="007A036A" w:rsidP="007A036A">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">собственности несовершеннолетним детям, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>выдаваемая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="007A036A" w:rsidP="007A036A">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D4056F">
-[...13 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>по месту нахождения недвижимого имущества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003224C2" w:rsidRPr="007F2DBE" w:rsidRDefault="003224C2" w:rsidP="00C658D8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C05D97" w:rsidRPr="007F2DBE" w:rsidRDefault="0083384B" w:rsidP="00C658D8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...35 lines deleted...]
-      <w:pPr>
+        <w:ind w:right="800"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Местны</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B3C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнительны</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B3C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган городов Астаны и Алматы, районов и городов областного значения</w:t>
+      </w:r>
+      <w:r w:rsidR="008E68E2" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, действующий в интереса </w:t>
+      </w:r>
+      <w:r w:rsidR="003F3327" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">несовершеннолетнего (-ей, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003F3327" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003F3327" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">х) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C05D97" w:rsidRPr="007F2DBE" w:rsidRDefault="00C05D97" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426"/>
-[...76 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="3960"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="3960"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="48F81DBD" wp14:editId="7199C8E7">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-444763</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>22548</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="6840220" cy="7620"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Рисунок 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6840220" cy="7620"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97FD9" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97FD9" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97FD9" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D97FD9" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(при его наличии </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D97FD9" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>есовершеннолетнего (-ей, - их))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C658D8" w:rsidRDefault="00C658D8" w:rsidP="00C05D97">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C658D8" w:rsidRDefault="006F7B42" w:rsidP="00C05D97">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разрешает </w:t>
+      </w:r>
+      <w:r w:rsidR="00C658D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на __________________________________________________недвижимого имущества  по адресу __________________________________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C658D8" w:rsidRPr="00C658D8" w:rsidRDefault="00C658D8" w:rsidP="00C05D97">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C658D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         (адрес недвижимости)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C658D8" w:rsidRDefault="00C658D8" w:rsidP="006F7B42">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F7B42" w:rsidRPr="006F7B42" w:rsidRDefault="006F7B42" w:rsidP="002F6A22">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F7B42">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Справка действительна в течение 1 (одного) месяца со дня выдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F7B42" w:rsidRPr="006F7B42" w:rsidRDefault="006F7B42" w:rsidP="006F7B42">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F7B42">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Руководитель местного исполнительного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F7B42" w:rsidRPr="006F7B42" w:rsidRDefault="006F7B42" w:rsidP="006F7B42">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F7B42">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органа городов Астаны и Алматы, районов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F7B42" w:rsidRPr="002F6A22" w:rsidRDefault="006F7B42" w:rsidP="002F6A22">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F7B42">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">городов областного значения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F7B42">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006F7B42">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F7B42">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F7B42">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006F7B42">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006F7B42">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006F7B42">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003F3327">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...108 lines deleted...]
-    <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="0050749B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A036A" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003F3327">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
         <w:ind w:left="20" w:right="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB1E18">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CD11A8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB1E18">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CD11A8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB1E18">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD11A8">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB1E18">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD11A8">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB1E18">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD11A8">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB1E18">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD11A8">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB1E18">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD11A8">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00625169">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолтаңба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CD11A8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB1E18">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CD11A8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>» 2003 жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB1E18">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD11A8">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB1E18">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаңтардағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CD11A8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 370-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DB1E18">
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD11A8">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="0050749B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заныңын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-бабының 1-тармағына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тасығыштағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжатқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05D97" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="00115F20" w:rsidP="003F3327">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
-        <w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="20" w:right="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="02AC3CD1" wp14:editId="24A5C74A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-98425</wp:posOffset>
+              <wp:posOffset>-14605</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>439420</wp:posOffset>
+              <wp:posOffset>342900</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="6057900" cy="1181100"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="6143625" cy="1197610"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="2540"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
-                <wp:lineTo x="0" y="21252"/>
-[...1 lines deleted...]
-                <wp:lineTo x="21532" y="0"/>
+                <wp:lineTo x="0" y="21302"/>
+                <wp:lineTo x="21567" y="21302"/>
+                <wp:lineTo x="21567" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6057900" cy="1181100"/>
+                      <a:ext cx="6143625" cy="1197610"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00CD11A8">
+      <w:r w:rsidR="00C05D97" w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Данный документ согласно пункту 1 статьи 7 З</w:t>
-[...56 lines deleted...]
-    <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="0050749B">
+        <w:t xml:space="preserve">Данный документ согласно пункту 1 статьи 7 ЗРК от 7 января 2003 года «Об электронном документе и электронный цифровой подписи» равнозначен документу на бумажном носителе.                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="003F3327">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="0050749B" w:rsidRPr="00CD11A8" w:rsidRDefault="0050749B" w:rsidP="0050749B">
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Штрих-код «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүйесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолтаңбамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтиды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A036A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidRDefault="003F3327" w:rsidP="007A036A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
+        <w:ind w:right="380"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003F3327" w:rsidRPr="007F2DBE" w:rsidSect="00DB0E91">
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="1134" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720" w:equalWidth="0">
+            <w:col w:w="9631"/>
+          </w:cols>
+          <w:noEndnote/>
+          <w:docGrid w:linePitch="299"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:overflowPunct w:val="0"/>
+        <w:t xml:space="preserve">Штрих-код содержит данные, предоставленные информационной системой «Электронный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>» и подписанные электронно-цифровой подписью</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480E49" w:rsidRPr="007F2DBE" w:rsidRDefault="00F76E61" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00480E49" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480E49" w:rsidRPr="007F2DBE" w:rsidRDefault="00480E49" w:rsidP="00480E49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3178B" w:rsidRPr="007F2DBE" w:rsidRDefault="00480E49" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Выдача справок органов, осуществляющих функции по опеке или попечительству, для оформления сделок с имуществом, принадлежащим на праве собственности несовершеннолетним детям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7C38" w:rsidRPr="007F2DBE" w:rsidRDefault="003E7C38" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C160F" w:rsidRPr="007F2DBE" w:rsidRDefault="00151A47" w:rsidP="009C160F">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Руководител</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="009C160F" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местного исполнительного органа городов Астаны и Алматы, районов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F7A05" w:rsidRDefault="009C160F" w:rsidP="009C160F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>городов областного значения</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8532C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8532C" w:rsidRPr="007F2DBE" w:rsidRDefault="00B8532C" w:rsidP="009C160F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от супругов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F76E61" w:rsidRPr="007F2DBE" w:rsidRDefault="00B8532C" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4542" w:firstLine="561"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C38" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E96412" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F76E61" w:rsidRPr="007F2DBE" w:rsidRDefault="00F76E61" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4395"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">индивидуальный идентификационный      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8532C" w:rsidRPr="007F2DBE" w:rsidRDefault="00F76E61" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4395"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            номер</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8532C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8532C" w:rsidRPr="007F2DBE" w:rsidRDefault="00F76E61" w:rsidP="007D5A14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Проживающих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8532C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по адресу, телефон</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8532C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8532C" w:rsidRPr="007F2DBE" w:rsidRDefault="00B8532C" w:rsidP="007D5A14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8532C" w:rsidRPr="007F2DBE" w:rsidRDefault="00B8532C" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Просим Вашего разрешения на отчуждение недвижимого имущества, расположенного по адресу: __________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8532C" w:rsidRPr="007F2DBE" w:rsidRDefault="00B8532C" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имеем детей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8532C" w:rsidRPr="007F2DBE" w:rsidRDefault="00B8532C" w:rsidP="00873E84">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1.______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7C38" w:rsidRPr="007F2DBE" w:rsidRDefault="00B8532C" w:rsidP="00873E84">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C38" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F76E61" w:rsidRPr="007F2DBE" w:rsidRDefault="00F76E61" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B8532C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать Ф.И.О</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C38" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C38" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8532C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E96412" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96412" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B8532C" w:rsidRPr="007F2DBE" w:rsidRDefault="00F76E61" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8532C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детей, год рождения, № свидетельства о рождении, дети старше 10 лет расписываются, пишут слово – «согласны»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F76E61" w:rsidRPr="007F2DBE" w:rsidRDefault="00B8532C" w:rsidP="00905A2E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сведения об отце (Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96412" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(при его наличии) и </w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, № удостоверения личности, кем и </w:t>
+      </w:r>
+      <w:r w:rsidR="00E96412" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">когда </w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C38" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выдано</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96412" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C38" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96412" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C38" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F76E61" w:rsidRPr="007F2DBE" w:rsidRDefault="00B8532C" w:rsidP="00905A2E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сведения о матери (Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C38" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96412" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный   номер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, № удостоверения личности, кем и когда выдано)___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C38" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F76E61" w:rsidRPr="007F2DBE" w:rsidRDefault="00B8532C" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Адрес дальнейшего проживания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F76E61" w:rsidRPr="007F2DBE" w:rsidRDefault="00885BDE" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фразу </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8532C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«В дальнейшем дети будут обеспечены жильем» (написать </w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C38" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8532C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обственноручно)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F76E61" w:rsidRPr="007F2DBE" w:rsidRDefault="00873E84" w:rsidP="00905A2E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (а) на использования сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00905A2E" w:rsidRPr="007F2DBE" w:rsidRDefault="00F76E61" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B8532C" w:rsidRPr="007F2DBE" w:rsidRDefault="00151A47" w:rsidP="00A070C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E7C38" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«___»___________20__ года</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B8532C" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Подпись обоих супругов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00151A47" w:rsidRPr="007F2DBE" w:rsidRDefault="00151A47" w:rsidP="00A070C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00151A47" w:rsidRPr="007F2DBE" w:rsidRDefault="00151A47" w:rsidP="00A070C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A070C0" w:rsidRPr="007F2DBE" w:rsidRDefault="00A070C0" w:rsidP="00B87E4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47652" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A070C0" w:rsidRPr="007F2DBE" w:rsidRDefault="00A070C0" w:rsidP="00A070C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480E49" w:rsidRPr="007F2DBE" w:rsidRDefault="00A070C0" w:rsidP="006F6239">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Выдача справок органов, осуществляющих функции по опеке или попечительству, для оформления сделок с имуществом, принадлежащим на праве собственности несовершеннолетним детям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E7C38" w:rsidRPr="007F2DBE" w:rsidRDefault="003E7C38" w:rsidP="00441492">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480AA4" w:rsidRPr="007F2DBE" w:rsidRDefault="00480AA4" w:rsidP="00480AA4">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Руководител</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00151A47" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местного исполнительного органа городов Астаны и Алматы, районов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480AA4" w:rsidRPr="007F2DBE" w:rsidRDefault="00480AA4" w:rsidP="00480AA4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>городов областного значения</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2C54" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F76E61" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00480AA4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от супругов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00F76E61">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Ф.И.О. </w:t>
+      </w:r>
+      <w:r w:rsidR="00163F76" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidR="009F312A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00F76E61" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00F76E61" w:rsidP="006F6239">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Проживающих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2C54" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по адресу, телефон</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2C54" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00D85D0A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00EA2C54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Просим Вашего разрешения на залог недвижимого имущества, расположенного по адресу: __________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="009F312A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00163F76" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00EA2C54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для получения кредита в размере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________ сроком </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00EA2C54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имеем детей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00EA2C54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1.____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00905A2E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2._________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidR="00905A2E" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00420197" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(при его наличии) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00905A2E" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00905A2E" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер</w:t>
+      </w:r>
+      <w:r w:rsidR="009F312A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей, год рождения, № свидетельства о рождении, дети старше 10 лет расписываются, пишут слово – «согласны»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00EA2C54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сведения об отце (Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidR="006574B1" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidR="00905A2E" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00905A2E" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный</w:t>
+      </w:r>
+      <w:r w:rsidR="00905A2E" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, № удостоверения личности, кем и когда выдано)________</w:t>
+      </w:r>
+      <w:r w:rsidR="00905A2E" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00EA2C54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сведения о матери (Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidR="006574B1" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidR="009F312A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00905A2E" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный</w:t>
+      </w:r>
+      <w:r w:rsidR="00905A2E" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, № удостоверения личности, кем и когда выдано)___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00163F76" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00EA2C54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Письмо из банка №_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E21BF7" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00EA2C54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае потери жилья дети будут проживать по адресу (указать адрес дополнительной площади или адреса близких родственников, согласных взять детей), фразу «обязуемся в дальнейшем</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей не оставить без жилья» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">написать собственноручно </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA2C54" w:rsidRPr="007F2DBE" w:rsidRDefault="00EA2C54" w:rsidP="00EA2C54">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B87E4E" w:rsidRPr="007F2DBE" w:rsidRDefault="00B87E4E" w:rsidP="00B87E4E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (а) на использования сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00151A47" w:rsidRPr="007F2DBE" w:rsidRDefault="00151A47" w:rsidP="001E3606">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="00151A47" w:rsidP="001E3606">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«___ »__________20__г. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D85D0A" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00163F76" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2C54" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Подпись обоих супругов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00914120" w:rsidRPr="007F2DBE" w:rsidRDefault="00914120" w:rsidP="006F0555">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Выдача справок органов, осуществляющих функции по опеке или попечительству, для оформления сделок с имуществом, принадлежащим на праве собственности несовершеннолетним детям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E7A47" w:rsidRPr="007F2DBE" w:rsidRDefault="001E7A47" w:rsidP="001E7A47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="254" w:lineRule="auto"/>
-[...441 lines deleted...]
-    <w:p w:rsidR="00132C67" w:rsidRPr="00B22633" w:rsidRDefault="00132C67" w:rsidP="00132C67">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00132C67" w:rsidRPr="00B22633" w:rsidRDefault="00132C67" w:rsidP="00132C67">
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="00D128B9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
-[...42 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D128B9" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .(при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, либо наименование</w:t>
+      </w:r>
+      <w:r w:rsidR="00D128B9" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00132C67" w:rsidRPr="00B22633" w:rsidRDefault="00132C67" w:rsidP="00132C67">
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00132C67" w:rsidRPr="00B22633" w:rsidRDefault="00132C67" w:rsidP="00132C67">
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="00531B12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00132C67" w:rsidRPr="00B22633" w:rsidRDefault="005774B0" w:rsidP="00132C67">
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="009220FC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00132C67" w:rsidRPr="00B22633" w:rsidRDefault="00132C67" w:rsidP="00132C67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00132C67" w:rsidRPr="001E2795" w:rsidRDefault="00132C67" w:rsidP="00132C67">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Расписка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...51 lines deleted...]
-    <w:p w:rsidR="00DB1E18" w:rsidRPr="005274E5" w:rsidRDefault="00DB1E18" w:rsidP="00CE7054">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00CE7054" w:rsidRPr="00850F56" w:rsidRDefault="00CE7054" w:rsidP="00CE7054">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00CE7054" w:rsidRPr="009A68E0" w:rsidRDefault="00CE7054" w:rsidP="00CE7054">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководствуясь подпунктом 2 статьи 20 Закона Республики Казахстан от 15 апреля 2013 года «О государственных услугах», </w:t>
+      </w:r>
+      <w:r w:rsidR="00914120" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдел № __ филиала РГП «Центр обслуживания населения» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00914120" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00CE7054" w:rsidRPr="00264205" w:rsidRDefault="00DB1E18" w:rsidP="00CE7054">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...168 lines deleted...]
-    <w:p w:rsidR="00CE7054" w:rsidRPr="00264205" w:rsidRDefault="00CE7054" w:rsidP="00CE7054">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отказывает в приеме документов на оказание государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00CE7054" w:rsidRPr="009A68E0" w:rsidRDefault="00CE7054" w:rsidP="00CE7054">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00885BDE" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885BDE" w:rsidRPr="007F2DBE" w:rsidRDefault="00885BDE" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00CE7054" w:rsidRPr="009A68E0" w:rsidRDefault="00CE7054" w:rsidP="00CE7054">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0555" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(наименование государственной услуги) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00065F4F" w:rsidRPr="00264205" w:rsidRDefault="00CE7054" w:rsidP="004E44D5">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...225 lines deleted...]
-    <w:p w:rsidR="00CE7054" w:rsidRPr="00B22633" w:rsidRDefault="00CE7054" w:rsidP="00CE7054">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...204 lines deleted...]
-    <w:p w:rsidR="00CE7054" w:rsidRPr="004E44D5" w:rsidRDefault="00CE7054" w:rsidP="00CE7054">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...195 lines deleted...]
-    <w:p w:rsidR="00CE7054" w:rsidRPr="004E44D5" w:rsidRDefault="00CE7054" w:rsidP="00CE7054">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...79 lines deleted...]
-    <w:p w:rsidR="00CE7054" w:rsidRPr="004E44D5" w:rsidRDefault="00CE7054" w:rsidP="00CE7054">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="00885BDE" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...253 lines deleted...]
-    <w:p w:rsidR="00CE7054" w:rsidRPr="00264205" w:rsidRDefault="00065F4F" w:rsidP="004E4783">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="00D85D0A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="00CE7054" w:rsidRPr="009A68E0" w:rsidRDefault="00264205" w:rsidP="00CE7054">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящая расписка составлена в 2 экз</w:t>
+      </w:r>
+      <w:r w:rsidR="00885BDE" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>емплярах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, по одному для каждой стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="007F2DBE" w:rsidRDefault="006F0555" w:rsidP="006F0555">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...206 lines deleted...]
-    <w:p w:rsidR="00B22633" w:rsidRPr="00B22633" w:rsidRDefault="00B22633" w:rsidP="00B22633">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A44BD0" w:rsidRPr="007F2DBE" w:rsidRDefault="00A44BD0" w:rsidP="00A44BD0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00B22633" w:rsidRPr="00B22633" w:rsidRDefault="00B22633" w:rsidP="00B22633">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.(при его наличии) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A44BD0" w:rsidRPr="007F2DBE" w:rsidRDefault="00A44BD0" w:rsidP="00A44BD0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
-[...47 lines deleted...]
-    <w:p w:rsidR="00B22633" w:rsidRPr="00B22633" w:rsidRDefault="00B22633" w:rsidP="00B22633">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(работника </w:t>
+      </w:r>
+      <w:r w:rsidR="00151A47" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦОН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00151A47" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A44BD0" w:rsidRPr="007F2DBE" w:rsidRDefault="00A44BD0" w:rsidP="00A44BD0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00B22633" w:rsidRPr="00B22633" w:rsidRDefault="00B22633" w:rsidP="00B22633">
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885BDE" w:rsidRPr="007F2DBE" w:rsidRDefault="00885BDE" w:rsidP="00885BDE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00B22633" w:rsidRPr="00B22633" w:rsidRDefault="007177EC" w:rsidP="00B22633">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.(при его наличии) исполнителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885BDE" w:rsidRPr="007F2DBE" w:rsidRDefault="00885BDE" w:rsidP="00885BDE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="00575CE0" w:rsidRPr="00385A33" w:rsidRDefault="00B22633" w:rsidP="00B22633">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Телефон __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885BDE" w:rsidRPr="007F2DBE" w:rsidRDefault="00885BDE" w:rsidP="00885BDE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4820"/>
-[...983 lines deleted...]
-    <w:p w:rsidR="006560FC" w:rsidRPr="00CD11A8" w:rsidRDefault="00385A33" w:rsidP="004E44D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00531B12" w:rsidRPr="007F2DBE" w:rsidRDefault="00885BDE" w:rsidP="00531B12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...54 lines deleted...]
-    <w:p w:rsidR="006560FC" w:rsidRPr="006503F2" w:rsidRDefault="006503F2" w:rsidP="006503F2">
+        <w:ind w:left="4248" w:hanging="4248"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Получил Ф.И.О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.(при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidR="00531B12" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00531B12" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00531B12" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885BDE" w:rsidRPr="007F2DBE" w:rsidRDefault="00531B12" w:rsidP="00531B12">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2832" w:firstLine="708"/>
-[...213 lines deleted...]
-    <w:p w:rsidR="00073A41" w:rsidRPr="009A68E0" w:rsidRDefault="00073A41" w:rsidP="00073A41">
+        <w:ind w:left="4248" w:hanging="4248"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00885BDE" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00885BDE" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00885BDE" w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0555" w:rsidRPr="00BD210E" w:rsidRDefault="00885BDE" w:rsidP="00885BDE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="5103"/>
-[...1077 lines deleted...]
-      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«___» _________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="006F0555" w:rsidRPr="00BD210E" w:rsidSect="002510C3">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:pgSz w:w="11906" w:h="16840"/>
+      <w:pgMar w:top="1418" w:right="1274" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C7322E" w:rsidRDefault="00C7322E" w:rsidP="00F94DC7">
+    <w:p w:rsidR="00606B34" w:rsidRDefault="00606B34" w:rsidP="0095222E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C7322E" w:rsidRDefault="00C7322E" w:rsidP="00F94DC7">
+    <w:p w:rsidR="00606B34" w:rsidRDefault="00606B34" w:rsidP="0095222E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...15 lines deleted...]
-    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C7322E" w:rsidRDefault="00C7322E" w:rsidP="00F94DC7">
+    <w:p w:rsidR="00606B34" w:rsidRDefault="00606B34" w:rsidP="0095222E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C7322E" w:rsidRDefault="00C7322E" w:rsidP="00F94DC7">
+    <w:p w:rsidR="00606B34" w:rsidRDefault="00606B34" w:rsidP="0095222E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-759983730"/>
-[...64 lines deleted...]
-      <w:id w:val="-601264730"/>
+      <w:id w:val="1574233044"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00DB1E18" w:rsidRPr="00193FD6" w:rsidRDefault="00DB1E18">
+      <w:p w:rsidR="00F7391C" w:rsidRPr="003C3A74" w:rsidRDefault="00F7391C">
         <w:pPr>
           <w:pStyle w:val="a6"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00193FD6">
+        <w:r w:rsidRPr="003C3A74">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00193FD6">
+        <w:r w:rsidRPr="003C3A74">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00193FD6">
+        <w:r w:rsidRPr="003C3A74">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006F5D34" w:rsidRPr="006F5D34">
+        <w:r w:rsidR="00420197" w:rsidRPr="00420197">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidRPr="00193FD6">
+        <w:r w:rsidRPr="003C3A74">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00DB1E18" w:rsidRDefault="00DB1E18">
+  <w:p w:rsidR="00F7391C" w:rsidRDefault="00F7391C">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1653103743"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w:rsidR="0095222E" w:rsidRPr="0095222E" w:rsidRDefault="009F04C6" w:rsidP="0095222E">
+        <w:pPr>
+          <w:pStyle w:val="a6"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="0095222E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0095222E" w:rsidRPr="0095222E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="0095222E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00420197" w:rsidRPr="00420197">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0095222E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="02DB336F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B150EA3C"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
@@ -16975,65 +14183,63 @@
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="03686433"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="78A6EF04"/>
-    <w:lvl w:ilvl="0" w:tplc="1E0E89D4">
+    <w:tmpl w:val="8B76A13E"/>
+    <w:lvl w:ilvl="0" w:tplc="4C667044">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1353" w:hanging="360"/>
+        <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -17068,51 +14274,51 @@
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="05D31567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="55D06A3E"/>
+    <w:tmpl w:val="D82EEB26"/>
     <w:lvl w:ilvl="0" w:tplc="9014B650">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17327,222 +14533,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="07E92056"/>
-[...170 lines deleted...]
-  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="0FFE2530"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABD48898"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17584,137 +14618,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="127720C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84E61218"/>
     <w:lvl w:ilvl="0" w:tplc="91E80B6C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2119" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2839" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -17759,51 +14707,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6439" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7159" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7879" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="15796783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C35AEC00"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17845,51 +14793,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="15AF0320"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41085AEE"/>
     <w:lvl w:ilvl="0" w:tplc="AE8253E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -17934,676 +14882,150 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="15EA7228"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="318A401D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2CBEC300"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="9370BEA4"/>
+    <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3905" w:hanging="360"/>
-[...85 lines deleted...]
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
-[...439 lines deleted...]
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="57582363"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84E61218"/>
     <w:lvl w:ilvl="0" w:tplc="91E80B6C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2119" w:hanging="360"/>
+        <w:ind w:left="8015" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2839" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3559" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -18638,137 +15060,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6439" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7159" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7879" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="5BBD2198"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76DC62D0"/>
     <w:lvl w:ilvl="0" w:tplc="41942402">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -18814,51 +15150,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="5DB11D6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21DEC868"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3060" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18900,309 +15236,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7380" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8100" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="63D52DBD"/>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="5E303038"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DDBE6ECA"/>
+    <w:tmpl w:val="1E5E5424"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2148" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2868" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3588" w:hanging="180"/>
+        <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4308" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5028" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5748" w:hanging="180"/>
+        <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6468" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7188" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7908" w:hanging="180"/>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
-[...171 lines deleted...]
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="73152FA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E5E5424"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19244,137 +15408,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
-    <w:nsid w:val="7C342B22"/>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="73387638"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CF881F3E"/>
+    <w:tmpl w:val="1E5E5424"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1428" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2148" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2868" w:hanging="180"/>
+        <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3588" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4308" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5028" w:hanging="180"/>
+        <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5748" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6468" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7188" w:hanging="180"/>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="7D102014"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9370BEA4"/>
     <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -19419,551 +15583,493 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
-[...84 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="17"/>
-[...22 lines deleted...]
-  <w:num w:numId="25">
     <w:abstractNumId w:val="15"/>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F2A1F"/>
-    <w:rsid w:val="000008B2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00011465"/>
+    <w:rsid w:val="00004D40"/>
+    <w:rsid w:val="00006EFA"/>
+    <w:rsid w:val="00037AF2"/>
+    <w:rsid w:val="000458B9"/>
     <w:rsid w:val="00046C85"/>
-    <w:rsid w:val="00065F4F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000C0E42"/>
+    <w:rsid w:val="00051AF9"/>
+    <w:rsid w:val="00062ACD"/>
+    <w:rsid w:val="00067C0B"/>
+    <w:rsid w:val="00085331"/>
+    <w:rsid w:val="000972B5"/>
+    <w:rsid w:val="000A7EB2"/>
+    <w:rsid w:val="000B736D"/>
     <w:rsid w:val="000C2499"/>
-    <w:rsid w:val="000C6D86"/>
     <w:rsid w:val="000D39A5"/>
+    <w:rsid w:val="000E2F98"/>
     <w:rsid w:val="000E7BF6"/>
-    <w:rsid w:val="000F57A4"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00132C67"/>
+    <w:rsid w:val="00100F4E"/>
+    <w:rsid w:val="00115F20"/>
+    <w:rsid w:val="00125F44"/>
     <w:rsid w:val="00135B45"/>
+    <w:rsid w:val="001367F9"/>
+    <w:rsid w:val="001461E2"/>
+    <w:rsid w:val="00151405"/>
+    <w:rsid w:val="00151556"/>
+    <w:rsid w:val="00151A47"/>
+    <w:rsid w:val="00163F76"/>
+    <w:rsid w:val="00174F1A"/>
     <w:rsid w:val="001855B7"/>
-    <w:rsid w:val="001869E4"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001C54D9"/>
+    <w:rsid w:val="0018773A"/>
+    <w:rsid w:val="001B748B"/>
+    <w:rsid w:val="001C4F47"/>
     <w:rsid w:val="001D1637"/>
     <w:rsid w:val="001E0BE3"/>
     <w:rsid w:val="001E2D68"/>
-    <w:rsid w:val="001E5544"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0021311C"/>
+    <w:rsid w:val="001E3606"/>
+    <w:rsid w:val="001E7A47"/>
+    <w:rsid w:val="001F0A3E"/>
+    <w:rsid w:val="0021149B"/>
+    <w:rsid w:val="00223DCE"/>
     <w:rsid w:val="002309D8"/>
-    <w:rsid w:val="002463DB"/>
+    <w:rsid w:val="00233A84"/>
+    <w:rsid w:val="002510C3"/>
     <w:rsid w:val="0025166D"/>
+    <w:rsid w:val="00254012"/>
+    <w:rsid w:val="002545A0"/>
     <w:rsid w:val="00256011"/>
-    <w:rsid w:val="00264205"/>
-    <w:rsid w:val="00275885"/>
+    <w:rsid w:val="00261D52"/>
+    <w:rsid w:val="0027060C"/>
+    <w:rsid w:val="00272ED6"/>
+    <w:rsid w:val="0028204B"/>
     <w:rsid w:val="0028302F"/>
-    <w:rsid w:val="00290FF2"/>
-    <w:rsid w:val="00292B7C"/>
+    <w:rsid w:val="0029338B"/>
     <w:rsid w:val="00295E6F"/>
+    <w:rsid w:val="00297623"/>
+    <w:rsid w:val="002A51C0"/>
     <w:rsid w:val="002A6000"/>
+    <w:rsid w:val="002B74E1"/>
+    <w:rsid w:val="002D1775"/>
+    <w:rsid w:val="002D4856"/>
     <w:rsid w:val="002D5BFC"/>
-    <w:rsid w:val="002E1ED5"/>
     <w:rsid w:val="002F1706"/>
-    <w:rsid w:val="003036FC"/>
-    <w:rsid w:val="00322DBC"/>
+    <w:rsid w:val="002F6A22"/>
+    <w:rsid w:val="00300272"/>
+    <w:rsid w:val="003224C2"/>
     <w:rsid w:val="00323C46"/>
-    <w:rsid w:val="003467B3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00364DC7"/>
+    <w:rsid w:val="00324017"/>
+    <w:rsid w:val="00324285"/>
+    <w:rsid w:val="00327056"/>
+    <w:rsid w:val="00332F77"/>
+    <w:rsid w:val="00337E75"/>
+    <w:rsid w:val="00345C51"/>
+    <w:rsid w:val="003502A8"/>
+    <w:rsid w:val="003578F7"/>
+    <w:rsid w:val="0036283D"/>
     <w:rsid w:val="003764CF"/>
-    <w:rsid w:val="00383E8A"/>
-    <w:rsid w:val="00385A33"/>
+    <w:rsid w:val="003773A8"/>
+    <w:rsid w:val="003861FF"/>
     <w:rsid w:val="00386B20"/>
     <w:rsid w:val="00392B19"/>
-    <w:rsid w:val="003A0EF7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003A5958"/>
+    <w:rsid w:val="003A6122"/>
+    <w:rsid w:val="003B09B2"/>
     <w:rsid w:val="003B3385"/>
     <w:rsid w:val="003B4A05"/>
+    <w:rsid w:val="003C3A74"/>
     <w:rsid w:val="003C532B"/>
     <w:rsid w:val="003C6BA8"/>
     <w:rsid w:val="003D0792"/>
-    <w:rsid w:val="003D5D0C"/>
-    <w:rsid w:val="003E71BB"/>
+    <w:rsid w:val="003E0B06"/>
+    <w:rsid w:val="003E6942"/>
+    <w:rsid w:val="003E6FFB"/>
+    <w:rsid w:val="003E76CF"/>
+    <w:rsid w:val="003E7C38"/>
+    <w:rsid w:val="003F1656"/>
     <w:rsid w:val="003F16E4"/>
-    <w:rsid w:val="00405874"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00410EF6"/>
+    <w:rsid w:val="003F3327"/>
+    <w:rsid w:val="00407E1B"/>
+    <w:rsid w:val="00420197"/>
     <w:rsid w:val="0042045E"/>
     <w:rsid w:val="0042779F"/>
-    <w:rsid w:val="00432F03"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004767FC"/>
+    <w:rsid w:val="00432F15"/>
+    <w:rsid w:val="004375A8"/>
+    <w:rsid w:val="00441492"/>
+    <w:rsid w:val="00442B76"/>
+    <w:rsid w:val="00453C25"/>
+    <w:rsid w:val="00460F8C"/>
+    <w:rsid w:val="00480AA4"/>
     <w:rsid w:val="00480E49"/>
-    <w:rsid w:val="004A5893"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004E4783"/>
+    <w:rsid w:val="004815BD"/>
+    <w:rsid w:val="00491E3D"/>
+    <w:rsid w:val="00492B8A"/>
+    <w:rsid w:val="004C3BAA"/>
+    <w:rsid w:val="004D2E3D"/>
+    <w:rsid w:val="004D3204"/>
+    <w:rsid w:val="004E3B8F"/>
     <w:rsid w:val="004E483D"/>
-    <w:rsid w:val="004E5650"/>
-    <w:rsid w:val="0050749B"/>
+    <w:rsid w:val="004F1991"/>
+    <w:rsid w:val="004F286E"/>
+    <w:rsid w:val="00501D89"/>
+    <w:rsid w:val="00511FB9"/>
+    <w:rsid w:val="005120D4"/>
+    <w:rsid w:val="005208F2"/>
     <w:rsid w:val="005224AD"/>
     <w:rsid w:val="00524E48"/>
-    <w:rsid w:val="005274E5"/>
+    <w:rsid w:val="00531B12"/>
     <w:rsid w:val="005418C0"/>
     <w:rsid w:val="00546FEB"/>
-    <w:rsid w:val="00560262"/>
-    <w:rsid w:val="005611CD"/>
+    <w:rsid w:val="00561C1B"/>
     <w:rsid w:val="005723F5"/>
-    <w:rsid w:val="00575CE0"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005E1667"/>
+    <w:rsid w:val="00572514"/>
+    <w:rsid w:val="0059401C"/>
+    <w:rsid w:val="005D1649"/>
+    <w:rsid w:val="005E785B"/>
     <w:rsid w:val="005F2B79"/>
-    <w:rsid w:val="00613384"/>
-    <w:rsid w:val="0061522E"/>
+    <w:rsid w:val="005F46FD"/>
+    <w:rsid w:val="00601C6C"/>
+    <w:rsid w:val="00606B34"/>
     <w:rsid w:val="0062331F"/>
-    <w:rsid w:val="00625169"/>
+    <w:rsid w:val="00627412"/>
+    <w:rsid w:val="0063524B"/>
     <w:rsid w:val="00640FDC"/>
-    <w:rsid w:val="006503F2"/>
-    <w:rsid w:val="006560FC"/>
+    <w:rsid w:val="00651360"/>
+    <w:rsid w:val="006574B1"/>
     <w:rsid w:val="00663701"/>
-    <w:rsid w:val="006662B9"/>
-[...5 lines deleted...]
-    <w:rsid w:val="006A1A66"/>
+    <w:rsid w:val="00664EE6"/>
+    <w:rsid w:val="00666E27"/>
+    <w:rsid w:val="006B55FF"/>
+    <w:rsid w:val="006B5DF3"/>
+    <w:rsid w:val="006C13D0"/>
     <w:rsid w:val="006C5AF4"/>
     <w:rsid w:val="006C6374"/>
-    <w:rsid w:val="006F5D34"/>
-    <w:rsid w:val="0070194D"/>
+    <w:rsid w:val="006E5A98"/>
+    <w:rsid w:val="006F0555"/>
+    <w:rsid w:val="006F6239"/>
+    <w:rsid w:val="006F797D"/>
+    <w:rsid w:val="006F7B42"/>
     <w:rsid w:val="00703A30"/>
-    <w:rsid w:val="00705BCE"/>
-    <w:rsid w:val="00706DD8"/>
+    <w:rsid w:val="00706F4C"/>
+    <w:rsid w:val="00707C12"/>
     <w:rsid w:val="007133A0"/>
-    <w:rsid w:val="00714408"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00757BDC"/>
+    <w:rsid w:val="00745B7A"/>
     <w:rsid w:val="007616C4"/>
-    <w:rsid w:val="00763C95"/>
     <w:rsid w:val="007648B7"/>
     <w:rsid w:val="00781A61"/>
-    <w:rsid w:val="00782DC6"/>
+    <w:rsid w:val="0078437F"/>
     <w:rsid w:val="00793876"/>
+    <w:rsid w:val="00795F5F"/>
+    <w:rsid w:val="0079635D"/>
     <w:rsid w:val="00796B20"/>
-    <w:rsid w:val="007A387E"/>
-    <w:rsid w:val="007A4C9A"/>
+    <w:rsid w:val="007A036A"/>
     <w:rsid w:val="007A6205"/>
-    <w:rsid w:val="007C0C4D"/>
     <w:rsid w:val="007C239B"/>
     <w:rsid w:val="007D1EBD"/>
-    <w:rsid w:val="007E25B9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00825F24"/>
+    <w:rsid w:val="007D5A14"/>
+    <w:rsid w:val="007E0A97"/>
+    <w:rsid w:val="007E0FEA"/>
+    <w:rsid w:val="007F2DBE"/>
+    <w:rsid w:val="007F4A54"/>
+    <w:rsid w:val="007F4E09"/>
+    <w:rsid w:val="007F7A05"/>
+    <w:rsid w:val="00800919"/>
+    <w:rsid w:val="00813FB1"/>
+    <w:rsid w:val="00816709"/>
+    <w:rsid w:val="008176F0"/>
+    <w:rsid w:val="00823527"/>
+    <w:rsid w:val="0082606E"/>
     <w:rsid w:val="00826528"/>
     <w:rsid w:val="00826E1B"/>
-    <w:rsid w:val="00842A9D"/>
-[...5 lines deleted...]
-    <w:rsid w:val="008B197C"/>
+    <w:rsid w:val="0083384B"/>
+    <w:rsid w:val="0084042B"/>
+    <w:rsid w:val="008422AD"/>
+    <w:rsid w:val="0085019C"/>
+    <w:rsid w:val="008636AD"/>
+    <w:rsid w:val="008652B6"/>
+    <w:rsid w:val="008739CA"/>
+    <w:rsid w:val="00873E84"/>
+    <w:rsid w:val="008821C7"/>
+    <w:rsid w:val="00885BDE"/>
+    <w:rsid w:val="008A746F"/>
+    <w:rsid w:val="008A7E40"/>
     <w:rsid w:val="008B1A0B"/>
     <w:rsid w:val="008B1DEE"/>
+    <w:rsid w:val="008B51AF"/>
     <w:rsid w:val="008B5E3E"/>
-    <w:rsid w:val="008F15DF"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0091410D"/>
+    <w:rsid w:val="008E43A7"/>
+    <w:rsid w:val="008E468C"/>
+    <w:rsid w:val="008E68E2"/>
+    <w:rsid w:val="008F2C2A"/>
+    <w:rsid w:val="00905A2E"/>
+    <w:rsid w:val="00913639"/>
+    <w:rsid w:val="00914120"/>
+    <w:rsid w:val="009220FC"/>
     <w:rsid w:val="00946951"/>
+    <w:rsid w:val="0095222E"/>
+    <w:rsid w:val="0095269B"/>
+    <w:rsid w:val="009537FC"/>
+    <w:rsid w:val="00966E50"/>
+    <w:rsid w:val="00983D77"/>
     <w:rsid w:val="009902CF"/>
-    <w:rsid w:val="00993BEA"/>
+    <w:rsid w:val="00993965"/>
     <w:rsid w:val="009A4478"/>
-    <w:rsid w:val="009A5D7F"/>
-    <w:rsid w:val="009A68E0"/>
     <w:rsid w:val="009B0052"/>
-    <w:rsid w:val="009B1288"/>
-    <w:rsid w:val="009E3E2B"/>
+    <w:rsid w:val="009B7342"/>
+    <w:rsid w:val="009B7706"/>
+    <w:rsid w:val="009C160F"/>
+    <w:rsid w:val="009E51D2"/>
+    <w:rsid w:val="009F04C6"/>
     <w:rsid w:val="009F2A1F"/>
-    <w:rsid w:val="009F33DC"/>
+    <w:rsid w:val="009F312A"/>
     <w:rsid w:val="00A070C0"/>
-    <w:rsid w:val="00A218F0"/>
+    <w:rsid w:val="00A10D2F"/>
+    <w:rsid w:val="00A23ED9"/>
     <w:rsid w:val="00A2656C"/>
     <w:rsid w:val="00A340B9"/>
+    <w:rsid w:val="00A34167"/>
     <w:rsid w:val="00A34E8E"/>
+    <w:rsid w:val="00A44BD0"/>
     <w:rsid w:val="00A47652"/>
+    <w:rsid w:val="00A56821"/>
     <w:rsid w:val="00A62833"/>
-    <w:rsid w:val="00A660E1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A80272"/>
+    <w:rsid w:val="00A70012"/>
+    <w:rsid w:val="00A72555"/>
+    <w:rsid w:val="00A73CC3"/>
+    <w:rsid w:val="00A75884"/>
     <w:rsid w:val="00A86A84"/>
-    <w:rsid w:val="00A90669"/>
     <w:rsid w:val="00A95D5C"/>
-    <w:rsid w:val="00AA11AE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AA6D69"/>
     <w:rsid w:val="00AB037A"/>
+    <w:rsid w:val="00AB1B79"/>
     <w:rsid w:val="00AB631F"/>
-    <w:rsid w:val="00AC1206"/>
-    <w:rsid w:val="00AD7CD7"/>
+    <w:rsid w:val="00AB75FA"/>
+    <w:rsid w:val="00AF4295"/>
     <w:rsid w:val="00B02BCA"/>
-    <w:rsid w:val="00B22633"/>
-    <w:rsid w:val="00B3490D"/>
+    <w:rsid w:val="00B256D6"/>
+    <w:rsid w:val="00B2613F"/>
     <w:rsid w:val="00B401C2"/>
-    <w:rsid w:val="00B40B6B"/>
     <w:rsid w:val="00B43AD7"/>
+    <w:rsid w:val="00B52409"/>
+    <w:rsid w:val="00B61F93"/>
     <w:rsid w:val="00B70E00"/>
-    <w:rsid w:val="00B80AD4"/>
     <w:rsid w:val="00B8532C"/>
-    <w:rsid w:val="00BA3EDE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BF4F3A"/>
+    <w:rsid w:val="00B86137"/>
+    <w:rsid w:val="00B87E4E"/>
+    <w:rsid w:val="00B91AD3"/>
+    <w:rsid w:val="00B979EC"/>
+    <w:rsid w:val="00BD210E"/>
+    <w:rsid w:val="00BF270F"/>
+    <w:rsid w:val="00BF7941"/>
     <w:rsid w:val="00C02F85"/>
+    <w:rsid w:val="00C05D97"/>
     <w:rsid w:val="00C06C06"/>
-    <w:rsid w:val="00C103D1"/>
-    <w:rsid w:val="00C16282"/>
+    <w:rsid w:val="00C16AD5"/>
     <w:rsid w:val="00C17B9C"/>
-    <w:rsid w:val="00C23217"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C30627"/>
+    <w:rsid w:val="00C23339"/>
+    <w:rsid w:val="00C24CE1"/>
+    <w:rsid w:val="00C3178B"/>
     <w:rsid w:val="00C32BB9"/>
+    <w:rsid w:val="00C43381"/>
+    <w:rsid w:val="00C434A2"/>
+    <w:rsid w:val="00C47936"/>
     <w:rsid w:val="00C53041"/>
-    <w:rsid w:val="00C600F2"/>
+    <w:rsid w:val="00C578AE"/>
+    <w:rsid w:val="00C61DCF"/>
+    <w:rsid w:val="00C62B9A"/>
+    <w:rsid w:val="00C63EEF"/>
+    <w:rsid w:val="00C658D8"/>
     <w:rsid w:val="00C65F96"/>
-    <w:rsid w:val="00C7322E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C87EC5"/>
+    <w:rsid w:val="00C70718"/>
+    <w:rsid w:val="00C71344"/>
     <w:rsid w:val="00CA0ECF"/>
-    <w:rsid w:val="00CA6840"/>
     <w:rsid w:val="00CB22E3"/>
-    <w:rsid w:val="00CB27FE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CD11A8"/>
+    <w:rsid w:val="00CB3CB7"/>
     <w:rsid w:val="00CD19E2"/>
-    <w:rsid w:val="00CE43EF"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D1673F"/>
+    <w:rsid w:val="00CD3DCA"/>
+    <w:rsid w:val="00CD5812"/>
+    <w:rsid w:val="00D01D0B"/>
+    <w:rsid w:val="00D128B9"/>
     <w:rsid w:val="00D20F2B"/>
-    <w:rsid w:val="00D44D29"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00E21802"/>
+    <w:rsid w:val="00D423A1"/>
+    <w:rsid w:val="00D4788E"/>
+    <w:rsid w:val="00D51FD8"/>
+    <w:rsid w:val="00D6313E"/>
+    <w:rsid w:val="00D85D0A"/>
+    <w:rsid w:val="00D9394D"/>
+    <w:rsid w:val="00D948CF"/>
+    <w:rsid w:val="00D95474"/>
+    <w:rsid w:val="00D97D66"/>
+    <w:rsid w:val="00D97FD9"/>
+    <w:rsid w:val="00DA7DA4"/>
+    <w:rsid w:val="00DB0E91"/>
+    <w:rsid w:val="00DB3B34"/>
+    <w:rsid w:val="00DC509C"/>
+    <w:rsid w:val="00E05E2C"/>
     <w:rsid w:val="00E21BF7"/>
-    <w:rsid w:val="00E37883"/>
+    <w:rsid w:val="00E250EE"/>
+    <w:rsid w:val="00E3239F"/>
     <w:rsid w:val="00E41436"/>
-    <w:rsid w:val="00E46992"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E53BF2"/>
     <w:rsid w:val="00E609CE"/>
+    <w:rsid w:val="00E65904"/>
     <w:rsid w:val="00E67943"/>
+    <w:rsid w:val="00E70C2C"/>
     <w:rsid w:val="00E8270A"/>
+    <w:rsid w:val="00E91599"/>
+    <w:rsid w:val="00E92177"/>
+    <w:rsid w:val="00E96412"/>
     <w:rsid w:val="00EA2C54"/>
-    <w:rsid w:val="00EB57E0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED0B3F"/>
+    <w:rsid w:val="00EA7C75"/>
+    <w:rsid w:val="00EB4425"/>
+    <w:rsid w:val="00EE16F2"/>
     <w:rsid w:val="00EE7D58"/>
-    <w:rsid w:val="00F0290B"/>
+    <w:rsid w:val="00EF7B3C"/>
     <w:rsid w:val="00F043D9"/>
-    <w:rsid w:val="00F0489D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F557C8"/>
+    <w:rsid w:val="00F07EC4"/>
+    <w:rsid w:val="00F2496B"/>
+    <w:rsid w:val="00F52685"/>
+    <w:rsid w:val="00F6374A"/>
+    <w:rsid w:val="00F7391C"/>
     <w:rsid w:val="00F769B9"/>
-    <w:rsid w:val="00F94DC7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FD39F5"/>
+    <w:rsid w:val="00F76E61"/>
+    <w:rsid w:val="00F824C6"/>
+    <w:rsid w:val="00F85BF3"/>
+    <w:rsid w:val="00FA01D8"/>
+    <w:rsid w:val="00FA1C18"/>
+    <w:rsid w:val="00FA51FC"/>
+    <w:rsid w:val="00FB3585"/>
+    <w:rsid w:val="00FB67C7"/>
+    <w:rsid w:val="00FC4994"/>
+    <w:rsid w:val="00FC50E1"/>
+    <w:rsid w:val="00FE604B"/>
     <w:rsid w:val="00FE6F28"/>
     <w:rsid w:val="00FF1EBB"/>
-    <w:rsid w:val="00FF67E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -20098,69 +16204,50 @@
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -20173,183 +16260,162 @@
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
     <w:rsid w:val="00C02F85"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00717283"/>
+    <w:rsid w:val="00337E75"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="9A1616"/>
-[...4 lines deleted...]
-      <w:vertAlign w:val="baseline"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:semiHidden/>
+    <w:rsid w:val="00337E75"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F94DC7"/>
+    <w:rsid w:val="0095222E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F94DC7"/>
+    <w:rsid w:val="0095222E"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F94DC7"/>
+    <w:rsid w:val="0095222E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F94DC7"/>
+    <w:rsid w:val="0095222E"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C16AD5"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003A5958"/>
+    <w:rsid w:val="00261D52"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
@@ -20477,69 +16543,50 @@
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -20552,545 +16599,218 @@
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
     <w:rsid w:val="00C02F85"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00717283"/>
+    <w:rsid w:val="00337E75"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="9A1616"/>
-[...4 lines deleted...]
-      <w:vertAlign w:val="baseline"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:semiHidden/>
+    <w:rsid w:val="00337E75"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F94DC7"/>
+    <w:rsid w:val="0095222E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F94DC7"/>
+    <w:rsid w:val="0095222E"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F94DC7"/>
+    <w:rsid w:val="0095222E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F94DC7"/>
+    <w:rsid w:val="0095222E"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C16AD5"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003A5958"/>
+    <w:rsid w:val="00261D52"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="173227802">
-[...165 lines deleted...]
-    <w:div w:id="1176845528">
+    <w:div w:id="108818135">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1522932305">
+    <w:div w:id="512233020">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...68 lines deleted...]
-      </w:divsChild>
     </w:div>
-    <w:div w:id="2057314251">
+    <w:div w:id="808205886">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...68 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21343,78 +17063,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFA2F611-68AF-44A1-9124-BDCB17E0083A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A0CB476-4274-4AF2-9C87-8E5F89749909}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>4044</Words>
-  <Characters>23051</Characters>
+  <Words>3823</Words>
+  <Characters>21793</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>192</Lines>
-  <Paragraphs>54</Paragraphs>
+  <Lines>181</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27041</CharactersWithSpaces>
+  <CharactersWithSpaces>25565</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Адылканова Индира</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>