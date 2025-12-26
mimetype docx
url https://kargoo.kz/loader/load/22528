--- v0 (2025-12-15)
+++ v1 (2025-12-26)
@@ -1,871 +1,1110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+    <w:p w:rsidR="009E23C5" w:rsidRPr="008527C2" w:rsidRDefault="00D5309E" w:rsidP="00D5309E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008527C2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қарағанды</w:t>
+      </w:r>
+      <w:r w:rsidR="008527C2" w:rsidRPr="008527C2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаласының ДШ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008527C2">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және АӘД мұғалімдерінің 2014-2015 оқу жылына арналған әдістемелік жұмысы туралы мәлімет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="008527C2" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="008527C2" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008527C2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="008527C2" w:rsidRPr="008527C2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Президентінің жолдауын және Қазақстан Республикасында дене шынықтыру мен спортты дамытудың Мемлекеттік  бағдарламасын іске асыру мақсатында Қарағанды қаласының білім бөлімі нақты жұмыс жүргізіп жатыр.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008527C2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="008527C2" w:rsidRDefault="008527C2" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">о </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды қаласының 78 оқу орнында 313 дене шынықтыру мұғалімі жұмыс істейді, олардың ішінде 108 адам жоғары санатқа ие, І санатты 85 адам, ІІ </w:t>
+      </w:r>
+      <w:r w:rsidR="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">санатты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және санаты жоқтар 120 адам. Барлық мұғалімдерде арнайы білімі бар.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="008527C2" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008527C2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00673FA8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Барлық жалпы білім беретін мектептерде жалпы 92 спорт залы бар, олардың 15 </w:t>
+      </w:r>
+      <w:r w:rsidR="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандарттық емес.</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00673FA8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Барлық спорт алаңдары 115, корттар 38.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRDefault="00673FA8" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:ind w:firstLine="285"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Салауатты өмір салты» бағдарламасын іске асыру мақсатында жыл сайын келесі іс-шараларды өткізу жоспарланады: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">методической работы учителей </w:t>
-[...99 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:t xml:space="preserve">                      -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...58 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:r w:rsidR="00673FA8" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Денсаулық Фестивалі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      - </w:t>
+      </w:r>
+      <w:r w:rsidR="00673FA8" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Күзгі кросс» с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порт</w:t>
+      </w:r>
+      <w:r w:rsidR="00673FA8" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тық мереке</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      - </w:t>
+      </w:r>
+      <w:r w:rsidR="00673FA8" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Футболдан мектеп біріншілігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     -  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24F01" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Президенттік көпсайыс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     -  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24F01" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баскетболдан</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24F01" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24F01" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және волейболдан мектеп біріншілігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     -  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24F01" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көктемгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кросс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     - </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24F01" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Индустриальная Караганда»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24F01" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүлдесіне жеңіл атлетикадан кросс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24F01" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 -  «Олимпиядалық Күн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="00CA61B6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24F01" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 -  Президенттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тес</w:t>
+      </w:r>
+      <w:r w:rsidR="00F645C0" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілеулер</w:t>
+      </w:r>
+      <w:r w:rsidR="00494B2C" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494B2C" w:rsidRPr="00291D00" w:rsidRDefault="00494B2C" w:rsidP="00CA61B6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="00A12B5D" w:rsidP="009E23C5">
       <w:pPr>
         <w:ind w:firstLine="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...194 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қала мектептерінде  -  АӘД мұғалімдері – ұйымдастырушылар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>53</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, олардың ішінде офицерлер – 47,  прапорщиктер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сержа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатардағы әскері қызметкерлер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 4.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E23C5" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="00A12B5D" w:rsidP="009E23C5">
+      <w:pPr>
+        <w:ind w:firstLine="285"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жоғары білімді </w:t>
+      </w:r>
+      <w:r w:rsidR="009E23C5" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- 53 а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дам</w:t>
+      </w:r>
+      <w:r w:rsidR="009E23C5" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-    </w:p>
-[...56 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қала мектептерінде</w:t>
+      </w:r>
+      <w:r w:rsidR="009E23C5" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A12B5D" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>АӘД кабинеттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A12B5D" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ату</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тир</w:t>
+      </w:r>
+      <w:r w:rsidR="00A12B5D" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A12B5D" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жауынгерлік даңқ бөлмелері </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A12B5D" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саптық дайындыққа арналған алаңдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A12B5D" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күндізгі қарауыл</w:t>
+      </w:r>
+      <w:r w:rsidR="0024148E" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға арналған</w:t>
+      </w:r>
+      <w:r w:rsidR="00A12B5D" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орындар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
       <w:pPr>
         <w:ind w:firstLine="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="0024148E" w:rsidP="009E23C5">
       <w:pPr>
         <w:ind w:firstLine="285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жыл сайын «Патриоттық тәрбие беру» бағдарламасын іске асыру мақсатында </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11E43" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">келесі іс-шараларды өткізу жоспарланады: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="00E11E43" w:rsidP="009E23C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>АӘД бойынша о</w:t>
+      </w:r>
+      <w:r w:rsidR="009E23C5" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лимпиад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="00E11E43" w:rsidP="009E23C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...31 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E23C5" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="009E23C5" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ойыны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Алау»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11E43" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ойыны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="009E23C5" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11E43" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас құтқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E23C5" w:rsidRPr="00291D00" w:rsidRDefault="009E23C5" w:rsidP="009E23C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...24 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11E43" w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жас өрт сөндіруші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0083552B" w:rsidRPr="001600DD" w:rsidRDefault="009E23C5" w:rsidP="001600DD">
+    <w:p w:rsidR="0083552B" w:rsidRPr="00291D00" w:rsidRDefault="00E11E43" w:rsidP="001600DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="0083552B" w:rsidRPr="001600DD" w:rsidSect="00CA61B6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291D00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әскери-спорттық эстафеталар</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="0083552B" w:rsidRPr="00291D00" w:rsidSect="00CA61B6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="568" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -877,51 +1116,51 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="51915EB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A17A2DC4"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1005" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1725" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1114,625 +1353,597 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6765" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B2633"/>
     <w:rsid w:val="000B2633"/>
     <w:rsid w:val="001600DD"/>
+    <w:rsid w:val="0024148E"/>
+    <w:rsid w:val="00291D00"/>
     <w:rsid w:val="002E3104"/>
     <w:rsid w:val="00494B2C"/>
+    <w:rsid w:val="00673FA8"/>
     <w:rsid w:val="0083552B"/>
+    <w:rsid w:val="008527C2"/>
     <w:rsid w:val="008C53D4"/>
     <w:rsid w:val="009E23C5"/>
+    <w:rsid w:val="00A12B5D"/>
+    <w:rsid w:val="00B24F01"/>
     <w:rsid w:val="00CA61B6"/>
+    <w:rsid w:val="00D5309E"/>
+    <w:rsid w:val="00E11E43"/>
+    <w:rsid w:val="00F645C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B9F669C8-354E-41B0-9E35-3B77808BED82}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E23C5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009E23C5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1865,65 +2076,80 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>269</Words>
-  <Characters>1539</Characters>
+  <Words>286</Words>
+  <Characters>1632</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1805</CharactersWithSpaces>
+  <CharactersWithSpaces>1915</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>