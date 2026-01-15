--- v0 (2025-12-15)
+++ v1 (2026-01-15)
@@ -1,1217 +1,1477 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="004823E9" w:rsidRDefault="004823E9" w:rsidP="004823E9">
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="36"/>
-[...71 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы мемлекеттік қызметш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...90 lines deleted...]
-    <w:p w:rsidR="004823E9" w:rsidRDefault="004823E9" w:rsidP="004823E9">
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>лерiнiң ар-намыс кодексі туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>Қазақстан Республикасы Президентінің 2005 жылғы 3 мамырдағы N 1567 Жарлығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE"/>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>ҮАЖ-ы, 2005 ж., N 19, 225-құжат; "Егемен Қазақстан" 2005 жылғы 5 мамыр N 94</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D225A" w:rsidRPr="001369FE" w:rsidRDefault="007D225A"/>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE"/>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>      Мемлекеттiк қызметшiлердiң моральды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve">адамгершiлік бейнесiне және iскерлiк сапаларына талапты арттыру мақсатында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">қаулы етемiн: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>      1. Қоса бер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve">лiп отырған Қазақстан Республикасы мемлекеттiк қызметшiлерiнiң ар-намыс кодексі (Мемлекеттiк қызметшiлердiң қызмет этикасы ережелерi) бекiтiлсiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve">      2. Мыналардың күшi жойылды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve"> танылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve">      1) "Қазақстан Республикасы Мемлекеттiк қызметшiлерiнiң қызмет этикасы ережелерiн бекiту туралы" Қазақстан Республикасы Президентiнiң 2000 жылғы 21 қаңтардағы N 328 Жарлығы (Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve">ҮАЖ-ы, 2000 ж., N 2, 16-құжат); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve">      2) "Қазақстан Республикасы Президентiнiң 2000 жылғы 21 қаңтардағы N 328 Жарлығына толықтырулар мен өзгерiстер енгiзу туралы" Қазақстан Республикасы Президентінiң 2002 жылғы 7 мамырдағы N 866 Жарлығы (Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve">ҮАЖ-ы, 2002 ж., N 14, 137-құжат). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>      3. Осы Жарлық қол қойылған күнiнен бастап қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve">қа енгiзiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>      Президент</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...38 lines deleted...]
-    <w:p w:rsidR="004823E9" w:rsidRDefault="004823E9" w:rsidP="004823E9">
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Қазақстан Республикасы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>Президент</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve">нiң      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">2005 жылғы 3 мамырдағы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">N 1567 Жарлығымен    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">бекiтілген        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:t>Кодекс чести государственных служащих Республики Казахстан</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+        <w:t>Қазақстан Республикасы мемлекеттік қызметшілерінің ар-намыс кодексі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:t>(Правила служебной этики государственных служащих)</w:t>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+        <w:t xml:space="preserve">(Мемлекеттік қызметшілер қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:t>1. Общие положения</w:t>
-[...120 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+        <w:t>этикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:t>2. Общие правила поведения государственных служащих</w:t>
-[...234 lines deleted...]
-        <w:br/>
+        <w:t>ң қағидалары)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
         <w:t>      </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-    <w:p w:rsidR="004823E9" w:rsidRDefault="004823E9" w:rsidP="004823E9">
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t>Ескерту. Ар-намыс кодексі жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президентінің 2011.04.01 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>N 1180</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:t>3. Антикоррупционное поведение</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>      1. Мемлекеттік қызмет атқару қоғам мен мемлекет тарапынан ерекше сенім білдіру болып табылады және мемлекеттік қызметшілердің моральды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>этикалық бейнесіне жоғары талаптар қояды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      Қоғам мемлекеттік қызметші өзінің барлық күш-жігерін, білімі мен тәжірибесін атқаратын кәсіби қызметіне жұмсайды, өзінің Отаны - Қазақстан Республикасына адал да қалтқысыз қызмет етеді деп сенім білдіреді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      2. Қазақстан Республикасы мемлекеттік қызметшілерінің осы ар-намыс кодексі (Мемлекеттік қызметшілер қызмет этикасының қағидалары) (бұдан әрі - Кодекс) «Мемлекеттік қызмет туралы» 1999 жылғы 23 шілдедегі Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>ң З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>аңына, «Сыбайлас жемқорлыққа қарсы күрес туралы» 1998 жылғы 2 шілдедегі Қазақстан Республикасының Заңына және жалпы қабылданған моральды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>этикалық нормаларға сәйкес Қазақстан Республикасы мемлекеттік қызметшілері мінез-құлқының негізгі стандарттарын белгілейді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>Мемлекеттік органдардың басшылары, орталық атқарушы органдарда - орталық атқарушы органдардың жауапты хатшылары немесе белгіленген тәртіппен орталық атқарушы органдардың жауапты хатшыларының өкілеттіктері жүктелген лауазымды тұлғалар, ал орталық атқарушы органдардың жауапты хатшылары немесе көрсетілген лауазымды тұлғалар болмаған жағдайда - орталық атқарушы органдардың басшылары осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve"> Кодекс талаптарының орындалуын, осы Кодекстің мәтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve"> мемлекеттік органдардың ғимараттарында баршаға көрінетіндей жерлерде орналастыруды қамтамасыз етеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      4. Мемлекеттік қызметші мемлекеттік қызметке кіргеннен кейін үш күн мерзімде осы Кодекспен жазбаша түрде таныстырылуы тиіс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t>Ескерту. 4-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президентінің 01.10.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>№ 651</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00607A97" w:rsidRDefault="00607A97" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00607A97" w:rsidRDefault="00607A97" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00607A97" w:rsidRDefault="00607A97" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00607A97" w:rsidRPr="001369FE" w:rsidRDefault="00607A97" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:t>государственных служащих</w:t>
-[...150 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ситуации, при которой возникает противоречие между личной заинтересованностью государственного служащего и надлежащим исполнением им своих должностных полномочий или законными интересами физических и юридических лиц, государства, способное привести к причинению вреда этим законным интересам, государственный служащий обязан принять меры по его предотвращению и урегулированию, предусмотренные законодательством Республики Казахстан о государственной службе.</w:t>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+        <w:t>2. Мемлекеттік қызметшілер міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:t>4. Публичные выступления</w:t>
-[...120 lines deleted...]
-          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:t>5. Поведение государственных служащих во внеслужебное время</w:t>
-[...18 lines deleted...]
-        </w:rPr>
+        <w:t>құлқының жалпы қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>      5. Мемлекеттік қызметшілер:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      1) заң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>дылы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>қ қағидатын, Қазақстан Республикасы Конституциясының, заңдары мен өзге де нормативтік құқықтық актілерінің талаптарын басшылыққа алуға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      2) Қазақстан Республикасы Президентінің саясатын жақтауға және оны дәйекті түрде жүзеге асыруға, өзінің і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>әрекетімен мемлекеттік биліктің беделін нығайтуға, мемлекет институттарының беделін түсіретіндей іс-әрекеттер жасауға жол бермеуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      3) жеке және заңды тұлғалардың құқықтарын, бостандықтары мен заңды мүдделерін сақтау мен қорғауды қамтамасыз етуге, олардың өтініштерін қарау кезінде төрешілдік пен сөзбұйдаға салу кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>іністеріне жол бермеуге, өтініштер бойынша белгіленген мерзімде қажетті шаралар қолдануға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      4) мемлекеттік қызметке, мемлекетке және оның институттарына қоғамның сенімін сақ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>тау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>ға және нығайтуға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      5) Қазақстан халқының бірлігі мен елдегі ұлтаралық келісімді нығайтуға ықпал етуге, мемлекеттік тілге және басқа тілдерге, Қазақстан халқының салт-дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>үрлеріне құрметпен қарауға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      6) адал, әділ, қарапайым болуға, жалпы қабылданған моральды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>этикалық нормаларды сақтауға, азаматтармен және әріптестерімен қарым-қатынаста сыпайылық пен әдептілік танытуға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      7) мемлекет мүддесіне нұқсан келтіретін, мемлекеттік органдардың тиімді жұмыс істеуіне кедергі жасайтын іс-әрекеттерге қарсы тұруға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      8) Қазақстан Республикасының мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>әміздеріне құрметпен қараудың үлгісі болуға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      9) Қазақстан Республикасының заңдарында белгіленген шектеулер мен тыйымдарды сақтауға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      10) мемлекеттік және еңбек тәртібін бұлжытпай сақтауға, берілген өкілеттіктерді тиімді иеленуге; өзінің қызметтік міндеттерін адал, турашыл және сапалы атқаруға; жұмыс уақытын ұтымды пайдалануға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      11) лауазымдық міндеттерін атқару кезінде жеке және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve"> тұлғаларға артықшылық көрсетпеуге, олардың ықпалынан тәуелсіз болуға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      12) жеке сипаттағы мәселелерді шешу кезінде мемлекеттік органдардың, ұйымдардың, мемлекеттік қызметшілер мен өзге де адамдардың қызметіне ықпал ету үшін өзінің қызметтік жағдайын пайдаланбауға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      13) кадрларды туыстық, жерлестік және жеке басына берілгендік белгілері бойынша і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>іктеу мен орналастыру жағдайларына жол бермеуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      14) қарамағындағы мемлекеттік қызметшілерден олардың қызметтік міндеттерінен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve"> тапсырмалар орындауды талап етпеуге; басқа адамдарды құқыққа қайшы теріс қылықтар жасауға мәжбүрлемеуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      15) басқа мемлекеттік қызметшілер тарапынан қызмет этикасы нормаларын бұзу фактілерін болдырмауға және олардың жолын кесуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      16) өзінің і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>әрекеттерімен қоғам тарапынан негізді сынға себепкер болмауға, сынағаны үшін қудалауға жол бермеуге, орынды сынды кемшіліктерді жою мен өзінің қызметін жақсарту үшін пайдалануға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      17) бағынысты қызметкерлерге қатысты негізсіз айыптауларға, дөрекілік, адамдық қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>р-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>қасиетін кемсіту, жөнсіздік, орынсыз мінез-құлық фактілеріне жол бермеуге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      18) басшылардың тапсырмаларын орындау барысында тек объективті де анық мәліметтер беруге;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      19) мемлекеттік меншіктің сақталуын қамтамасыз етуге, өзіне сені</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve"> тапсырылған мемлекеттік меншікті, автокөлік құралдарын қоса алғанда, ұтымды әрі тиімді және тек қызметтік мақсатта пайдалануға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      20) ұжымда іскерлік өзара қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve">қатынасты және сындарлы ынтымақтастықты орнату </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:lastRenderedPageBreak/>
+        <w:t>мен нығайтуға ықпал жасауға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      21) қызметтік міндеттерін тиімді атқару үшін өзінің кәсіби деңгейі мен біліктілігін арттыруға;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      22) өзінің қызметтік міндеттерін атқару кезеңінде киімнің іскерлік қалпын ұстануға тиіс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t>Ескерту. 5-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президентінің 01.10.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
         <w:t>№ 651</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      6. Мемлекеттік қызметшілер іскерлік этикетті сақтауға, ресми міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>құлық қағидаларын құрметтеуге тиіс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      7. Мемлекеттік қызметшілер қызметтік жағдайларын және онымен байланысты мүмкіндіктерді қоғамдық және діни бірлестіктердің, басқа да коммерциялық емес ұйымдардың мүдделеріне, оның ішінде өзінің оларға көзқарасысын насихаттау үшін пайдаланбауға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="004823E9">
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      Басшы лауазымдар атқаратын мемлекеттік қызметшілер бағынысты қызметкерлерді қоғамдық және діни бірлестіктердің, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>қа да коммерциялық емес ұйымдардың қызметіне қатысуға мәжбүрлей алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік қызметшілердің сыбайлас жемқорлыққа қарсы міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>құлқы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>      8. Мемлекеттік қызметшілер сыбайлас жемқорлық кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>іністеріне қарсы тұруға, сыбайлас жемқорлық құқық бұзушылықтарға не сыбайлас жемқорлықпен жымдасқан немесе сыбайлас жемқорлық үшін жағдай туғызатын әрекеттерге жол бермеуі тиіс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      Мемлекеттік қызметшілер басқа мемлекеттік қызметшілер тарапынан болатын сыбайлас жемқорлық құқық бұзушылық фактілерінің жолын кесуі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      9. Мемлекеттік қызметші, егер сыбайлас жемқорлық құқық бұзушылық туралы анық ақпараты болса, мұндай құқық бұзушылықты болғызбау және тоқтату жөнінде қажетті шаралар қолдануға, оның ішінде жоғары тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>ған басшыға, өзі жұмыс істейтін мемлекеттік органның басшылығына, уәкілетті мемлекеттік органдарға жазбаша нысанда дереу хабарлауға тиіс. Мемлекеттік қызметші өзін басқа адамдардың сыбайлас жемқорлық құқық бұзушылықтар жасауға көндіру жағдайлары туралы да аталған адамдар мен органдарға жазбаша нысанда дереу хабарлауға міндетті.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      Мемлекеттік органның басшылығы ақпаратты алған күннен бастап бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve"> ай мерзімде мемлекеттік қызметшінің сыбайлас жемқорлық құқық бұзушылықтар, өзін осы бұзушылықтарды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>ға көндіру жағдайлары туралы мәлімдеулері бойынша, оның ішінде тексерулер ұйымдастыру және уәкілетті органдарға өтініштер жолдау арқылы шаралар қолдануға міндетті.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      Мемлекеттік органның басшылығы сыбайлас жемқорлық құқық бұзушылықтардың, өзін осы бұзушылықтарды жасауға көндірудің анық жағдайлары туралы хабарлаған мемлекеттік қызметшіні оның құқықтарын, заңды мүдделерін кемсітетін қудалаудан қорғау жөнінде шаралар қолдануға міндетті.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t>Ескерту. 9-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президентінің 01.10.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>№ 651</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      10. Мемлекеттік қызметшілер жеке және заңды тұлғалардың өз құқықтары мен заңды мүдделерін іске асыруын қиындататын і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>әрекеттерге (әрекетсіздікке) жол бермеуге тиіс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 10-тармақ жаңа редакцияда - ҚР Президентінің 01.10.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>№ 651</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      11. Мемлекеттік қызметшілер мемлекетке экономикалық залалдың алдын-алу жөнінде барлық мүмкіндіктерді пайдалануы, жеке мүдделеріне және үшінші тұлғалардың мүдделеріне орай тексерулерге бастамашылыққа жол бермеуі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      12. Мемлекеттік қызметшілер жеке мүліктік және мүліктік емес пайдалар алу үшін өзінің лауазымдық өкілеттіктерін және онымен байланысты мүмкіндіктерді қолданбауға </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      13. Мемлекеттік қызметшілер мүдделер қақтығысын болғызбау үшін шаралар қолдануы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      14. Мүдделер қақтығысы туындаған ретте, яғни мемлекеттік қызметшінің жеке басының мүдделілігі және оның өз лауазымдық өкілеттіктерін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>інше атқаруының немесе жеке және заңды тұлғалардың, мемлекеттің заңды мүдделерінің арасында осы заңды мүдделерге зиян тигізетіндей қайшылық туындайтын жағдайда, мемлекеттік қызметші оның жолын кесу және реттеу жөнінде Қазақстан Республикасының мемлекеттік қызмет туралы заңнамасында көзделген шараларды қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>абылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>ға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>4. Көпшілік алдында сөйлеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>      15. Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve"> орган қызметінің мәселелері бойынша көпшілік алдында сөйлеуді оның басшысы немесе мемлекеттік органның бұған уәкілеттік берілген лауазымды тұлғалары жүзеге асырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      Мемлекеттік қызметшілер мемлекеттік қызметтің беделіне нұқсан келтірмей, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>ікірсайысты әдепті түрде жүргізуі тиіс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      16. Мемлекеттік қызметшілер мемлекеттік саясат және қызметтік ісінің мәселелері жөніндегі өз </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>ікірін, егер ол:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      1) мемлекет саясатының негізгі бағыттарына сәйкес немесе;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      2) жариялауға рұқсат етілмеген қызметтік ақпаратты ашатын болса;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      3) мемлекеттің лауазымды тұлғаларының, мемлекеттік басқару органдарының, басқа да мемлекеттік қызметшілердің атына әдепке сай емес сөздер айтудан тұрса, көпшілік алдында білді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>руіне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve"> болмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      17. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>Мемлекеттік саясатты жүргізумен, мемлекеттік органның және мемлекеттік қызметшілердің қызметтерімен байланысты емес мәселелер бойынша мемлекеттік қызметшілердің мемлекеттік органның атынан жариялымдарына жол берілмейді. Педагогикалық, ғылыми және өзге де шығармашылық қызмет бойынша материалдар жариялауды мемлекеттік қызметші жеке тұлға ретінде тек өз атынан жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve"> асырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t xml:space="preserve">      18. Мемлекеттік қызметшіге сыбайлас жемқорлық жасаған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve"> көпшілік алдында негізсіз айып тағылған жағдайда, ол осындай айыптауды анықтаған күннен бастап бір ай мерзімде оны теріске шығару жөнінде шаралар қолдануға тиіс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 18-тармақ жаңа редакцияда - ҚР Президентінің 01.10.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>№ 651</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Мемлекеттік қызметшілердің қызметтен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақыттағы мінез-құлқы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve">      19. Мемлекеттік қызметшілер қызметтен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t xml:space="preserve"> уақытта жалпы қабылданған моральдық-этикалық нормаларды ұстануға, қоғамға жат мінез-құлық жағдайларына жол бермеуге тиіс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 19-тармақ жаңа редакцияда - ҚР Президентінің 01.10.2013 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>№ 651</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жарлығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001369FE">
+        <w:br/>
+        <w:t>      20. Мемлекеттік қызметшілер қарапайымдылық танытуға, көлік, сервистік және өзге де қызметтерді алу кезінде мемлекеттік қызметшілердің лауазымдық жағдайын баса көрсетпеуге және пайдаланбауға, өзінің і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>әрекеттерімен қоғам тарапынан негізді сынға себеп туғызбауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE" w:rsidP="001369FE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001369FE">
+        <w:t>      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001369FE" w:rsidRPr="001369FE" w:rsidRDefault="001369FE"/>
+    <w:sectPr w:rsidR="001369FE" w:rsidRPr="001369FE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Zan Courier New">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00187308"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FC5991"/>
+    <w:rsidRoot w:val="008810C9"/>
+    <w:rsid w:val="001369FE"/>
+    <w:rsid w:val="00607A97"/>
+    <w:rsid w:val="007D225A"/>
+    <w:rsid w:val="008810C9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1354,95 +1614,95 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004823E9"/>
+    <w:rsid w:val="001369FE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004823E9"/>
+    <w:rsid w:val="001369FE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
@@ -1565,95 +1825,95 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004823E9"/>
+    <w:rsid w:val="001369FE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004823E9"/>
+    <w:rsid w:val="001369FE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1919,54 +2179,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1828</Words>
-  <Characters>10425</Characters>
+  <Words>1856</Words>
+  <Characters>10581</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
+  <Lines>88</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12229</CharactersWithSpaces>
+  <CharactersWithSpaces>12413</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>