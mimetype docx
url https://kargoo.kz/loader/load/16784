--- v0 (2025-12-21)
+++ v1 (2026-02-15)
@@ -101,2172 +101,4951 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7D5E" w:rsidRDefault="00AE7D5E" w:rsidP="00AE7D5E">
+    <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Қарағандының жыл </w:t>
-[...56 lines deleted...]
-        <w:t xml:space="preserve">өткізу туралы </w:t>
+        <w:t>О проведении городского</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
       <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса «Учитель года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00E1703F" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Караганды – 2013»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
         <w:ind w:left="45"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="004E48B4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AE7D5E">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> мақсатында </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С целью повышения профессионального мастерства педагогов города,  выявления творчески работающих педагогов, распространения  их педагогического опыта</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00521B4B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00926581">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00521B4B" w:rsidRPr="00B64544" w:rsidRDefault="00AE7D5E" w:rsidP="004E48B4">
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00926581">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>ҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521B4B" w:rsidRPr="004E48B4" w:rsidRDefault="006D5541" w:rsidP="004E48B4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
-[...53 lines deleted...]
-    <w:p w:rsidR="00521B4B" w:rsidRPr="00521B4B" w:rsidRDefault="00B64544" w:rsidP="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методическому кабинету ОО (Раманаускайте Э.А.) </w:t>
+      </w:r>
+      <w:r w:rsidR="00521B4B" w:rsidRPr="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>в соответствии с Положением</w:t>
+      </w:r>
+      <w:r w:rsidR="004E48B4" w:rsidRPr="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E48B4" w:rsidRPr="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в период с </w:t>
+      </w:r>
+      <w:r w:rsidR="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">01 </w:t>
+      </w:r>
+      <w:r w:rsidR="004E48B4" w:rsidRPr="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">марта по </w:t>
+      </w:r>
+      <w:r w:rsidR="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>04 октября</w:t>
+      </w:r>
+      <w:r w:rsidR="004E48B4" w:rsidRPr="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2013 года</w:t>
+      </w:r>
+      <w:r w:rsidR="00521B4B" w:rsidRPr="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">провести </w:t>
+      </w:r>
+      <w:r w:rsidR="00521B4B" w:rsidRPr="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00521B4B" w:rsidRPr="004E48B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Учитель года  Караганды – 2013».  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521B4B" w:rsidRPr="00521B4B" w:rsidRDefault="006D5541" w:rsidP="004E48B4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w:rsidR="00521B4B" w:rsidRDefault="00131562" w:rsidP="004E48B4">
+      <w:r w:rsidRPr="00521B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Создать оргкомитет в составе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521B4B" w:rsidRDefault="00521B4B" w:rsidP="004E48B4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>Р.А. Кенешова – қалалық білім бөлімі бастығының орынбасары</w:t>
-[...38 lines deleted...]
-    <w:p w:rsidR="006D5541" w:rsidRDefault="00131562" w:rsidP="00521B4B">
+        <w:t>Жекебаев Д.Ш., начальник отдела образования  – председатель;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521B4B" w:rsidRDefault="00521B4B" w:rsidP="004E48B4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Э.А. Раманаускайте – </w:t>
-[...47 lines deleted...]
-    <w:p w:rsidR="00521B4B" w:rsidRDefault="00131562" w:rsidP="00521B4B">
+        <w:t>Кенешова Р.А., замеситель начальника отдела образования – заместитель председателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="00521B4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Л.Н. </w:t>
+      <w:r w:rsidRPr="00521B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Раманаускайте Э.А., </w:t>
       </w:r>
       <w:r w:rsidR="00521B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>Саменова</w:t>
-[...47 lines deleted...]
-    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00131562" w:rsidP="00521B4B">
+        <w:t>заведующая МК, член комиссии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00521B4B" w:rsidRDefault="00521B4B" w:rsidP="00521B4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">А.Б. Ананьев – </w:t>
+        <w:t xml:space="preserve">Саменова Л.Н., </w:t>
       </w:r>
       <w:r w:rsidR="00FA5D98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>ақпараттық-аналитикалық бөлімінің ӘК жетекшісі</w:t>
+        <w:t>начальник учебно-методического</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6048E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдела</w:t>
       </w:r>
       <w:r w:rsidR="00FA5D98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">– </w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00B01C23" w:rsidP="00521B4B">
+        <w:t xml:space="preserve"> МК – член комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00FA5D98" w:rsidP="00521B4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Г.Т. </w:t>
-[...65 lines deleted...]
-    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00B01C23" w:rsidP="00521B4B">
+        <w:t>Ананьев А.Б., руководитель информационно-аналитического отдела МК – член комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00FA5D98" w:rsidP="00521B4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Е.В. </w:t>
-[...47 lines deleted...]
-    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00B01C23" w:rsidP="00521B4B">
+        <w:t>Хасенова Г.Т., методист по инновациям – член комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00FA5D98" w:rsidP="00521B4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">В.И. </w:t>
-[...65 lines deleted...]
-    <w:p w:rsidR="00F41961" w:rsidRDefault="00B01C23" w:rsidP="00521B4B">
+        <w:t>Лаверженцева Е.В., руководитель отдела социально-психологической службы – член комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00FA5D98" w:rsidP="00521B4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">З.Б. </w:t>
-[...65 lines deleted...]
-    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00B01C23" w:rsidP="00521B4B">
+        <w:t>Разумова В.И., методист по иностранным языкам – член комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F41961" w:rsidRDefault="00F41961" w:rsidP="00521B4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">О.А. </w:t>
-[...65 lines deleted...]
-    <w:p w:rsidR="00F41961" w:rsidRDefault="00B01C23" w:rsidP="00521B4B">
+        <w:t>Алибаева З.А., методист по географии – член комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00FA5D98" w:rsidP="00521B4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">М.К. </w:t>
-[...65 lines deleted...]
-    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00B01C23" w:rsidP="00521B4B">
+        <w:t>Караленя О.А., методист-психолог – член комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F41961" w:rsidRDefault="00F41961" w:rsidP="00521B4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ж.К. </w:t>
-[...65 lines deleted...]
-    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00B01C23" w:rsidP="00521B4B">
+        <w:t>Жакишева М.К., методист по казахскому языку – член комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00FA5D98" w:rsidP="00521B4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="2B2843"/>
-[...92 lines deleted...]
-    <w:p w:rsidR="00F41961" w:rsidRPr="00F41961" w:rsidRDefault="00B01C23" w:rsidP="00521B4B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Шокубаева Ж.У., методист по начальным класам – член комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5D98" w:rsidRDefault="00FA5D98" w:rsidP="00521B4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="142"/>
+        <w:ind w:left="765"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2B2843"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F41961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2B2843"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Есенбекова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F41961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2B2843"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А</w:t>
+      </w:r>
       <w:r w:rsidR="00F41961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2B2843"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2B2843"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2B2843"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>., методист по математике – член комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F41961" w:rsidRPr="00F41961" w:rsidRDefault="00F41961" w:rsidP="00521B4B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="765"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2B2843"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Кулмуханова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="2B2843"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р.Ж., методист по истории – член комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Членам оргкомитета рассмотреть представленны</w:t>
+      </w:r>
+      <w:r w:rsidR="00164455">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>е конкурсантами материалы в период с 01.03. 2013 г. по 10.03</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00164455">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>013</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+      <w:r w:rsidR="004E48B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00164455">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A06D1" w:rsidRPr="00270646" w:rsidRDefault="006A06D1" w:rsidP="00270646">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00164455" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Руководителю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информационно-аналитического отдела МК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3FA9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Ананьеву А.Б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3FA9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до 10 марта 2013 года </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3FA9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00164455">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одготовить </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3FA9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>страницу</w:t>
+      </w:r>
+      <w:r w:rsidR="00164455">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3FA9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>на сайте отдела образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E48B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>для подведения промежуточных итогов конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3FA9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00C10E58" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...51 lines deleted...]
-    <w:p w:rsidR="00164455" w:rsidRPr="00270646" w:rsidRDefault="006A06D1" w:rsidP="00270646">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C10E58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы бұйрықтың орындалуын бақылау білім бөлімі бастығының </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C10E58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>орынбасары Р. Кенешоваға  жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="1125"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00335FD7" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="45"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E48B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E48B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335FD7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бастық                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335FD7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00335FD7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Д. Жекебаев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E48B4" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80E15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E48B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006D5541" w:rsidRPr="001E264E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орын.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5541" w:rsidRPr="00027E66">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006D5541" w:rsidRPr="00027E66">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D5541">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Э.А.Раманаускайте</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5541" w:rsidRPr="00027E66">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00027E66" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00027E66">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027E66">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00027E66" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006D5541">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келісілді</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5541" w:rsidRPr="00027E66">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E48B4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Р.Кенешова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027E66">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ананьев А.Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00027E66" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00027E66" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00E1703F" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>О награждении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="45"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с Положением о фестивале </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53FA3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Алғырлар-2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53FA3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>проведенном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C323B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24 февраля 2012 года на базе гимназии №92</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00926581">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00926581">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>ҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00270646">
-[...35 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+      <w:r w:rsidRPr="0028506E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>Наградить дипломом следующих участников фестиваля:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="45"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жусупову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004E48B4" w:rsidRPr="00270646">
-[...27 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Айнур</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 10 класс, гимназия №97;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сулеймена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Андрея, 10 класс, гимназия №1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Исбаев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анель, 7 сынып, №41 мектеп.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пастущак Екатерину, 10 класс, гимназия №38</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Исмагулов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ақнұр, 10  класс,СШ № 36.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Лапшин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Надежд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 10 класс,гимназия № 93.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Даутову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алену, 8класс, СОШЛ№ 53,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Голубеву Елизавету, 8класс, СОШЛ№ 53,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Тулебаев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00270646">
-[...8 lines deleted...]
-    <w:p w:rsidR="006D5541" w:rsidRPr="00270646" w:rsidRDefault="006D5541" w:rsidP="00270646">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Арилан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7класс, ОКШДС №77.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Альберти </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Инн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 11класс, СШ №88.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Түсіпбеков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Динар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,С</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Саттаров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №57 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-лицей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нұрмақову Арайлым, 10 сынып, №13 ЖББОМ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Максименко Александр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 9  класс, гимназия №1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Сайфуллин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Саит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 8 класс, гимназия №9.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Кулявцев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лили</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 9 класс, гимназия № 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Курган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Арзу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 9 класс, гимназия № 93.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Атаханов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 8 класс, КШДС №33.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Быков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ольг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 8 класс, КШДС №33.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Безруков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктори</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 10 класс, гимназия№45.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Воронин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Карин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 10 класс, гимназия№45.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Лим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктори</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 7 класс, технический лицей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Шоқабаев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ққу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 11 класс, гимн №92.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Болат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жанн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 10 класс, СОШ №13.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00723632" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мукушев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Салтанат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00723632">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 9 класс, гимн.№39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00D63EB8" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Койшибаев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Айжан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 11 класс, ШЛ №101.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Арықбай Бейбарыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 класс,  школа-лицей №57.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00D63EB8" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Рысбақов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Айгерим,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7 класс,  СОШ №6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Скачков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Галин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9 класс, СОШ № 51.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Гартунг Анастаси</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9 класс, СОШ № 51.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00D63EB8" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Каневскую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктори</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 10 класс, СОШ № 27.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Петров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ян</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63EB8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 11 класс, школа-гимназия № 95</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Наградить благодарственным письмом следующих учителей – руководителей проектов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чулакову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зияду</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утемисовну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> английского языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дроздовскую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Светлану Васильевну, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> русского языка и литературы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әбдікәрімову</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Назым Төлегенқызы, қосымша білім беру оқытушысы КМҚК  «ЖНС».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="45"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Никольскую Наталью Ивановну, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> химии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұханову  Гүлден Тұңғышбайқызы, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> казахского языка и литературы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Яхиин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сару</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шакенқызы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> казахского языка и литературы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Терентьеву Ирину Юрьевну, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> русского языка и литературы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аубакирову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сауле</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сахилаевну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> русского языка и литературы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бабенко Жанну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Владимир</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овну, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> русского языка и литературы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оспанову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шнар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Карсенбаевну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, физика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Какенбекову</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анел </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Асылановну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,WEB-дизайн профілінің мұғалімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жуковскую Оксану Станиславовну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, учитель информатики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Волынскую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оксан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у Станиславовну, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информатики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Беляеву Галину Владимировну, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> английского языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Несговорову Ирину Николаевну, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немецкого языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ескееву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сару </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жумагуловну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> английского и немецкого языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сальхову Софью Николаевну, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> биологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ершову Наталью Николаевну, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> биологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дукенбаеву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мейрамовну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> химии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Усенову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бахытгуль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ахметжановну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Акторгаев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Айгуль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Толепбергеновну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> биологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Брежневу  Надежду Степановну, учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профильного обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="405"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жапабаев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гаухар Секербаевн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, учител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экономики и географии . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Абдикеров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бакиткул Химальдиновн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, учител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> истории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">     Фролов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Татьян</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ивановн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, учител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00EB35CA" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Омаров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кумис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казакпаевн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, учител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> английского языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Петров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Светлан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Владимировн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, учител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB35CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> географии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00C10E58" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C10E58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
         <w:t xml:space="preserve">Осы бұйрықтың орындалуын бақылау білім бөлімі бастығының </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5541" w:rsidRPr="00270646" w:rsidRDefault="006D5541" w:rsidP="00270646">
-      <w:pPr>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="405"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00270646">
+      <w:r w:rsidRPr="00C10E58">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>орынбасары Р. Кенешоваға  жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5541" w:rsidRPr="00270646" w:rsidRDefault="006D5541" w:rsidP="00270646">
-[...8 lines deleted...]
-    </w:p>
     <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
-      <w:pPr>
-[...20 lines deleted...]
-    <w:p w:rsidR="006D5541" w:rsidRPr="00335FD7" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
       <w:pPr>
         <w:ind w:left="45"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="45"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="45"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00335FD7" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:ind w:left="45"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335FD7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бастық                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335FD7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006D5541" w:rsidRPr="00335FD7">
-[...8 lines deleted...]
-      <w:r w:rsidR="006D5541" w:rsidRPr="00335FD7">
+      <w:r w:rsidRPr="00335FD7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006D5541" w:rsidRPr="00335FD7">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006D5541">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006D5541">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006D5541">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
         <w:t>Д. Жекебаев</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
-      <w:pPr>
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80E15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00027E66" w:rsidRDefault="006D5541" w:rsidP="006D5541">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E264E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:b/>
+        <w:t>Орын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027E66">
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027E66">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...31 lines deleted...]
-      <w:pPr>
+        <w:t>Э.А.Раманаускайте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027E66">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...24 lines deleted...]
-        <w:t>Э.А.Раманаускайте</w:t>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027E66">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D5541" w:rsidRPr="00027E66" w:rsidRDefault="006D5541" w:rsidP="006D5541">
       <w:pPr>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>келісілді</w:t>
       </w:r>
-      <w:r w:rsidR="006D5541" w:rsidRPr="00027E66">
+      <w:r w:rsidRPr="00027E66">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5541" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+    <w:p w:rsidR="006D5541" w:rsidRDefault="006D5541" w:rsidP="006D5541">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...8 lines deleted...]
-    <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+        <w:t xml:space="preserve"> Р.Кенешова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00027E66">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00027E66" w:rsidRDefault="006D5541" w:rsidP="006D5541">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...14 lines deleted...]
-    <w:p w:rsidR="004E48B4" w:rsidRDefault="004E48B4" w:rsidP="006D5541">
+        <w:t>Е Карисова Г.С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5541" w:rsidRPr="00027E66" w:rsidRDefault="006D5541" w:rsidP="006D5541">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...318 lines deleted...]
-    <w:sectPr w:rsidR="00627E00" w:rsidSect="00270646">
+      <w:r w:rsidRPr="00027E66">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н.Головина</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005822EA" w:rsidRDefault="005822EA"/>
+    <w:sectPr w:rsidR="005822EA" w:rsidSect="00164FC1">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="1418" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1418" w:bottom="1134" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0FC07186"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30FCBCEE"/>
     <w:lvl w:ilvl="0" w:tplc="1772E900">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
@@ -2649,86 +5428,75 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00570D66"/>
-    <w:rsid w:val="000E215A"/>
-    <w:rsid w:val="00131562"/>
     <w:rsid w:val="00164455"/>
-    <w:rsid w:val="0019322D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004C5916"/>
     <w:rsid w:val="004E48B4"/>
     <w:rsid w:val="00521B4B"/>
     <w:rsid w:val="00570D66"/>
     <w:rsid w:val="005822EA"/>
     <w:rsid w:val="005C656F"/>
-    <w:rsid w:val="00627E00"/>
-    <w:rsid w:val="006A06D1"/>
     <w:rsid w:val="006D5541"/>
-    <w:rsid w:val="008E224C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B64544"/>
     <w:rsid w:val="00CA3FA9"/>
     <w:rsid w:val="00D6048E"/>
-    <w:rsid w:val="00D64BEF"/>
     <w:rsid w:val="00DB415B"/>
     <w:rsid w:val="00F41961"/>
     <w:rsid w:val="00FA5D98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
@@ -2919,78 +5687,50 @@
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006D5541"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
-    </w:rPr>
-[...26 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3470,71 +6210,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1591</Characters>
+  <Pages>4</Pages>
+  <Words>779</Words>
+  <Characters>4445</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1866</CharactersWithSpaces>
+  <CharactersWithSpaces>5214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>