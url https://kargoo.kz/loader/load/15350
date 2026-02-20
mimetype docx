--- v0 (2025-12-01)
+++ v1 (2026-02-20)
@@ -1,316 +1,427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D57177" w:rsidRPr="00DE5E49" w:rsidRDefault="00E837F4" w:rsidP="00E837F4">
-[...19 lines deleted...]
-    <w:p w:rsidR="00DD6CB3" w:rsidRPr="00DE5E49" w:rsidRDefault="00DD6CB3" w:rsidP="00E837F4">
+    <w:p w:rsidR="00D57177" w:rsidRDefault="00D57177" w:rsidP="00E837F4">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0034272A" w:rsidRDefault="0034272A" w:rsidP="008B1D38">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD6CB3" w:rsidRPr="00877E5B" w:rsidRDefault="00DD6CB3" w:rsidP="00E837F4">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E837F4" w:rsidRPr="00877E5B" w:rsidRDefault="00E837F4" w:rsidP="00E837F4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="0034272A" w:rsidRDefault="0034272A" w:rsidP="008B1D38">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA2EC0" w:rsidRPr="00931925" w:rsidRDefault="00154E5C" w:rsidP="008B1D38">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w:rsidR="002F2D92" w:rsidRPr="00931925" w:rsidRDefault="002F2D92" w:rsidP="00DB32A3">
+      <w:r w:rsidRPr="00931925">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E837F4" w:rsidRPr="00931925" w:rsidRDefault="00E837F4" w:rsidP="008B1D38">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>городского</w:t>
+      </w:r>
+      <w:r w:rsidR="007D7055" w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> творческого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса на лучший эскиз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92696" w:rsidRPr="00931925" w:rsidRDefault="00A32BEF" w:rsidP="008B1D38">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>памятного подарка</w:t>
+      </w:r>
+      <w:r w:rsidR="00E837F4" w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E837F4" w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidR="00154E5C" w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выпускников организаций образования </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB32A3" w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E837F4" w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обладателей</w:t>
+      </w:r>
+      <w:r w:rsidR="00154E5C" w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестата об общем среднем образовании</w:t>
+      </w:r>
+      <w:r w:rsidR="00E837F4" w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E837F4" w:rsidRPr="00931925" w:rsidRDefault="00E837F4" w:rsidP="008B1D38">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Алтын белг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB32A3" w:rsidRPr="005F140F" w:rsidRDefault="00DB32A3" w:rsidP="00DB32A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002029AD" w:rsidRPr="00931925" w:rsidRDefault="00931925" w:rsidP="00DB32A3">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00217BDF" w:rsidRPr="005F140F" w:rsidRDefault="00217BDF" w:rsidP="00DB32A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...31 lines deleted...]
-          <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F2D92" w:rsidRPr="00931925" w:rsidRDefault="002F2D92" w:rsidP="00DB32A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002029AD" w:rsidRPr="00931925" w:rsidRDefault="00931925" w:rsidP="00DB32A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931925" w:rsidRPr="00931925" w:rsidRDefault="00931925" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002029AD" w:rsidRDefault="00931925" w:rsidP="005E5F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
-      <w:r w:rsidR="00C54443">
-[...42 lines deleted...]
-        <w:t>ың иегерлеріне берілетін естелік сыйлықтың үздік эскизына қалалық шығармашылық конкурстың (әрі қарай - Конкурс)  тәртібін және өткізілу шарттарын  анықтайды</w:t>
+      <w:r w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящее положение определяет порядок и условия проведения городского творческого конкурса на лучший эскиз памятного подарка для выпускников </w:t>
+      </w:r>
+      <w:r w:rsidR="00526B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обладателей аттестата «Алтын белгі»  (далее -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурс)</w:t>
       </w:r>
       <w:r w:rsidR="00C46C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00931925" w:rsidRDefault="00931925" w:rsidP="005E5F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1.2. </w:t>
-[...35 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>1.2. Организаторами конкурса является отдел образования города Караганды (сектор воспитания и социализации)</w:t>
       </w:r>
       <w:r w:rsidR="00C46C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00931925" w:rsidRPr="00812134" w:rsidRDefault="00931925" w:rsidP="00B47064">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007B7F4A" w:rsidRPr="007B7F4A" w:rsidRDefault="007B7F4A" w:rsidP="008B1D38">
       <w:pPr>
@@ -325,251 +436,205 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00931925" w:rsidRDefault="00931925" w:rsidP="00931925">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4021"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00931925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
-[...9 lines deleted...]
-        <w:t>Конкурстың мақсаттары</w:t>
+        <w:t>2. Цели и задачи Конкурса</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008B1D38" w:rsidRPr="00E85604" w:rsidRDefault="008B1D38" w:rsidP="00E85604">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4021"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008B1D38" w:rsidRDefault="008B1D38" w:rsidP="005E5F03">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4021"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E85604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2.1.</w:t>
-[...44 lines deleted...]
-        <w:t>ау; өскелең ұрпақты патриоттық тәрбиелеу мақсатында ұйымдастырылады</w:t>
+        <w:t xml:space="preserve">2.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85604" w:rsidRPr="00E85604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс проводится с целью пропаганды интеллектуальных ценностей среди учащихся и подростков, </w:t>
+      </w:r>
+      <w:r w:rsidR="000257C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">поддержки </w:t>
+      </w:r>
+      <w:r w:rsidR="0082558E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одареннной молодежи; </w:t>
+      </w:r>
+      <w:r w:rsidR="00525F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">патриотического </w:t>
+      </w:r>
+      <w:r w:rsidR="00710A94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>воспитания  подрастающего поколения</w:t>
       </w:r>
       <w:r w:rsidR="008C532D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00710A94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00525F6F" w:rsidRPr="00E85604" w:rsidRDefault="00525F6F" w:rsidP="005E5F03">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4021"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.2. </w:t>
-[...10 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">2.2. Задача Конкурса - выявление </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00525F6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лучшего, наиболее оригинально и качественно выполненного эскиза</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4E8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A601E7">
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> таңдау</w:t>
+      <w:r w:rsidR="00DF4E8A" w:rsidRPr="00931925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>памятного подарка</w:t>
       </w:r>
       <w:r w:rsidR="008C532D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00931925" w:rsidRDefault="00931925" w:rsidP="005E5F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002F2D92" w:rsidRDefault="002F2D92" w:rsidP="005E5F03">
@@ -583,1003 +648,1045 @@
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00931925" w:rsidRPr="00BB1477" w:rsidRDefault="00BB1477" w:rsidP="00DB32A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB1477">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> қатысушылар</w:t>
+        <w:t>3. Участники</w:t>
+      </w:r>
+      <w:r w:rsidR="002F2D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1477">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурса</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B357BD" w:rsidRPr="00BB1477" w:rsidRDefault="00345070" w:rsidP="00D57177">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB1477">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00345070" w:rsidRPr="00BB1477" w:rsidRDefault="00217BDF" w:rsidP="005E5F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C0528C">
-[...15 lines deleted...]
-        <w:t>Конкурсқа қатысуға білім ұйымдарының, мектептен тыс ұйымдардың оқушылары шақырылады. Мұғалімдер және қала мектептері де Конкурсқа қатыса алады. Жасқа қарай, кәсіби немесе  басқа  шектеулер қойылмайды</w:t>
+      <w:r w:rsidRPr="00217BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r w:rsidR="00BB1477" w:rsidRPr="00BB1477">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">К участию </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в Конкурсе </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1477" w:rsidRPr="00BB1477">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приглашаются </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учащиеся организаций образования, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C532D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0EAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в том числе внешкольных организаций</w:t>
+      </w:r>
+      <w:r w:rsidR="00294B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Участие могут принять также </w:t>
+      </w:r>
+      <w:r w:rsidR="008C532D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE422E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, школы города</w:t>
+      </w:r>
+      <w:r w:rsidR="00294B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C532D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1477" w:rsidRPr="00BB1477">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Возрастные, профессиональные и иные ограничения не устанавливаются.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00345070" w:rsidRDefault="00345070" w:rsidP="005E5F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00345070" w:rsidRPr="0020651C" w:rsidRDefault="00B47064" w:rsidP="000752D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D3CD7">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="008C532D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="000752D0" w:rsidRPr="0020651C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="00345070" w:rsidRPr="003D3CD7" w:rsidRDefault="00345070" w:rsidP="00D57177">
+        <w:t>. Условия и порядок проведения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00345070" w:rsidRPr="00614DB9" w:rsidRDefault="00345070" w:rsidP="00D57177">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00812134" w:rsidRDefault="0020651C" w:rsidP="005E5F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D3CD7">
-[...15 lines deleted...]
-        <w:t>Конкурсқа қатысқандар конкурстық комиссияның назарына ұсынған естелік сыйлықтың эскизі  келесі талаптарға сай  болуы  қажет:</w:t>
+      <w:r w:rsidRPr="0020651C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Э</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3ED7" w:rsidRPr="00812134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">скиз </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>памятного подарка, представленного уч</w:t>
+      </w:r>
+      <w:r w:rsidR="00812134" w:rsidRPr="00812134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астник</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ам</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и Конкурса </w:t>
+      </w:r>
+      <w:r w:rsidR="00812134" w:rsidRPr="00812134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на рассмотрение конкурсной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, должен соответствовать </w:t>
+      </w:r>
+      <w:r w:rsidR="00812134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>следующим</w:t>
+      </w:r>
+      <w:r w:rsidR="00C508A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00812134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>требованиям:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003F492E" w:rsidRDefault="00812134" w:rsidP="005E5F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F492E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="003F492E" w:rsidRPr="003D3CD7">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00BD1602">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>представлен</w:t>
+      </w:r>
+      <w:r w:rsidR="003F492E" w:rsidRPr="003F492E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на плотном листе бумаги формата А4</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1602">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и в электронном варианте</w:t>
+      </w:r>
+      <w:r w:rsidR="003F492E" w:rsidRPr="003F492E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F492E" w:rsidRDefault="003F492E" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F492E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1602">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>выполнен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F492E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в цветном виде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F492E" w:rsidRDefault="003F492E" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F492E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изображен с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разных ракурсов: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F492E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лицевой и оборотной стороны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C508A6" w:rsidRDefault="00C508A6" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00877E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Эскиз памятного подарка может быть выполнен в любой технике и представлять собой </w:t>
+      </w:r>
+      <w:r w:rsidR="007632C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сувенир, памятное  изделие  либо другое.</w:t>
+      </w:r>
+      <w:r w:rsidR="00877E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812134" w:rsidRPr="00A06447" w:rsidRDefault="007632C4" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD54AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Каждый эскиз должен сопровождаться справочной информацией об ее авторе: ФИО, школа, класс, контактн</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06447">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ый телефон (включая мобильный), </w:t>
+      </w:r>
+      <w:r w:rsidR="00A06447" w:rsidRPr="00A06447">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подписываемой на лицевой стороне в нижнем левом углу эскиза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812134" w:rsidRDefault="00A06447" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A06447">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В случае если конкурсная работа выполнена авторским коллективом, в справочной информации указываются сведения о каждом участнике творческого коллектива.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A06447" w:rsidRDefault="00A06447" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.4. </w:t>
+      </w:r>
+      <w:r w:rsidR="004F3E6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каждый участник может выставить на </w:t>
+      </w:r>
+      <w:r w:rsidR="00026B7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="004F3E6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>онкурс не более 2-х эскизов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E65E55" w:rsidRDefault="004F3E6A" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65E55" w:rsidRPr="00E65E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Представленные конкурсные материалы рассматриваются конкурсной комиссией</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65E55" w:rsidRPr="00E65E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> авторам не возвращаются</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E65E55" w:rsidRDefault="00E65E55" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00325DBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием конкурсных работ осуществляется в отделе образования города Караганды до </w:t>
+      </w:r>
+      <w:r w:rsidR="00114867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidR="00325DBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D3CD7">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="003F492E">
+      <w:r w:rsidR="00114867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ноя</w:t>
+      </w:r>
+      <w:r w:rsidR="00325DBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бря 2012 года по адресу: мкр. Степной 2, д. 53-59,          кабинет №22. Работы, представленные на Конкурс позже указанного срока, не принимаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00865684" w:rsidRPr="00865684" w:rsidRDefault="00865684" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.7. Представленные на Конкурс эскизы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00865684">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оцениваются по следующим критериям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00865684" w:rsidRDefault="00865684" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="003D3CD7">
-[...322 lines deleted...]
-        <w:t>қарашаға</w:t>
+      <w:r w:rsidRPr="00865684">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>соответствие требования</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00FB4FC0">
-[...64 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00865684">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м настоящего положения</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">4.7. </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> келесі  өлшемдер бойынша бағаланады</w:t>
+        <w:t xml:space="preserve"> и</w:t>
       </w:r>
       <w:r w:rsidRPr="00865684">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> конкурсной тематике;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00865684" w:rsidRDefault="00865684" w:rsidP="005E5F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="002A383F">
-[...25 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00865684">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>оригинально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сть;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00865684" w:rsidRDefault="00865684" w:rsidP="005E5F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>- новизна;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F140F" w:rsidRDefault="00865684" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="002A383F">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00865684">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>качество исполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00865684" w:rsidRPr="00865684" w:rsidRDefault="005F140F" w:rsidP="005E5F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...143 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>- возможность тиражирования эскиза.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00865684" w:rsidRDefault="00865684" w:rsidP="005E5F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006017D9" w:rsidRPr="006017D9" w:rsidRDefault="006017D9" w:rsidP="005E5F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
@@ -1592,538 +1699,428 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00242015">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...9 lines deleted...]
-        <w:t>Қорытынды шығару</w:t>
+        <w:t>. Подведение итогов</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004F3E6A" w:rsidRPr="006017D9" w:rsidRDefault="004F3E6A" w:rsidP="00A06447">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A06447" w:rsidRDefault="00242015" w:rsidP="006017D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">5.1. </w:t>
       </w:r>
-      <w:r w:rsidR="002473D2">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="009F363E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсная комиссия формируется организатором Конкурса. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E0D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В состав конкурсной комиссии в</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ключены специалисты отдела образования города Караганды,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE422E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представители сферы культуры и творчества</w:t>
+      </w:r>
+      <w:r w:rsidR="006017D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E0D85" w:rsidRPr="006E0D85" w:rsidRDefault="006017D9" w:rsidP="006017D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">5.2.  </w:t>
       </w:r>
-      <w:r w:rsidR="002473D2">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidR="006E0D85" w:rsidRPr="006E0D85">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>На конкурсную комиссию возлагаются следующие функции:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E0D85" w:rsidRPr="006E0D85" w:rsidRDefault="006E0D85" w:rsidP="006017D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E0D85">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>- организация заседаний конкурсной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E0D85" w:rsidRPr="006E0D85" w:rsidRDefault="006E0D85" w:rsidP="006017D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006E0D85">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>- рассмотрение конкурсных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A60555" w:rsidRDefault="006E0D85" w:rsidP="006017D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E0D85">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...71 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>- оформление соответствующего протокола, утверждающего итоги Конкурса.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006017D9" w:rsidRDefault="006017D9" w:rsidP="006017D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004018C4" w:rsidRPr="006017D9" w:rsidRDefault="004018C4" w:rsidP="006017D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A60555" w:rsidRPr="006017D9" w:rsidRDefault="00A60555" w:rsidP="00A60555">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006017D9" w:rsidRPr="00E61F64" w:rsidRDefault="006017D9" w:rsidP="006017D9">
+    <w:p w:rsidR="006017D9" w:rsidRDefault="006017D9" w:rsidP="006017D9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE5E49">
-[...17 lines deleted...]
-        <w:t>Жеңімпаздарды марапаттау</w:t>
+      <w:r w:rsidRPr="006017D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Награждение победителей</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006017D9" w:rsidRPr="006017D9" w:rsidRDefault="006017D9" w:rsidP="006017D9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CD6BA2" w:rsidRDefault="006017D9" w:rsidP="00BD6679">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">6.1. </w:t>
       </w:r>
-      <w:r w:rsidR="006A03DA">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00CD6BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>Подведение итогов Конкурса и награждение победителей состоится в торжественной  обстановке  на базе  одной  из  организаций образования города Караганды.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002754F2" w:rsidRDefault="00CD6BA2" w:rsidP="00BD6679">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">6.2. </w:t>
       </w:r>
-      <w:r w:rsidR="006A03DA">
-[...25 lines deleted...]
-      </w:r>
       <w:r w:rsidR="002754F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="002754F2" w:rsidRPr="006017D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>частникам Конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="002754F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002754F2" w:rsidRPr="006017D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> занявшим призовые места, вручаются дипломы </w:t>
+      </w:r>
+      <w:r w:rsidR="002754F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организаторов Конкурса.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006017D9" w:rsidRDefault="00CD6BA2" w:rsidP="00BD6679">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">6.3. </w:t>
       </w:r>
-      <w:r w:rsidR="006A03DA">
-[...6 lines deleted...]
-        <w:t>Жүлделі орындарға ие болмағандарға  белсенді қатысқандары үшін сертификаттар беріледі</w:t>
+      <w:r w:rsidR="002754F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участникам, не занявшим призовые места, вручаются сертификаты </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0457D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>за активное участие</w:t>
       </w:r>
       <w:r w:rsidR="002754F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD6BA2" w:rsidRDefault="00CD6BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CD6BA2" w:rsidSect="00877E5B">
       <w:pgSz w:w="11906" w:h="16838"/>
@@ -2430,191 +2427,168 @@
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6195" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E837F4"/>
     <w:rsid w:val="00001BDA"/>
     <w:rsid w:val="000257C1"/>
+    <w:rsid w:val="00026B7F"/>
     <w:rsid w:val="000429B3"/>
-    <w:rsid w:val="00051E90"/>
     <w:rsid w:val="000752D0"/>
+    <w:rsid w:val="00114867"/>
     <w:rsid w:val="00154E5C"/>
-    <w:rsid w:val="001E4109"/>
     <w:rsid w:val="001E4D89"/>
     <w:rsid w:val="002029AD"/>
     <w:rsid w:val="0020651C"/>
-    <w:rsid w:val="00215D9A"/>
     <w:rsid w:val="00217BDF"/>
     <w:rsid w:val="002306EA"/>
     <w:rsid w:val="00241A92"/>
     <w:rsid w:val="00242015"/>
-    <w:rsid w:val="002473D2"/>
     <w:rsid w:val="00260364"/>
     <w:rsid w:val="002754F2"/>
     <w:rsid w:val="00294B00"/>
-    <w:rsid w:val="002A383F"/>
     <w:rsid w:val="002F2D92"/>
     <w:rsid w:val="00325DBA"/>
-    <w:rsid w:val="0034272A"/>
     <w:rsid w:val="00345070"/>
     <w:rsid w:val="00363685"/>
     <w:rsid w:val="003733D4"/>
-    <w:rsid w:val="003744FE"/>
     <w:rsid w:val="00376096"/>
-    <w:rsid w:val="003D3CD7"/>
     <w:rsid w:val="003E3A86"/>
     <w:rsid w:val="003F492E"/>
     <w:rsid w:val="004018C4"/>
     <w:rsid w:val="004520B6"/>
-    <w:rsid w:val="00466481"/>
     <w:rsid w:val="004B6855"/>
-    <w:rsid w:val="004E1758"/>
     <w:rsid w:val="004F3E6A"/>
     <w:rsid w:val="004F7034"/>
+    <w:rsid w:val="00506AD3"/>
     <w:rsid w:val="00525F6F"/>
     <w:rsid w:val="00526B6F"/>
     <w:rsid w:val="00547932"/>
-    <w:rsid w:val="00580052"/>
+    <w:rsid w:val="0056744D"/>
     <w:rsid w:val="005B0EAA"/>
-    <w:rsid w:val="005C519C"/>
     <w:rsid w:val="005E5F03"/>
     <w:rsid w:val="005F140F"/>
     <w:rsid w:val="006017D9"/>
     <w:rsid w:val="00614DB9"/>
-    <w:rsid w:val="00663E7E"/>
-    <w:rsid w:val="006A03DA"/>
+    <w:rsid w:val="00690F29"/>
     <w:rsid w:val="006A7122"/>
     <w:rsid w:val="006B4365"/>
     <w:rsid w:val="006E0D85"/>
     <w:rsid w:val="00710A94"/>
     <w:rsid w:val="00713B40"/>
-    <w:rsid w:val="00731D5B"/>
     <w:rsid w:val="007632C4"/>
     <w:rsid w:val="00774676"/>
     <w:rsid w:val="007A4D20"/>
     <w:rsid w:val="007B7F4A"/>
     <w:rsid w:val="007D7055"/>
     <w:rsid w:val="00812134"/>
     <w:rsid w:val="0082558E"/>
     <w:rsid w:val="00865684"/>
     <w:rsid w:val="00877E5B"/>
-    <w:rsid w:val="008908B3"/>
     <w:rsid w:val="008B1D38"/>
     <w:rsid w:val="008C532D"/>
     <w:rsid w:val="008E0A99"/>
     <w:rsid w:val="009302F3"/>
     <w:rsid w:val="00931925"/>
     <w:rsid w:val="00945097"/>
     <w:rsid w:val="009529CB"/>
     <w:rsid w:val="009D0FA2"/>
     <w:rsid w:val="009F363E"/>
     <w:rsid w:val="00A05337"/>
     <w:rsid w:val="00A06447"/>
     <w:rsid w:val="00A32BEF"/>
     <w:rsid w:val="00A4606F"/>
-    <w:rsid w:val="00A601E7"/>
     <w:rsid w:val="00A60555"/>
     <w:rsid w:val="00AA29B4"/>
     <w:rsid w:val="00AD3ED7"/>
     <w:rsid w:val="00B0457D"/>
     <w:rsid w:val="00B05558"/>
     <w:rsid w:val="00B10155"/>
-    <w:rsid w:val="00B15FD4"/>
-    <w:rsid w:val="00B33A57"/>
     <w:rsid w:val="00B357BD"/>
     <w:rsid w:val="00B47064"/>
     <w:rsid w:val="00B76F4E"/>
     <w:rsid w:val="00BA1A24"/>
     <w:rsid w:val="00BA1DBD"/>
     <w:rsid w:val="00BB1477"/>
     <w:rsid w:val="00BB2B3C"/>
     <w:rsid w:val="00BD1602"/>
     <w:rsid w:val="00BD6679"/>
-    <w:rsid w:val="00C0528C"/>
     <w:rsid w:val="00C46C0D"/>
     <w:rsid w:val="00C508A6"/>
-    <w:rsid w:val="00C54443"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C80320"/>
     <w:rsid w:val="00C85C3E"/>
     <w:rsid w:val="00CA2EC0"/>
     <w:rsid w:val="00CB031B"/>
     <w:rsid w:val="00CD54AB"/>
     <w:rsid w:val="00CD6BA2"/>
-    <w:rsid w:val="00CE4B4E"/>
     <w:rsid w:val="00CF2A55"/>
     <w:rsid w:val="00CF496A"/>
     <w:rsid w:val="00D34681"/>
     <w:rsid w:val="00D57177"/>
     <w:rsid w:val="00D75B3B"/>
     <w:rsid w:val="00D92696"/>
     <w:rsid w:val="00DB32A3"/>
     <w:rsid w:val="00DC1F40"/>
     <w:rsid w:val="00DD6CB3"/>
-    <w:rsid w:val="00DE5E49"/>
     <w:rsid w:val="00DF4E8A"/>
     <w:rsid w:val="00E13F36"/>
     <w:rsid w:val="00E572BB"/>
-    <w:rsid w:val="00E61F64"/>
     <w:rsid w:val="00E65E55"/>
     <w:rsid w:val="00E73D85"/>
     <w:rsid w:val="00E837F4"/>
     <w:rsid w:val="00E85604"/>
     <w:rsid w:val="00EB0097"/>
-    <w:rsid w:val="00F91090"/>
-    <w:rsid w:val="00FB4FC0"/>
     <w:rsid w:val="00FE3465"/>
     <w:rsid w:val="00FE422E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -3438,66 +3412,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>478</Words>
-  <Characters>2728</Characters>
+  <Words>506</Words>
+  <Characters>2890</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3200</CharactersWithSpaces>
+  <CharactersWithSpaces>3390</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>