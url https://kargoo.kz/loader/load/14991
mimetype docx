--- v0 (2025-12-21)
+++ v1 (2026-03-05)
@@ -1,6604 +1,3257 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="004646BC" w:rsidRDefault="00696347" w:rsidP="00696347">
-[...207 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="009D4F78" w:rsidRDefault="005236FB" w:rsidP="00696347">
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2011-2012 году на базе ОО города функционируют 17 экспериментов, из них: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="009D4F78" w:rsidRDefault="009A79BF" w:rsidP="00696347">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еспубликанского уровня – 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
-      <w:r w:rsidR="00696347" w:rsidRPr="009D4F78">
-[...24 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="009D4F78" w:rsidRDefault="009A79BF" w:rsidP="00696347">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бластного уровня – 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="005236FB" w:rsidRDefault="00992F21" w:rsidP="005236FB">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>городского уровня – 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Они реализуются в 20 организациях образования, 10 из которых – инновационные, 10 – общеобразовательные. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время ведутся эксперименты в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>следующих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="009D4F78" w:rsidRDefault="005236FB" w:rsidP="005236FB">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A44181">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>инновационных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A44181">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОО города</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3, 9, 38, 45, 53, 92, 93, 97, 101, лицее №2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="00A44181" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общеобра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44181">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зовательных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A44181">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОО города:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5, 13, 27, 33, 46, 51, 61, 77;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>организациях</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00696347" w:rsidRPr="009D4F78">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дополнительного образования: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A44181">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005F5A38">
+        </w:rPr>
+        <w:t>ДДиЮ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A44181">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...128 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="009D4F78" w:rsidRDefault="004646BC" w:rsidP="00696347">
+        </w:rPr>
+        <w:t>, ШИ №2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="357" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 2011-2012 учебном году работа методиста по инновациям осуществлялась в соответствии с планом работы Методического кабинета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по следующим блокам:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD3BB2">
-[...35 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="001E1545" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00062CA7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 БЛОК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. В рамках учебно-методической деятельности (семинары, ШМУ, консультации и др.)  для заместителей директора по НМР и заместителей директора по УВР школ - экспериментальных площадок было проведено 7 тематических семинаров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0090716E">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="009D4F78">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1545">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...174 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по промежуточным результатам экспериментальной работы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...60 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="00713CAB" w:rsidRDefault="00696347" w:rsidP="00696347">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гимназия 38 (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рус</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.) Рефлексивный отчет в интерактивной форме по итогам реализации проекта "Внедрение кредитной технологии в профильное обучение гимназии №38" </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...91 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="00B2321D" w:rsidRDefault="00696347" w:rsidP="00696347">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОСШ №61 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>смеш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Семинар по результатам экспериментальной работы "Реализация I этапа эксперимента по совершенствованию физического развития учащихся в спортивно-оздоровительных классах" </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...78 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РЦ №5. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>смеш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00696347" w:rsidRPr="00B2321D" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) "Организация системы профильного обучения и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предпрофильной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовки в условиях Ресурсного центра" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6028">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СШ № 86.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...115 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="004F3B32" w:rsidRDefault="00696347" w:rsidP="00696347">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гимназия 3 (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рус</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.)  Семинар "Промежуточные результаты эксперимента по раннему (со 2-го класса) изучению английского языка".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...67 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="004F3B32" w:rsidRDefault="00280379" w:rsidP="00696347">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РЦ №13 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>смеш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">..) Семинар </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЭР</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Совершенствование  модели школы - Ресурсного центра  -  как основы профессионального образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...155 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="004F3B32" w:rsidRDefault="004802C5" w:rsidP="00696347">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гимназия 92 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>каз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">..) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Семинар по результатам экспериментальной работы "Результаты апробации учебно-методического комплекса 12-летней школы: проблемы, пути их решения"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...62 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гимназия 97 (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рус</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B52F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.) Круглый стол по проблемам внедренческого этапа экспериментальной работы по теме "Раннее изучение английского и французского языков"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00696347" w:rsidRPr="004F3B32">
-[...64 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="004F3B32" w:rsidRDefault="00C80F4D" w:rsidP="00696347">
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00BF3FC0">
+        </w:rPr>
+        <w:t>Сильными сторонами</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="006C3133" w:rsidRPr="004F3B32" w:rsidRDefault="006C3133" w:rsidP="00696347">
+        </w:rPr>
+        <w:t xml:space="preserve"> данного блока можно считать </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Экспериментальная работа в организациях образования города на всех уровнях ведется на оптимальном уровне, в соответствии с  Программами опытно-экспериментальной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
         <w:ind w:left="1134" w:hanging="425"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Отмечается качественная подготовка школ к подведению промежуточных результатов экспериментальной работы, ведение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>эксперимента в соответствии с этапами Прогр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аммы ОЭР, системность ведения экспериментальной работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, выпуск методической продукции по результатам экспериментальной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="414"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. В целях расширения сферы деятельности  приглашаются на семинары учителя-предметники, мастера производственного обучения и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="414"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.  Наблюдается системность в отборе тематики  семинаров организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="414"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Проведение семинара в режиме он-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (гимназия 38)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="414"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.   Обновлена электронная база о ходе экспериментов в ОО города Караганды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Проблемные зоны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - текучесть кадров (н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ачинающих завучей и кураторов экспериментов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 24 человека, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">из них </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">опытных – 4 чел.); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - трудно решаются проблемы, возникающи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е при реализации экспериментов р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еспубликанского уровня по причине отсутствия научного руководителя или куратора эксперимента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003769D5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2 БЛОК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. В рамках о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6028">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рганизационно-методическ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6028">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельност</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6028">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (организация работы творческих групп, опорных школ, конкурсы, олимпиады, круглые столы)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведено  2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0537">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х семинара (на 2 меньше) следующей тематики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0537">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="425"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающий семинар по теме "Современные требования к составлению Программы развития школы" Отв. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F06551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Раманаускайте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F06551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Э.А., Юнацкая Е.В.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, гимназия №93. Контингент – завучи по НМР и УВР.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающий семинар "Требования к составлению программ курсов по выбору и др. Отв. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F06551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Раманаускайте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F06551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Э.А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A04955">
-[...132 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>имназия №3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Контингент – завучи по НМР</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и УВР</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A968A5" w:rsidRDefault="00696347" w:rsidP="00696347">
-[...840 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="006B6514" w:rsidRDefault="00696347" w:rsidP="00696347">
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...93 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="009D4F78" w:rsidRDefault="00E12105" w:rsidP="00696347">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оставлена и отправлена по школам памятка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Роль и функции Методического Совета школы" Отв. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F06551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Раманаускайте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F06551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Э.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...66 lines deleted...]
-    <w:p w:rsidR="008609C6" w:rsidRPr="00DD1E82" w:rsidRDefault="00696347" w:rsidP="00696347">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ноябре творческая группа закончила работу по разработке Положения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о передовом педаг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>огическом опыте в г. Караганде (гимназия №92).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>24 февраля 2012 года на базе гимназии №92 состоялся фестиваль лучших  исследовательских проектов инновационных и экспериментальных организаций образования города. Участниками «Ал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ырлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2012»  стали 31 учащийся 7-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов и 27 педагогов-предметников. Особенностью этого года стало участие четырех общеобразовательных школ (36, 88, 6, 41),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F7E50">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которые предложили очень интересные работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00DD1E82">
-[...4 lines deleted...]
-        <w:t>24</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Защита проводилась  как на казахском, так и на русском языках в 5 секциях:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00DD1E82">
-[...136 lines deleted...]
-        <w:t xml:space="preserve">7-11 сынып оқушыларынан  31 оқушы және 27 </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Язык и литература», «Физика, математика, информатика», «Иностранный язык», «Химия и биология», «Краеведение». Для </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">организаторов этого фестиваля  был важен тот факт, что вместе со своими учениками на вопросы по проекту  отвечали и их руководители – педагоги-предметники школ. В соответствии с Положением  в  фестивале участвовали не только </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00DD1E82" w:rsidRPr="00DD1E82">
-[...5 lines deleted...]
-        <w:t>п</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальные</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00DD1E82" w:rsidRPr="00DD1E82">
-[...84 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, но и 4 групповых  проекта. В пленарной части прозвучали  самые, на взгляд оргкомитета, интересные работы – проекты гимназии № 1, 38, 97, ОСШ 41 (совместно со Станцией юных натуралистов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="008A0ED5" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Разработчики проектов – учащиеся и учителя – были отмечены дипломами и благодарственными письмами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...133 lines deleted...]
-    <w:p w:rsidR="00DD1E82" w:rsidRDefault="00DD1E82" w:rsidP="00696347">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Участие в этом фестивале внесено в рейтинг школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...67 lines deleted...]
-    <w:p w:rsidR="00B57D68" w:rsidRPr="00B57D68" w:rsidRDefault="00B57D68" w:rsidP="00696347">
+        </w:rPr>
+        <w:t>Сильные стороны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B57D68">
-[...36 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRDefault="00B57D68" w:rsidP="00696347">
+      <w:r w:rsidRPr="009610DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающие семинары помогают начинающим завучам грамотно подходи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ть к планированию своей работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009610DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009610DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пособствуют грамотному оформлению документации зам. директора по НМР.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B57D68">
-[...34 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRDefault="00627D04" w:rsidP="00696347">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работа в творческих группах показала высокий потенциал опытных и высокое желание начинающих завучей заниматься организацией научно-методической и экспериментальной работой. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="009610DC" w:rsidRDefault="00627D04" w:rsidP="00696347">
+        </w:rPr>
+        <w:t>Оказана методическая помощь не только инновационным, но и общеобразовательным школам города (МС, разработка программ курсов по выбору).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00462B35">
-[...26 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="003E40FB" w:rsidRDefault="00462B35" w:rsidP="00696347">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Имеется база </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГорОО</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по выпуску методической продукции педагогов города.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="009610DC" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1636"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="003E40FB" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003E40FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRDefault="00462B35" w:rsidP="00696347">
+        </w:rPr>
+        <w:t>Проблемные зоны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00462B35" w:rsidRPr="00462B35" w:rsidRDefault="00462B35" w:rsidP="00696347">
+        </w:rPr>
+        <w:t>Неумение или отсутствие желания у завучей использовать в своей работе полученный на семинарах материал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00462B35">
-[...36 lines deleted...]
-    <w:p w:rsidR="00B37A17" w:rsidRPr="00B37A17" w:rsidRDefault="00462B35" w:rsidP="00696347">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не все инновационные организации образования вовлечены в экспериментальную деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B37A17">
+      <w:r w:rsidRPr="00696347">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Необходимо помимо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696347">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>семинаров по экспериментальной работе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696347">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, теоретических (обучающих),  проводить мастер-класс (для опытных завучей) и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696347">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>С</w:t>
-[...260 lines deleted...]
-    <w:p w:rsidR="00B37A17" w:rsidRDefault="00696347" w:rsidP="00B37A17">
+        <w:t xml:space="preserve">методические практикумы (демонстрация на уроках педтехнологии, методов, эффективных приемов обучения). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="00EB1F25" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E40FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B37A17">
+        </w:rPr>
+        <w:t>3 БЛОК.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3 БЛОК.</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB1F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В рамках информационно-диагностической деятельности (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB1F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>госстандарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB1F25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, срезы знаний, подготовка диагностических материалов, мониторинг, ЕНТ)  проведена следующая работа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
         <w:ind w:left="426"/>
-        <w:jc w:val="both"/>
-[...134 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="00B540D4" w:rsidRDefault="00696347" w:rsidP="00696347">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - разъяснительная работа по нормативным документам (Госстандарт, Инструктивно-методическое письмо, Положение об аттестации педагогических работников, Госстандарт по предмету «Самопознание»  и др.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...107 lines deleted...]
-    <w:p w:rsidR="00F05CE4" w:rsidRDefault="00696347" w:rsidP="00696347">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - оказана помощь организациям образования ТЛ, ОСШ №91, ОСШ №35  по составлению Программы ОЭР, другим – по систематизации документов по эксперименту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...35 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="00F05CE4" w:rsidRDefault="00696347" w:rsidP="00696347">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> - выполнялась отчетная работа по экспериментам в вышестоящие организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...86 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - редактировались выступлений участников городской научно-практической конференции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - работа с аттестационными документами (Портфолио) педагогов города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  - оказана помощь при подготовке рефлексивных отчетов ОО города к Методическому совету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГорОО</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F05CE4" w:rsidRDefault="00696347" w:rsidP="00696347">
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...235 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="009D4F78" w:rsidRDefault="00696347" w:rsidP="00696347">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  - проводится систематизация документов заместителя директора по НМР;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   -  готовились материалы на сайт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГорОО</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00696347" w:rsidRPr="009D4F78" w:rsidRDefault="00A06C5D" w:rsidP="00696347">
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB1F25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00A06C5D" w:rsidRPr="009D4F78" w:rsidRDefault="00A06C5D" w:rsidP="00696347">
+        </w:rPr>
+        <w:t>Сильные стороны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ак</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тивизировалось сотрудничество организаций образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с МС </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГорОО</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D4F78">
-[...9 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRDefault="00A06C5D" w:rsidP="00696347">
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Достаточно высокий уровень подготовки экспериментальных материалов на МС </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00696347" w:rsidRPr="00A06C5D">
-[...5 lines deleted...]
-        <w:t>экспериментал</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГорОО</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00696347" w:rsidRDefault="00F26C48" w:rsidP="00696347">
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...48 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRDefault="00F26C48" w:rsidP="00696347">
+        </w:rPr>
+        <w:t>Положительная информация об экспериментальной работе прозвучала в пленарной части НПК города (ШЛ №53).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EB1F25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00154F8A" w:rsidRPr="00154F8A" w:rsidRDefault="00F26C48" w:rsidP="00696347">
+        </w:rPr>
+        <w:t>Проблемные зоны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00154F8A">
-[...71 lines deleted...]
-    <w:p w:rsidR="00154F8A" w:rsidRPr="00154F8A" w:rsidRDefault="00F8169B" w:rsidP="00696347">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ методической продукции ОО города, в том числе статьи на НПК города,  показывает слабую научно-методическую подготовку учителей. Требуется срочное введение Положение о ППО</w:t>
+      </w:r>
+      <w:r w:rsidR="009314FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00154F8A" w:rsidRPr="009D4F78" w:rsidRDefault="00154F8A" w:rsidP="00154F8A">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На данный момент не достигнута согласованность с ИПК по завершению экспериментов областного уровня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="00E17B7E" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00154F8A">
+        <w:t xml:space="preserve">Низкий процент участия руководителей </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қалалық ҒПК эксперименталдық алаңына басшылардың қатысу пайызы төмендігі.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="009D4F78" w:rsidRDefault="00154F8A" w:rsidP="00154F8A">
+        <w:t>экспериментальных площадок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17B7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в НПК города</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2280"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="1276"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БЛОК 4.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082146E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В рамках э</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6028">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кспертно-аналитическ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6028">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельност</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6028">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF6028">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплесно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF6028">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-тематическое изучение, аттестация, обобщение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6028">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ППО, рецензирование)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проделана следующая работа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="009314FB" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="1276"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00696347" w:rsidRPr="003D5DDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00696347">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рассмотрено и одобрено</w:t>
+      </w:r>
+      <w:r w:rsidR="00696347" w:rsidRPr="003D5DDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  на МС Положения о ППО г. Караганды</w:t>
+      </w:r>
+      <w:r w:rsidR="00696347">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00696347" w:rsidRPr="003D5DDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="1276"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D5DDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009314FB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Разработана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5DDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормати</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вная база</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5DDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для завуча по НМР и куратора ЭР в общеобразовательной школе.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="009314FB" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="1276"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00696347">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Выпущено методическое пособие по итогам экспериментальной работы в ОСШ 58.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="009314FB" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="1276"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D4F78">
-[...445 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00696347">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Изучена документация зам. директоров по НМР и УВР-кураторов эксперимента следующих ОО: 101, 5, 93,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 45,</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00696347" w:rsidRPr="004372F7">
-[...72 lines deleted...]
-    <w:p w:rsidR="004372F7" w:rsidRDefault="009314FB" w:rsidP="00696347">
+      <w:r w:rsidR="00696347">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 38, 53, 46, 3, 9.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="009314FB" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="1276"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00696347" w:rsidRPr="004372F7">
-[...16 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="004372F7" w:rsidRDefault="004372F7" w:rsidP="00696347">
+      <w:r w:rsidR="00696347">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Велась систематическая работа по анализу представленных ОО г. Караганды программ курсов по выбору и методических пособий школ города. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="003D5DDE" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="1276"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D5DDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="1276"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00400683">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="004372F7" w:rsidRPr="009D4F78" w:rsidRDefault="004372F7" w:rsidP="00696347">
+        </w:rPr>
+        <w:t>Сильные стороны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="009D4F78" w:rsidRDefault="004372F7" w:rsidP="00696347">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Программы вариативной части в большей степени соответствуют Требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRDefault="004372F7" w:rsidP="00696347">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Определен перечень документации по эксперименту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>ОІТ –Ережесі әзірленген.</w:t>
+        </w:rPr>
+        <w:t>Разработано Положение о ППО.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="1560"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="1560"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E17B7E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Пробле</w:t>
-[...38 lines deleted...]
-    <w:p w:rsidR="009F7BE2" w:rsidRPr="009F7BE2" w:rsidRDefault="00E23BCD" w:rsidP="00696347">
+        <w:t xml:space="preserve">Проблемные зоны: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="005D165B" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1560"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F7BE2">
-[...80 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="009F7BE2" w:rsidRDefault="009F7BE2" w:rsidP="00696347">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наблюдается хаотичность в вопросе ППО, большинство  руководителей ОО не контролируют инновационную деятельность своих учителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="00E17B7E" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1560"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="009F7BE2" w:rsidRDefault="00696347" w:rsidP="00696347">
+        </w:rPr>
+        <w:t xml:space="preserve"> Имеет место грубое нарушение сроков ведения экспериментальной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="005D165B" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="2056"/>
         <w:rPr>
-          <w:i/>
-[...7 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRPr="00B476DB" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B476DB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таким образом, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>имеется ряд задач, требующих своего решения в дальнейшей деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...44 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Определить соответствие временных показателей со сроками, указанными в  Программе опытно-экспериментальной работы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школ-экспериментальных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> площадок. Вновь открывающимся экспериментальным площадкам в приказ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГорОО</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будет внесена дата завершения эксперимента.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организовать и сделать активной страницу «Инновационная работа» на сайте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГорОО</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С сентября творческой группе провести ряд разъяснительных семинаров по Положению о ППО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пропагандировать положительные стороны экспериментальной работы среди учителей и руководителей ОО через материалы сайта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГорОО</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, выступления на совещаниях, издание нормативных актов, вспомогательных материалов и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...26 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Расширить тематику семинаров, продолжить приглашать на них завучей, учителей  общеобразовательных школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Согласовать с ИПК процедуру завершения экспериментов областного уровня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...40 lines deleted...]
-    <w:p w:rsidR="00696347" w:rsidRPr="00224705" w:rsidRDefault="00224705" w:rsidP="00696347">
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Активизировать участие зам. директора по НМР, кураторов экспериментов в НПК города.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Методист по инновациям </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Раманаускайте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Э. А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Э. А.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00696347" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:ind w:left="1276"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00696347" w:rsidRPr="00274872" w:rsidRDefault="00696347" w:rsidP="00696347">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2498"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000572DF" w:rsidRDefault="000572DF"/>
-    <w:sectPr w:rsidR="000572DF" w:rsidSect="00B54FB2">
+    <w:sectPr w:rsidR="000572DF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00091945"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="992E22C2"/>
+    <w:tmpl w:val="43D8378A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -6956,136 +3609,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8040" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="4E9A2E42"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="53442180"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA90137E"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7154,51 +3721,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="689316D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB2C632E"/>
     <w:lvl w:ilvl="0" w:tplc="002624F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1428" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2148" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -7243,51 +3810,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5748" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6468" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7188" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="6A2719F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C70499A"/>
     <w:lvl w:ilvl="0" w:tplc="F30A8D4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2498" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -7332,51 +3899,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6098" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6818" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7538" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="6FD50775"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03E83016"/>
     <w:lvl w:ilvl="0" w:tplc="8ED0603A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2640" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -7421,51 +3988,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="76FE2E55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBC858AE"/>
     <w:lvl w:ilvl="0" w:tplc="867E23AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2056" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2776" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7511,51 +4078,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6376" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7096" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7816" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="7995102B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD3A839C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7627,51 +4194,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="7F832298"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EC6F0C8"/>
     <w:lvl w:ilvl="0" w:tplc="3066FE40">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1860" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -7716,51 +4283,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6900" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="7FDA3372"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0308966"/>
     <w:lvl w:ilvl="0" w:tplc="A75047D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1636" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2356" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -7812,221 +4379,156 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6676" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7396" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="5"/>
-[...1 lines deleted...]
-  <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D4251"/>
-    <w:rsid w:val="00033FF1"/>
-    <w:rsid w:val="0005429B"/>
     <w:rsid w:val="000572DF"/>
-    <w:rsid w:val="00154F8A"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00627D04"/>
     <w:rsid w:val="00696347"/>
-    <w:rsid w:val="006B6514"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006D233D"/>
     <w:rsid w:val="006D4251"/>
-    <w:rsid w:val="00713CAB"/>
-[...6 lines deleted...]
-    <w:rsid w:val="0090716E"/>
     <w:rsid w:val="009314FB"/>
-    <w:rsid w:val="00941D7C"/>
-[...35 lines deleted...]
-    <w:rsid w:val="00FD3BB2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -8162,51 +4664,50 @@
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00696347"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00696347"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
@@ -8419,59 +4920,58 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00696347"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8715,90 +5215,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1305</Words>
-  <Characters>7442</Characters>
+  <Words>1458</Words>
+  <Characters>8312</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>69</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8730</CharactersWithSpaces>
+  <CharactersWithSpaces>9751</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>